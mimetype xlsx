--- v0 (2025-10-09)
+++ v1 (2026-03-22)
@@ -54,5964 +54,5964 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Valdevino da Bocha, Cassio Santa Cruz, Dr. Carósio, Dr Francisco, Dr. Pedro Carlos, Marquinhos Osti, Nilton Varella</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2064/2064_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2064/2064_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO SR. CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE PROCEDER À REFORMA GERAL E ÀS MELHORIAS NA PRAÇA SÍLVIO VAZ DE ARRUDA.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2065/2065_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2065/2065_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO DISPONIBILIZAR SUCO, BOLACHA OU BISCOITO NO CS III AOS PACIENTES QUE  TIRAM AMOSTRA DE SANGUE PARA EXAMES.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Nilton Varella</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2066/2066_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2066/2066_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR UMA ESCOLA DE ENSINO BÁSICO NA ÁREA INSTITUCIONAL DO LOTEAMENTO QUE ESTÁ SENDO IMPLANTADO NA CHÁCARA MACAÚBAS (DILCEU ROCCA).</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2067/2067_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2067/2067_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE EDUARDO FERNANDES DA SILVA.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Nilton Varella, Dr. Carósio, Dr Francisco, Dr. Pedro Carlos</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2068/2068_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2068/2068_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE NO SENTIDO DE VIABILIZAR A CRIAÇÃO DO CARGO DE PSICOPEDAGOGO NO QUADRO GERAL DE PESSOAL DA PREFEITURA, PARA ATUAR, PRINCIPALMENTE, NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2069/2069_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2069/2069_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CRIAÇÃO DO PROGRAMA "ADOTE UM UNIVERSITÁRIO" - NOS MOLDES DO EXISTENTE NO MUNICÍPIO DE FRANCA (SP) - CONCEDENDO ÀS EMPRESAS PARTICIPANTES DO PROGRAMA UMA REDUÇÃO NO ISSQN DEVIDO AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Dr. Pedro Carlos, Dr Francisco, Flávio Maduro, Nilza do Cibalena, Valdevino da Bocha</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2070/2070_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2070/2070_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA VISANDO ÀS POSSIBILIDADES DE INSTALAÇÃO DE UM CONSULTÓRIO ODONTOLÓGICO NO CENTRO SOCIAL COMUNITÁRIO E EDUCACIONAL "SÃO MATEUS". </t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Dr Francisco, Dr. Pedro Carlos, Marquinhos Osti</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2071/2071_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2071/2071_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, NO TEMPO ADEQUADO, SEJA DENOMINADA "VEREADOR FRANCISCO ALVES FILHO" A CRECHE QUE FUNCIONARÁ NA FAZENDA SANTA CRUZ, CUJO PRÉDIO ESTÁ SENDO REFORMADO.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Cassio Santa Cruz, Dr. Carósio, Dr Francisco, Dr. Pedro Carlos, Flávio Maduro, Marquinhos Osti, Nilton Varella, Nilza do Cibalena, Valdevino da Bocha</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2072/2072_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2072/2072_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, NO TEMPO ADEQUADO, SEJA DENOMINADA "DRA. ZILDA ARNS NEUMANN" A PRAÇA QUE SERÁ CONSTRUÍDA NA COHAB II, CUJAS OBRAS JÁ ESTÃO SENDO LICITADAS.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Dr Francisco, Dr. Pedro Carlos, Flávio Maduro, Nilza do Cibalena, Valdevino da Bocha</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2073/2073_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2073/2073_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS URGENTES SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE TAPAR BURACO EXISTENTE NA ALTURA DO Nº 156 DA AV. PADRE MANOEL.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Flávio Maduro, Dr Francisco, Dr. Pedro Carlos, Nilza do Cibalena</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2074/2074_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2074/2074_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE ABRIGO PARA EMBARQUE E DESEMBARQUE DE PASSAGEIROS EM FRENTE À CRECHE "FRANCISCO ANTONIO LOUZADA". </t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Marquinhos Osti, Cassio Santa Cruz, Dr. Carósio, Nilton Varella, Valdevino da Bocha</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2075/2075_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2075/2075_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO SR. CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE PASSEIO PÚBLICO NA RUA SHINZU SHIMIZU E NA EXTENSÃO DA AV. DR. SOBRAL NETTO.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Dr. Carósio</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2076/2076_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2076/2076_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE EFETUAR UMA REVISÃO E REFORMA GERAL NO TELHADO DA GARAGEM LOCALIZADA NA FAZENDA SANTA CRUZ.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Nilza do Cibalena, Dr Francisco, Dr. Pedro Carlos, Flávio Maduro</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2077/2077_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2077/2077_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO SR. CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE ESTUDOS SEJAM ELABORADOS PELO DEMUTRAN VISANDO ÀS POSSIBILIDADES DE SE ESTABELECER MÃO ÚNICA DE TRÂNSITO NA RUA CASTELO BRANCO, NO TRECHO QUE VAI DA AV. PRINCESA IZABEL ATÉ A RUA SÃO BENEDITO.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2078/2078_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2078/2078_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO SR. CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN OBJETIVANDO ESTABELECER MÃO ÚNICA DE TRÂNSITO NA AV. CUNHA BUENO, NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2079/2079_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2079/2079_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR UM VIGIA NAS OBRAS DO TERMINAL RODOVIÁRIO DO JARDIM PRIMAVERA, PARA COIBIR DEPREDAÇÃO E A PRÁTICA DE ATOS ILÍCITOS NAQUELE PRÓPRIO.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Marquinhos Osti, Valdevino da Bocha</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2080/2080_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2080/2080_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE MUDAR O SISTEMA DE COLETA DE LIXO QUE ESTÁ SENDO FEITO NO RESIDENCIAL FUNICHELLI-SANTIN, NO JARDIM VIRGÍNIA E, MUITO PROVAVELMENTE, EM OUTROS BAIRROS. </t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Dr. Pedro Carlos, Dr Francisco, Flávio Maduro, Nilza do Cibalena</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2081/2081_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2081/2081_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO SR. CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE SISTEMA DE AQUECIMENTO SOLAR NA PISCINA DO IMÓVEL ONDE SE ENCONTRA SEDIADO O CENTRO DE CONVIVÊNCIA DO IDOSO "PROFª. ALICE D'ONÓFRIO".</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2127/2127_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2127/2127_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CRIAR, NA PRÓXIMA OPORTUNIDADE, MODALIDADES DE PREMIAÇÕES ATRAVÉS DE SORTEIOS AOS MUNÍCIPES QUE OPTAREM PELO PAGAMENTO DA PARCELA ÚNICA DO IPTU, E ÀQUELES QUE OPTAREM POR PARCELAR E PAGAREM ATÉ A DATA DE VENCIMENTO SEM ATRASO EM NENHUMA PARCELA.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2129/2129_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2129/2129_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICIA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE CRIAR O PROGRAMA "HORTAS COMUNITÁRIAS" PARA BENEFICIAR AS FAMÍLIAS MAIS CARENTES E COM MAIOR DEFICIÊNCIA NA ALIMENTAÇÃO, BEM COMO UTILIZAR OS ESPAÇOS PÚBLICOS E PRIVADOS OCIOSOS (NO CASO DESTE ÚLTIMO, COM A ANUÊNCIA DO PROPRIETÁRIO), DIMINUINDO ASSIM AS ÁREAS COM MATAGAIS, DEPÓSITOS DE LIXOS E ATÉ MESMO DE CRIADOURO DO MOSQUITO DA DENGUE.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2130/2130_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2130/2130_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE CRIAR O PROGRAMA "RESTAURANTE POPULAR" - EM PARCERIA COM OS SUPERMERCADOS E VAREJÕES DO MUNICÍPIO - PARA PROPORCIONAR UMA ALIMENTAÇÃO MAIS SAUDÁVEL E A UM CUSTO SIMBÓLICO À POPULAÇÃO MAIS CARENTE.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2132/2132_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2132/2132_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO SOLTAR MAIS PEIXES NO PARQUE DOS LAGOS "VEREADOR LUIZ DA CONCEIÇÃO", PARA QUE A POPULAÇÃO POSSA SE DIVERTIR NOS FINAIS DE SEMANA E, PRINCIPALMENTE, DURANTE A SEMANA SANTA QUE SE APROXIMA.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2135/2135_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2135/2135_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE AO DEMUTRAN AS PROVIDÊNCIAS NECESSÁRIAS A FIM DE VERIFICAR AS POSSIBILIDADES DE RESTRINGIR O TRÁFEGO DE VEÍCULOS PESADOS NA RUA JOSÉ MAZZI.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2137/2137_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2137/2137_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO VIABILIZAR A AQUISIÇÃO DA ÁREA LOCALIZADA NA PARTE BAIXA DA COHAB I, LINDEIRA À ESTRADA VICINAL "PREFEITO SEBASTIÃO DUARTE VARELLA", VISANDO A TRANSFORMÁ-LA EM ÁREA DE LAZER.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2142/2142_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2142/2142_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A ABERTURA DE TODAS AS RUAS DA PARTE DE CIMA DA COHAB I, FACILITANDO SUA INTERLIGAÇÃO COM OUTROS BAIRROS E VICE-VERSA.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2144/2144_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2144/2144_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO ASFÁLTICO DA RUA CASTELO BRANCO DO SEU INÍCIO ATÉ O CRUZAMENTO COM A AV. PRINCESA IZABEL.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2146/2146_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2146/2146_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE AO DEMUTRAN UMA VISTORIA PELAS RUAS DA CIDADE PARA VERIFICAR AS PLACAS DE SINALIZAÇÃO VERTICAL ENCOBERTAS POR GALHOS DE ÁRVORES, TOMANDO AS DEVIDAS PROVIDÊNCIAS PARA SANAR O PROBLEMA.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2148/2148_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2148/2148_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONTRATAR URGENTEMENTE UM PSIQUIATRA PARA O NÚCLEO DE SAÚDE MENTAL, PARA ATENDER NO MÍNIMO TRÊS VEZES POR SEMANA.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2149/2149_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2149/2149_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE MAIS DUAS EQUIPES DO PROGRAMA SAÚDE DA FAMÍLIA - PSF EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2151/2151_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2151/2151_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UM POSTO DE SAÚDE NO JARDIM PAULISTANO.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2153/2153_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2153/2153_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE UMA UNIDADE DE ESTABILIZAÇÃO CLÍNICA PARA ATENDIMENTO DE EMERGÊNCIAS NO PRONTO-SOCORRO DA SANTA CASA.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2154/2154_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2154/2154_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE ADQUIRIR PARA O PRONTO-SOCORRO UM DESFIBRILADOR CARDÍACO PORTÁTIL COM FUNÇÕES QUE ORIENTAM O MÉDICO SOCORRISTA QUANTO AOS PROCEDIMENTOS QUE DEVEM SER ADOTADOS.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2156/2156_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2156/2156_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONCEDER CARTÃO ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS MUNICIPAIS, ATRAVÉS DE CONVÊNIO COM O COMÉRCIO LOCAL.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2158/2158_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2158/2158_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO VIABILIZAR O DESMEMBRAMENTO DO SETOR DE CULTURA DA ATUAL SECRETARIA MUNICIPAL DE ESPORTE, TURISMO, LAZER E CULTURA, TORNANDO-O UMA PASTA OU DIRETORIA INDEPENDENTE.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2161/2161_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2161/2161_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE BENEDITO VALDEMAR MORATO. </t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2163/2163_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2163/2163_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE, QUANDO DA REFORMA DA PRAÇA CENTRAL, DISPONIBILIZAR UM MELHOR ESPAÇO PARA OS IDOSOS E APOSENTADOS QUE FREQUENTAM AQUELE LOCAL.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2166/2166_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2166/2166_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR UMA LIXEIRA COMUNITÁRIA NO LOTEAMENTO "RECANTO DO GUERREIRO".</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2173/2173_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2173/2173_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE JOSÉ LIMA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2174/2174_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2174/2174_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE EUGÊNIO GARAVELLO.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2176/2176_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2176/2176_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE AGENOR AMBRÓSIO.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2205/2205_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2205/2205_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O FORNECIMENTO DO UNIFORME AOS ALUNOS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2207/2207_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2207/2207_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A COBERTURA DA QUADRA DE  ESPORTES DA COHAB I.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2209/2209_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2209/2209_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE QUIOSQUE QUE TAMBÉM SERVIRÁ DE ABRIGO PARA EMBARQUE E DESEMBARQUE DE ESTUDANTES E TRABALHADORES NO RESIDENCIAL FUNICHELLI-SANTIN.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2211/2211_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2211/2211_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A REFORMA DAS ESCOLAS "GINO BELLODI" E "DR. RAUL BAUAB", NA COHAB I.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2213/2213_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2213/2213_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR, EM CARÁTER EMERGENCIAL, A CONTRATAÇÃO DE MAIS OITO OU DEZ AGENTES DE COMBATE À DENGUE.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Nilton Varella, Cassio Santa Cruz, Dr. Carósio, Marquinhos Osti, Valdevino da Bocha</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2215/2215_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2215/2215_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A VOLTA DA SUBVENÇÃO DE 50% (CINQUENTA POR CENTO) DO VALOR DAS MENSALIDADES PARA QUE OS FUNCIONÁRIOS DA ÁREA DA  EDUCAÇÃO - QUE NÃO ATUAM NO MAGISTÉRIO - POSSAM FAZER CURSOS DE FORMAÇÃO E/OU QUALIFICAÇÃO PROFISSIONAL.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2217/2217_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2217/2217_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTORES DE VELOCIDADE (TACHÕES REFLETIVOS) AO LONGO DA AV. PRINCESA IZABEL, RUA SÃO JOÃO E RUA CASTELO BRANCO, SENDO A DISTÂNCIA ENTRE ELES TAL QUE NÃO PERMITA DESENVOLVER ALTAS VELOCIDADES.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2218/2218_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2218/2218_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE GESTÕES SEJAM FEITAS JUNTO ÀS CASAS LOTÉRICAS - OU GERÊNCIA DA CAIXA ECONÔMICA FEDERAL, RESPONSÁVEL PELA CONCESSÃO DE PERMISSÕES DE USO - PARA QUE SEPAREM OS CAIXAS QUE RECEBEM CONTAS DOS CAIXAS QUE RECEBEM JOGOS, PRINCIPALMENTE EM DIAS DE PAGAMENTO.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Marquinhos Osti</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2219/2219_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2219/2219_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE ORLANDO MISTRO.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2233/2233_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2233/2233_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE VENTILADORES NO CENTRO DE SAÚDE MUNICIPAL, ESPECIFICAMENTE NO CORREDOR ONDE AS PESSOAS AGUARDAM PARA SER ATENDIDAS.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2234/2234_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2234/2234_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE ADQUIRIR GUARDA-SOL PARA TODAS AS ESCOLAS QUE POSSUEM PISCINAS.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2235/2235_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2235/2235_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VERIFICAR UM PROBLEMA GRAVE DE INFILTRAÇÃO DE ÁGUA NA RUA MATÃO (COHAB I), LOGO ABAIXO DO POSTO DE SAÚDE RECÉM INAUGURADO (EM FRENTE AO ORELHÃO PRÓXIMO).</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2236/2236_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2236/2236_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DESTA CASA DE LEIS, BEM COMO AO CHEFE DO EXECUTIVO MUNICIPAL, QUE INSTALEM O SERVIÇO DE RASTREAMENTO VIA SATÉLITE NOS CARROS OFICIAIS.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2237/2237_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2237/2237_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR QUE AS AULAS DE REFORÇO AOS ALUNOS DA REDE MUNICIPAL DE ENSINO SEJAM MINISTRADAS PELOS PROFESSORES APROVADOS NO PROCESSO SELETIVO.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2238/2238_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2238/2238_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO NA FAZENDA SANTA CRUZ DE UMA ESTUFA PARA CULTIVO DE HORTALIÇAS.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2239/2239_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2239/2239_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A EQUIPARAÇÃO SALARIAL DOS MEMBROS DO CONSELHO TUTELAR COM OS CONSELHOS TUTELARES DA REGIÃO.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2240/2240_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2240/2240_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE PINTAR FAIXA AMARELA DEFRONTE AO TEMPLO DA IGREJA ASSEMBLEIA DE DEUS - MADUREIRA, LOCALIZADO NA AV. PRINCESA IZABEL, Nº 192, OBJETIVANDO PROIBIR O ESTACIONAMENTO NO LOCAL DURANTE OS HORÁRIOS DE CULTO.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2241/2241_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2241/2241_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE PROCEDER À LIMPEZA, CAPINA DO MATO E RETIRADA DE ENTULHOS EXISTENTES NO LEITO, ENCOSTA E MARGENS DO CÓRREGO JORDÃO, PRINCIPALMENTE NO TRECHO PRÓXIMO AO CLUBE DA TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2242/2242_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2242/2242_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO DA RUA DONA CONSTÂNCIA, NO TRECHO QUE VAI DA AV. EVARISTO VAZ ATÉ A AV. JOAQUIM CARLOS DE MATTOS.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2243/2243_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2243/2243_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO SR. CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER AO ASFALTAMENTO OU AOS REPAROS NECESSÁRIOS NO FINAL DA RUA CAETANO FRUJUELLO, NA VILA JORDÃO, ONDE SE CONFRONTA COM A ÁREA DE PROPRIEDADE DOS CAPORUSSO.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2244/2244_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2244/2244_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR SERVIÇOS DE LIMPEZA DAS BOCAS DE LOBO LOCALIZADAS NA CONFLUÊNCIA DA RUA CASTELO BRANCO COM AV. OTÁVIO RANGEL.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Cassio Santa Cruz</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2245/2245_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2245/2245_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE JOÃO MANOEL TAVEIRA.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2246/2246_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2246/2246_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE ARBORIZAR AS CALÇADAS E O INTERIOR DAS ESCOLAS DA REDE MUNICIPAL DE ENSINO, BEM COMO OS FUNDOS DO CENTRO DE SAÚDE DR. ÁLVARO LANDGRAF.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2200/2200_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2200/2200_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR UM PROFESSOR DE EDUCAÇÃO FÍSICA PARA MINISTRAR AULAS DE GINÁSTICA NO PARQUE DOS LAGOS "VEREADOR LUIZ DA CONCEIÇÃO", NA PARTE DA TARDE.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2202/2202_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2202/2202_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE PROCEDER À REFORMA GERAL E ÀS MELHORIAS AO REDOR DA PRAÇA SÍLVIO VAZ DE ARRUDA.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2204/2204_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2204/2204_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE ENQUADRAR AS PAJENS NO PLANO NACIONAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2206/2206_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2206/2206_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTORES DE VELOCIDADE (TACHÕES REFLETIVOS) NA PARTE DE CIMA DA RUA PRADÓPOLIS, NA COHAB I. </t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2324/2324_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2324/2324_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO ATENDER REIVINDICAÇÕES, QUE ESPECIFICA, DOS COMERCIANTES DA FEIRA LIVRE MUNICIPAL. </t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2331/2331_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2331/2331_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DO MEIO AMBIENTE NO SENTIDO DE ARBORIZAR A ÁREA VERDE DO RESIDENCIAL "NELSON CAPORUSSO". INDICA, AINDA, QUE SEJA FEITO UM LEVANTAMENTO PELA CIDADE PARA VERIFICAR AS ÁREAS CARENTES DE ARBORIZAÇÃO E QUE TAMBÉM SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS A RESPEITO.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2332/2332_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2332/2332_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO QUE ESTUDOS SEJAM ELABORADOS PELA SECRETARIA DO MEIO AMBIENTE PARA VERIFICAR AS CAUSAS, PROCURAR A SOLUÇÃO E POSTERIORMENTE COMBATER O ASSOREAMENTO DO CÓRREGO GUARIBA NA ÁREA VERDE DO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2333/2333_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2333/2333_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA VIABILIZE UMA PARCERIA COM A SABESP, OBJETIVANDO LANÇAR UMA CAMPANHA BENEFICENTE ONDE OS CONSUMIDORES QUE TÊM CONDIÇÕES FINANCEIRAS SERIAM INCENTIVADOS E SENSIBILIZADOS A AUTORIZAR O LANÇAMENTO A DÉBITO DE CERTA QUANTIA EM SUA CONTA MENSAL DE ÁGUA, CUJO VALOR SERIA REPASSADO À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE GUARIBA.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2338/2338_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2338/2338_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS URGENTES SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SUBSTITUIR A TAMPA DA CAIXA DE INSPEÇÃO DA BOCA DE LOBO LOCALIZADA NA AV. SAMPAIO VIDAL, NA VILA VIRGÍNIA, MAIS PRECISAMENTE NA CALÇADA DEFRONTE AO PARQUINHO INFANTIL LÁ EXISTENTE.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Valdevino da Bocha, Cassio Santa Cruz, Dr. Carósio, Dr Francisco, Dr. Pedro Carlos, Flávio Maduro, Marquinhos Osti</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2341/2341_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2341/2341_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÕES AO SR. CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR NÚMERO SUFICIENTE DE GUARDAS NO PARQUE DOS LAGOS "VEREADOR LUIZ DA CONCEIÇÃO", PRINCIPALMENTE NO PERÍODO NOTURNO E NOS FINAIS DE SEMANA, PARA QUE POSSAM EFETUAR UMA VIGILÂNCIA MAIS EFETIVA E COIBIR OS ABUSOS QUE SÃO PRATICADOS NAQUELE PRÓPRIO.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2343/2343_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2343/2343_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VERIFICAR A EXTENSÃO DO SOLAPAMENTO DO ASFALTO NA AV. SAGRADO CORAÇÃO DE JESUS, MAIS PRECISAMENTE DEFRONTE À OFICINA DE FUNILARIA DO "ZECA LATEIRO", PROVIDENCIANDO-SE O CONSERTO NECESSÁRIO.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2256/2256_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2256/2256_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE TELA DE PROTEÇÃO NA QUADRA DE ESPORTES DA EMEF "PROFº. ALFREDO ROLIM DE MOURA".</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2257/2257_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2257/2257_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE CRIAR UM PROJETO PARA O PLANTIO DE ÁRVORES FRUTÍFERAS AO REDOR DO LAGO MENOR NO PARQUE DOS LAGOS "VEREADOR LUIZ DA CONCEIÇÃO", E QUE ESSE PLANTIO SEJA FEITO POR ALUNOS DA REDE MUNICIPAL, OS QUAIS RECEBERÃO UM CERTIFICADO E UMA PLACA COM SEU NOME AO LADO DA ÁRVORE PLANTADA.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2258/2258_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2258/2258_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE AMPLIAR A GRADE DE PROTEÇÃO NA PONTE DA RUA SIQUEIRA CAMPOS, AO LADO DA CASA DO SR. ADEMIR NANZER (DEMA), ESTENDENDO-A NO ALINHAMENTO DA CALÇADA O QUANTO FOR NECESSÁRIO PARA IMPEDIR QUE PESSOAS POSSAM CAIR NO CÓRREGO LINDEIRO.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2259/2259_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2259/2259_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PERANTE O DER - DEPARTAMENTO DE ESTRADAS DE RODAGEM NO SENTIDO DE EFETUAR REPAROS NO TREVO DA USINA SÃO CARLOS, BEM COMO MELHORIAS EM SUA SINALIZAÇÃO.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2260/2260_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2260/2260_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO DE TODA EXTENSÃO DA AV. VICTOR VALENTIE DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2261/2261_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2261/2261_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA ENTRE EM CONTATO COM A DIRETORIA DA VIAÇÃO MOACIR RAMAZINI E COM O PREFEITO JOSÉ CARLOS HORI OBJETIVANDO A AMPLIAÇÃO DOS HORÁRIOS DOS ÔNIBUS DA LINHA GUARIBA/JABOTICABAL CUJO ITINERÁRIO INCLUI O CENTRO DAQUELA CIDADE.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2262/2262_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2262/2262_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE GESTÕES SEJAM FEITAS PERANTE O MINISTÉRIO DAS COMUNICAÇÕES OBJETIVANDO A AMPLIAÇÃO DO PRÉDIO DA AGÊNCIA DOS CORREIOS EM GUARIBA, BEM COMO A DESIGNAÇÃO DE MAIS UMA ATENDENTE.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2263/2263_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2263/2263_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR UM PSICÓLOGO EM CARÁTER PERMANENTE PARA ATUAR NO CENTRO SOCIAL E COMUNITÁRIO "CRISTO REI".</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2281/2281_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2281/2281_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO, INDICA QUE GESTÕES SEJAM FEITAS PERANTE A DIRETORIA DA CPFL - CIA. PAULISTA DE FORÇA E LUZ , VISANDO A REATIVAÇÃO DO POSTO DE ATENDIMENTO DA EMPRESA EM NOSSA CIDADE, QUE FOI FECHADO EM FINS DE 2008.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2282/2282_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2282/2282_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE BOCA DE LOBO NA ESQUINA DA RUA FRANCISCO RIBAS COM A AV. HENRIQUE CARLETTI, NO RESIDENCIAL MORADA DO SOL.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2283/2283_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2283/2283_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE GESTÕES SEJAM FEITAS PERANTE O DER OBJETIVANDO A INSTALAÇÃO DE DEFENSAS (GUARD-RAILS) EM AMBOS OS LADOS DA RODOVIA JOSÉ CORONA, NO TRECHO ONDE A ESTRADA CORTA O PERÍMETRO URBANO.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2284/2284_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2284/2284_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO SR. CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE ADEQUAR E AUMENTAR O NÚMERO DE FUNCIONÁRIOS NA FARMÁCIA MUNICIPAL DO POSTO DE SAÚDE "DR. ÁLVARO LANDGRAF"  - CS III.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2285/2285_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2285/2285_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A AQUISIÇÃO DE UM MICROCOMPUTADOR NOVO PARA A FARMÁCIA DO POSTO DE SAÚDE "DR. ÁLVARO LANDGRAF"  - CS III.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2286/2286_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2286/2286_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE PROCEDER ÀS MELHORIAS NA ILUMINAÇÃO PÚBLICA NAS PROXIMIDADES DA ESQUINA DA RUA SAMPAIO VIDAL COM A AV. 10 DE ABRIL.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2287/2287_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2287/2287_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O AUMENTO DAS FALTAS ABONADAS DO FUNCIONALISMO MUNICIPAL, DAS ATUAIS QUATRO PARA SEIS DURANTE O ANO, COMO ERA TEMPOS ATRÁS.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2288/2288_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2288/2288_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A ILUMINAÇÃO DE TODAS AS QUADRAS DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2289/2289_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2289/2289_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO A CONSTRUÇÃO DE SANITÁRIOS MASCULINO E FEMININO NA PARTE INTERNA E CENTRAL DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2290/2290_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2290/2290_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR UM CABELEREIRO/BARBEIRO PARA ATENDER PESSOAS ACAMADAS, PRINCIPALMENTE IDOSOS.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2291/2291_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2291/2291_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE VERIFIQUE AS POSSIBILIDADES DE PRORROGAR O PRAZO PARA PAGAMENTO DA COTA ÚNICA DO IPTU DO EXERCÍCIO DE 2010 POR MAIS TRINTA DIAS.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2292/2292_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2292/2292_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A REFORMA COMPLETA DA ESCOLA "PROFESSOR BARROS".</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Nilton Varella, Cassio Santa Cruz, Marquinhos Osti</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2327/2327_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2327/2327_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR UMA GRATIFICAÇÃO, TIPO DE UM DÉCIMO QUARTO SALÁRIO, AOS SERVIDORES MUNICIPAIS DE MAIOR ASSIDUIDADE AO TRABALHO, COM ABSENTEÍSMO ZERO OU PRÓXIMO DISSO.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2293/2293_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2293/2293_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A REALIZAÇÃO DE EVENTOS SEMANAIS, TIPO "SÁBADO MANIA", EM TODOS OS BAIRROS DA CIDADE, NUMA ESPÉCIE DE RODÍZIO.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2294/2294_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2294/2294_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE TOMAR PROVIDÊNCIAS A RESPEITO DE ESGOTO A CÉU ABERTO QUE ESTÁ CAINDO NA NASCENTE DO CÓRREGO GUARIBA.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2295/2295_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2295/2295_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADA PERANTE A SABESP NO SENTIDO DE SE VERIFICAR AS CAUSAS E RESOLVER O PROBLEMA DO MAU CHEIRO EXALADO PELO BUEIRO LOCALIZADO NA RUA SÃO PEDRO, MAIS PRECISAMENTE DEFRONTE AO ESTABELECIMENTO DO "ZÉ BORRACHEIRO".</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2297/2297_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2297/2297_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER À COLOCAÇÃO URGENTE DE TAMPA NO BUEIRO LOCALIZADO NO CRUZAMENTO DA RUA SÃO PEDRO COM AV. SÃO MATHEUS, NO BAIRRO ALTO.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2298/2298_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2298/2298_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DA FAMÍLIA PIRES.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2299/2299_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2299/2299_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE ELIANA CIGANHA MARQUES GOUVEIA.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2300/2300_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2300/2300_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE UM GUARDA NO CAMPO DE FUTEBOL DA VILA ROCCA.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2301/2301_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2301/2301_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA VISANDO ÀS POSSIBILIDADES DE CONCLUIR AS OBRAS DO CENTRO DE LAZER DA VILA ROCCA.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2302/2302_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2302/2302_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO VIABILIZAR O RECAPEAMENTO DAS RUAS DA VILA ROCCA.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2303/2303_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2303/2303_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE FORNECER PÃO E SUCO AOS PACIENTES QUE A MUNICIPALIDADE TRANSPORTA PARA AS CIDADES DE RIBEIRÃO PRETO, BARRETOS, JABOTICABAL E OUTRAS LOCALIDADES.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Flávio Maduro, Dr Francisco, Dr. Pedro Carlos, Nilton Varella, Nilza do Cibalena</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2328/2328_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2328/2328_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INCLUIR AULAS DE LIBRAS (LÍNGUA BRASILEIRA DE SINAIS) NA GRADE CURRICULAR DAS ESCOLAS MUNICIPAIS DE ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2329/2329_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2329/2329_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE GESTÕES SEJAM REALIZADAS PERANTE OS ESTABELECIMENTOS BANCÁRIOS DE GUARIBA NO SENTIDO DE DISPONIBILIZAREM CADEIRAS DE RODAS DENTRO DAS AGÊNCIAS PARA USO DOS CLIENTES E USUÁRIOS COM IMPOSSIBILIDADE OU DIFICULDADE DE LOCOMOÇÃO.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Dr. Carósio, Cassio Santa Cruz</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2359/2359_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2359/2359_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE RUY ZANOTTO.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2330/2330_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2330/2330_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA RUA CASTELO BRANCO.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2334/2334_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2334/2334_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÕES AO SR. CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A PAVIMENTAÇÃO ASFÁLTICA DO ACOSTAMENTO DA PISTA DE SAÍDA E ACESSO À CIDADE, NO TRECHO LINDEIRO À RUA SÃO PEDRO, NO BAIRRO ALTO, E TAMBÉM A CONSTRUÇÃO DE UM ABRIGO PARA DESEMBARQUE DE PASSAGEIROS. INDICA, AINDA, A COLOCAÇÃO DE OBSTÁCULOS QUE IMPEÇAM MOTORISTAS DE UTILIZAR O CANTEIRO EXISTENTE ENTRE A RUA E A PISTA.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2335/2335_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2335/2335_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO DO TREVO QUE DÁ ACESSO AO BAIRRO ALTO, LOCALIZADO NA AV. OTÁVIO EVANGELISTA DE SOUZA.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2336/2336_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2336/2336_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE VICTÓRIA NINPHA GRIECO SGARBOSA.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2360/2360_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2360/2360_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSTALAR CORRIMÃO NA RAMPA EXISTENTE NO MUSEU HISTÓRICO "JORGE NOGUEIRA DE CARVALHO", ONDE SE ENCONTRA INSTALADO O SETOR DE LANÇADORIA DA PREFEITURA.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2337/2337_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2337/2337_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO AUMENTAR O NÚMERO DE PARCELAS PARA PAGAMENTO DOS DÉBITOS INSCRITOS NA DÍVIDA ATIVA.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2339/2339_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2339/2339_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A DOAÇÃO DE TERRENO PARA QUE A 237ª SUBSEÇÃO DA OAB DE GUARIBA POSSA CONSTRUIR SUA SEDE PRÓPRIA.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2361/2361_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2361/2361_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O AUMENTO NA ALTURA DA REDE DE PROTEÇÃO EXISTENTE E COLOCAÇÃO DESSE ITEM NOS OUTROS TRÊS LADOS DO MINICAMPO DE FUTEBOL LOCALIZADO ENTRE AS RUAS SAMPAIO VIDAL E RUI BARBOSA, NO JARDIM VIRGÍNIA.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2362/2362_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2362/2362_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTORES DE VELOCIDADE AO LONGO DA AV. DA SAUDADE.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Flávio Maduro, Dr Francisco, Dr. Pedro Carlos, Nilton Varella</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/</t>
+    <t>http://sapl.guariba.sp.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE OBSERVAR, NA REFORMA DA PRAÇA SÍLVIO VAZ DE ARRUDA, AS CONDIÇÕES DE ACESSIBILIDADE PARA PESSOAS COM NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2389/2389_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2389/2389_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR UMA ÁREA SEGURA PARA QUE AS CRIANÇAS DA PARTE ALTA DA CIDADE POSSAM SOLTAR PIPAS. INDICA, AINDA, QUE O CONSELHO TUTELAR VERIFIQUE E TOME AS PROVIDÊNCIAS NECESSÁRIAS QUANTO AOS GAROTOS QUE BRINCAM PERIGOSAMENTE NOS ACOSTAMENTOS DA PISTA DO TREVO DO BAIRRO ALTO.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2364/2364_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2364/2364_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTORES DE VELOCIDADE (TACHÕES REFLETIVOS) AO LONGO DA AV. PRINCESA IZABEL, SENDO A DISTÂNCIA ENTRE ELES TAL QUE NÃO PERMITA DESENVOLVER ALTAS VELOCIDADES. INDICA, AINDA, A COLOCAÇÃO DESSE DISPOSITIVO NA ALTURA DO Nº 813 DA AV. EUGÊNIO MANGOLINI.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2365/2365_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2365/2365_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REPARAR E/OU DESENTUPIR BUEIROS EM VIAS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2366/2366_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2366/2366_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR JUNTO AO GOVERNO DO ESTADO DE SÃO PAULO QUE GUARIBA RECEBA, POR DUAS SEMANAS, UMA UNIDADE DO POUPATEMPO MÓVEL, A EXEMPLO DO QUE ACONTECEU NA VIZINHA JABOTICABAL.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2367/2367_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2367/2367_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO VIABILIZAR A IMPLANTAÇÃO DO PROJETO "PADARIAS ARTESANAIS" EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2368/2368_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2368/2368_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO DEMUTRAN NO SENTIDO DE EFETUAR MELHORIAS NO TRÂNSITO DA AV. SAGRADO CORAÇÃO DE JESUS, PRINCIPALMENTE NO TRECHO QUE VAI DO POSTO SÃO PAULO ATÉ A CONFLUÊNCIA COM A AV. RIBEIRÃO PRETO.</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2390/2390_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2390/2390_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE, QUANDO FOREM DENOMINADAS AS RUAS DA FAZENDA SANTA CRUZ, SEJAM ESCOLHIDOS NOMES DE ANTIGOS MORADORES DA FAZENDA E EX-FUNCIONÁRIOS DA USINA SÃO CARLOS.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2391/2391_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2391/2391_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE PARQUE PÚBLICO NA ÁREA DO MATADOURO MUNICIPAL "EMÍDIO DE PAULA", QUE CONTENHA QUADRAS POLIESPORTIVAS E QUADRAS DE TÊNIS.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2392/2392_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2392/2392_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CRIAÇÃO DO CARGO DE "TÉCNICO AGRÍCOLA".</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2393/2393_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2393/2393_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER AOS REPAROS NOS BANCOS E NA ILUMINAÇÃO DA PRAÇA "AMADOR BUENO BARRIOS". SOLICITA, AINDA, QUE ESTUDOS SEJAM REALIZADOS OBJETIVANDO A CONSTRUÇÃO DE SANITÁRIOS NAQUELE PRÓPRIO.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2394/2394_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2394/2394_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA MUNICIPAL DE EDUCAÇÃO NO SENTIDO DE VIABILIZAR NAS ESCOLAS DA REDE MUNICIPAL UMA CAMPANHA DE CONSCIENTIZAÇÃO VISANDO REFREAR O USO DE CEROL (CORTANTE) EM LINHAS DE PIPAS.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2395/2395_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2395/2395_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE PROCEDER ÀS MELHORIAS NA SINALIZAÇÃO HORIZONTAL E VERTICAL NAS PROXIMIDADES DE ESCOLAS E CRECHES.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2396/2396_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2396/2396_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE GALERIAS NA RUA FERES SADALLA, NO TRECHO COMPREENDIDO ENTRE O ESTÁDIO MUNICIPAL "DOMINGOS BALDAN" ATÉ A CONFLUÊNCIA COM A RUA SIQUEIRA CAMPOS, SEGUINDO POR ESSA RUA ATÉ O CRUZAMENTO COM A AV. JOAQUIM CARLOS DE MATTOS.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2397/2397_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2397/2397_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A ABERTURA DE TODAS AS RUAS DA PARTE DE CIMA DA COHAB I, FACILITANDO SUA INTERLIGAÇÃO COM OUTROS BAIRROS, E VICE-VERSA.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2398/2398_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2398/2398_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE MOLHAR AS RUAS DA CIDADE PARA DIMINUIR A POEIRA QUE TEM CAUSADO DOENÇAS E PROBLEMAS RESPIRATÓRIOS EM MUITOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2399/2399_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2399/2399_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS NO SENTIDO DE ELIMINAR O DESNÍVEL ENTRE O ASFALTO E AS GUIAS DO TERRENO LOCALIZADO NA ESQUINA DA AV. LUIZ MAFFEI COM A RUA JOÃO GURTLER, NO RESIDENCIAL MONTE BELO.</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2400/2400_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2400/2400_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO PRESIDENTE MARCOS HENRIQUE OSTI QUE ESTUDE AS POSSIBILIDADES DE REPASSAR MENSALMENTE À PREFEITURA A SOBRA DE CAIXA DA CÂMARA MUNICIPAL, MEDIANTE COMPROMISSO DO PREFEITO EM UTILIZÁ-LA NA IMPLANTAÇÃO E MANUTENÇÃO DA INTERNET BANDA LARGA GRATUITA.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2401/2401_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2401/2401_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSTALAR LIXEIRAS NA RUA JOÃO VIZIACK, NAS PROXIMIDADES DAS FIRMAS GBA" E "SEMAG", MAIS PRECISAMENTE NO LOCAL DEBAIXO DAS ÁRVORES ONDE OS TRABALHADORES DO DISTRITO INDUSTRIAL DESCANSAM NOS INTERVALOS DAS REFEIÇÕES, MUDANÇAS DE TURNO, ETC.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2402/2402_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2402/2402_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE IMPLANTAR O PROJETO "LOUSA DIGITAL" NA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2403/2403_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2403/2403_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER À CONSTRUÇÃO DE DEGRAUS OU RAMPAS NAS CALÇADAS DE AMBOS OS LADOS DA PONTE SOBRE O CÓRREGO GUARIBA, NA AV. CEL. NECA JUNQUEIRA, POIS ELAS SÃO MUITO ALTAS EM RELAÇÃO AO NÍVEL DO PASSEIO PÚBLICO.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2404/2404_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2404/2404_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÕES AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE - DENTRO DO PLANO DE REVITALIZAÇÃO DA PRAÇA SÍLVIO VAZ DE ARRUDA - IMPLANTAR ÁREAS DE ESTACIONAMENTO DE MOTOS E SIMILARES, DEVIDAMENTE SINALIZADAS E REGULAMENTADAS.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2405/2405_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2405/2405_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE - DENTRO DO PLANO DE REVITALIZAÇÃO DA PRAÇA SÍLVIO VAZ DE ARRUDA - DISPONIBILIZAR MAIOR QUANTIDADE DE VAGAS PARA ESTACIONAMENTO NOS OUTROS LADOS DA PRAÇA (VIDE CROQUI), A EXEMPLO DO QUE FOI FEITO NA RUA 9 DE JULHO, DIMINUINDO-SE, PARA TANTO, A LARGURA DA CALÇADA EM APROXIMADAMENTE 1,5 METRO E ADOTANDO-SE O SISTEMA DE ESTACIONAMENTO TRANSVERSAL.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2407/2407_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2407/2407_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE, SEJA DENOMINADO VIA OU ESPAÇO PÚBLICO COM O NOME DO PROFESSOR DOGAIR MOREIRA DE SOUZA.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2408/2408_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2408/2408_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA VISANDO A DESAPROPRIAÇÃO E AQUISIÇÃO DO TERRENO LOCALIZADO NA ESQUINA DA AV. VICTOR VALENTIE DE OLIVEIRA COM A RUA FREDERICO POLITI, PARA QUE SEJA CONSTRUÍDO UM PALCO PERMANENTE, COM CAMARINS E TODA INFRAESTRUTURA NECESSÁRIA PARA A REALIZAÇÃO DE SHOWS E EVENTOS.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2409/2409_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2409/2409_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE À SECRETARIA MUNICIPAL DE ESPORTE, TURISMO, LAZER E CULTURA OS ESTUDOS NECESSÁRIOS NO SENTIDO DE VIABILIZAR, A CADA TRÊS MESES, A REALIZAÇÃO DE SHOW GOSPEL NO PARQUE DOS LAGOS "VEREADOR LUIZ DA CONCEIÇÃO".</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Dr Francisco</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2410/2410_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2410/2410_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE LAÍS SADALLA (LALÁ).</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2411/2411_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2411/2411_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE ANTONIO LUCIZANO FILHO (CALABRÊS).</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2412/2412_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2412/2412_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE RUBENS SGARBOSA.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2413/2413_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2413/2413_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE ARMINDO DA COSTA ROSA.</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2414/2414_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2414/2414_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, NO TEMPO ADEQUADO, SEJA DENOMINADO "ENGº. AGRÔNOMO ROBERTO RODRIGUES" O GALPÃO DE AGRONEGÓCIOS MUNICIPAL.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Dr. Pedro Carlos</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2502/2502_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2502/2502_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO O NOME DE LUIZ BARICHELLO NETO.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2503/2503_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2503/2503_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO O NOME DE JOÃO PETRASSI.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2504/2504_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2504/2504_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE SEJA DENOMINADA "ROQUE DI MASTROGIROLAMO" A PRAÇA EXISTENTE AO REDOR DA CAPELA DA FAZENDA SANTA CRUZ.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2505/2505_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2505/2505_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE TELA DE PROTEÇÃO NA QUADRA DE ESPORTES DA EMEB "PROFº. ALFREDO ROLIM DE MOURA". </t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2506/2506_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2506/2506_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UM ESTACIONAMENTO NA PARTE FRONTAL DA EMEB "PROFº. ALFREDO ROLIM DE MOURA, ONDE É O JARDIM, PARA ATENDER ÀS NECESSIDADES DOS MUNÍCIPES, PROFESSORES E FUNCIONÁRIOS DAQUELA UNIDADE ESCOLAR.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2508/2508_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2508/2508_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO A CONSTRUÇÃO DE UMA PASSARELA SOBRE O CÓRREGO GUARIBA, NOS FUNDOS DO RESIDENCIAL FUNICHELLI-SANTIN.</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2510/2510_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2510/2510_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO VIABILIZAR A INSTALAÇÃO DE INFRAESTRUTURA NECESSÁRIA (EQUIPAMENTOS COMPLETOS E PROFISSIONAIS ESPECIALIZADOS) NO CENTRO ODONTOLÓGICO MUNICIPAL, PARA ATENDIMENTO DE CRIANÇAS PORTADORAS DE NECESSIDADES ESPECIAIS E PESSOAS COM TRAUMATISMO DENTÁRIO.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2512/2512_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2512/2512_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO CRIAR NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO OFICINA DE REAPROVEITAMENTO DE MATERIAIS RECICLÁVEIS PARA CONFECCIONAR ENFEITES (DE NATAL, PÁSCOA ETC), BRINQUEDOS E BONECOS.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2513/2513_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2513/2513_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO QUE A SECRETARIA MUNICIPAL DE SAÚDE TOME AS PROVIDÊNCIAS NECESSÁRIAS PARA QUE A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE GUARIBA, COMO ENTIDADE SUBVENCIONADA PELA MUNICIPALIDADE, AGILIZE A IMPLANTAÇÃO DO "TESTE DA ORELHINHA" NAS CRIANÇAS NASCIDAS NAS DEPENDÊNCIAS DO HOSPITAL.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2515/2515_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2515/2515_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A COBERTURA DA QUADRA DE ESPORTES DA EMEB "GINO BELLODI". INDICA, AINDA, QUE SEJA FEITA UMA REFORMA GERAL NAQUELA QUADRA, QUE ESTÁ COM A PINTURA GASTA, SEM TRAVES, OU SEJA, EM COMPLETO ESTADO DE ABANDONO. </t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2520/2520_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2520/2520_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE A SECRETARIA DO MEIO AMBIENTE ESTUDE AS POSSIBILIDADES TÉCNICAS E A VIABILIDADE DO PLANTIO DE BAMBU PARA CONTER O PROCESSO DE EROSÃO E ASSOREAMENTO DA NASCENTE DO CÓRREGO GUARIBA.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2523/2523_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2523/2523_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE A SECRETARIA DO MEIO AMBIENTE REALIZE OS ESTUDOS NECESSÁRIOS NO SENTIDO DE VIABILIZAR UM PROJETO DE REFLORESTAMENTO DA NASCENTE DO CÓRREGO QUE NASCE NAS PROXIMIDADES DO VIVEIRO DE MUDAS DA COPLANA E PASSA PELA CHÁCARA DA NEIDE.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Dr Francisco, Dr. Pedro Carlos, Flávio Maduro, Nilza do Cibalena</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2524/2524_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2524/2524_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO VIABILIZAR O RECAPEAMENTO DE VIAS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2467/2467_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2467/2467_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE GESTÕES SEJAM REALIZADAS PERANTE O GOVERNO DO ESTADO DE SÃO PAULO NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO EM NOSSO MUNICÍPIO DO PROJETO "RESTAURANTE POPULAR BOM PRATO", DESENVOLVIDO PELA SECRETARIA DA AGRICULTURA E ABASTECIMENTO.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2468/2468_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2468/2468_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR UM SALÃO ESPAÇOSO NA UBS "VEREADORA MARIA PACÍFICO DE MIGUELI", NA VILA AMORIM, PARA QUE OS PACIENTES DIABÉTICOS E HIPERTENSOS POSSAM PRATICAR ATIVIDADES FÍSICAS PARA COMPLEMENTAÇÃO DO TRATAMENTO.</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2469/2469_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2469/2469_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTORES DE VELOCIDADE (TACHÕES REFLETIVOS) E PLACAS DE ADVERTÊNCIA DEFRONTE AO PORTÃO DO GINÁSIO DE ESPORTES "VEREADOR EDUARDO ATIQUE", NA AV. JOAQUIM CARLOS DE MATTOS.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2470/2470_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2470/2470_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO DE QUATRO QUADRAS DA AV. 7 DE SETEMBRO, AS QUAIS SE ENCONTRAM EM PÉSSIMO ESTADO DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2471/2471_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2471/2471_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÕES AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTORES DE VELOCIDADE (TACHÕES REFLETIVOS) AO LONGO DA AV. PRINCESA IZABEL, SENDO A DISTÂNCIA ENTRE ELES TAL QUE NÃO PERMITA DESENVOLVER ALTAS VELOCIDADES.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2472/2472_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2472/2472_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR PERANTE O DER - DEPARTAMENTO DE ESTRADAS DE RODAGEM MELHORIAS NO ACOSTAMENTO DA ESTRADA VICINAL SPV 44, LIGAÇÃO GUARIBA-MOTUCA.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2473/2473_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2473/2473_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR SERVIÇOS DE LIMPEZA DAS BOCAS DE LOBO LOCALIZADAS NA CONFLUÊNCIA DA RUA JOSÉ MAZZI COM AV. ANTONIO ALBINO, E NAS PROXIMIDADES DOS NÚMEROS 604/680 DA AV. ÍTALO POLITI.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2474/2474_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2474/2474_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE CONDICIONADORES DE AR NAS SALAS DE AULA DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2475/2475_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2475/2475_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE MELHORAR O ACERVO DE TODAS AS BIBLIOTECAS DAS ESCOLAS MUNICIPAIS, COM MAIS LIVROS E OUTROS MATERIAIS DE PESQUISA.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2476/2476_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2476/2476_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR CELEBRAÇÃO DE CONVÊNIO MÉDICO EM BENEFÍCIO DOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Cassio Santa Cruz, Dr. Carósio, Marquinhos Osti, Nilton Varella, Valdevino da Bocha</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2477/2477_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2477/2477_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE DESTINAR NO ESTACIONAMENTO DA RUA 9 DE JULHO, DEFRONTE À PRAÇA CENTRAL, QUATRO VAGAS EXCLUSIVAS PARA OS USUÁRIOS DOS SERVIÇOS DAS FARMÁCIAS LOCALIZADAS NA PROXIMIDADES, OU SEJA, DUAS VAGAS PARA OS CLIENTES DA GUARIFARMA E DUAS VAGAS PARA OS CLIENTES DA MANAFARMA.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2478/2478_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2478/2478_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR QUE TODAS AS PRAÇAS DA CIDADE - NA MEDIDA DO POSSÍVEL - RECEBAM A MESMA ILUMINAÇÃO QUE FOI INSTALADA NA NOVA PRAÇA DA COHAB II.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2479/2479_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2479/2479_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA DESIGNE GUARDAS PARA A NOVA PRAÇA DA COHAB II.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2480/2480_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2480/2480_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER À CONSTRUÇÃO DE CANALETA PARA ESCOAMENTO DE ÁGUAS PLUVIAIS NO CRUZAMENTO DA RUA AMARAL VAZ MELONI COM AV. SEGISMUNDO MANGOLINI.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Dr. Pedro Carlos, Dr Francisco, Flávio Maduro, Nilton Varella</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2481/2481_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2481/2481_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO DE TODA EXTENSÃO DA RUA VICENTE MARAFIOTI, NO JARDIM MONTE BELO.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2482/2482_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2482/2482_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE JOÃO ZIVIANI.</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2483/2483_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2483/2483_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O FORNECIMENTO DE CESTA BÁSICA MENSAL ATÉ O FINAL DO ANO AOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2484/2484_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2484/2484_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA VISANDO SANAR O PROBLEMA DE ENXURRADA QUE DESCE DA ESTRADA DA USINA BONFIM ATÉ O RESIDENCIAL NELSON CAPORUSSO.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2485/2485_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2485/2485_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR UMA PROFESSORA ESTAGIÁRIA PARA ATUAR JUNTAMENTE COM A PROFESSORA TITULAR EM SALAS DE AULA QUE TENHAM CRIANÇAS COM BAIXO GRAU DE DEFICIÊNCIA MENTAL.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2486/2486_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2486/2486_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PERANTE A ARTESP - AGÊNCIA REGULADORA DE SERVIÇOS PÚBLICOS DE TRANSPORTE DO ESTADO DE SÃO PAULO OBJETIVANDO QUE A CONCESSIONÁRIA TRIÂNGULO DO SOL AUTO-ESTRADAS S/A CONSTRUA ROTATÓRIAS DE REDUÇÃO DE VELOCIDADE NO LEITO CARROÇÁVEL DA SP 326 - RODOVIA BRIGADEIRO FARIA LIMA, NO TREVO DE ACESSO A GUARIBA.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2421/2421_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2421/2421_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE JOSÉ CARLOS MARCONDES.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2424/2424_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2424/2424_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE ODILON MIGUEL PACÍFICO.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2426/2426_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2426/2426_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE PROCEDER ÀS MELHORIAS NA ILUMINAÇÃO PÚBLICA DO RESIDENCIAL NELSON CAPORUSSO.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2428/2428_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2428/2428_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE ABRIGO PARA EMBARQUE E DESEMBARQUE DE PASSAGEIROS NAS PROXIMIDADES DA CRECHE "FRANCISCO ANTONIO LOUZADA" E DA UBS DO JARDIM HORTÊNCIA.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2430/2430_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2430/2430_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO, SOLICITANDO QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE CONSTRUIR UM ABRIGO PARA OS ESTUDANTES NA AV. PAULISTA, EM TODA A EXTENSÃO DA CALÇADA QUE FAZ FUNDO AO MUSEU HISTÓRICO "JORGE NOGUEIRA DE CARVALHO" ONDE HOJE FUNCIONA A LANÇADORIA MUNICIPAL.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2432/2432_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2432/2432_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VERIFICAR A PROCEDÊNCIA DA ÁGUA QUE ESCORRE HÁ MUITOS ANOS DO ALTO DA VILA GARAVELLO E TERMINA NA BOCA DE LOBO DA ESQUINA DA RUA SÃO MARTINHO COM A AVENIDA DA SAUDADE.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2433/2433_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2433/2433_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PRESIDENTE DA CÂMARA MUNICIPAL DE GUARIBA, VEREADOR MARCOS HENRIQUE OSTI, QUE DETERMINE AO SETOR COMPETENTE OFICIAR AO CARTÓRIO DO REGISTRO CIVIL DE GUARIBA, OBJETIVANDO QUE FORNEÇA MENSALMENTE A ESTA CASA RELAÇÃO COM O NOME DE TODOS OS BEBÊS NASCIDOS DURANTE O MÊS, BEM COMO O NOME E ENDEREÇO DAS RESPECTIVAS MÃES, PARA QUE SEJA ENCAMINHADA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A CADA UMA DELAS, BEM COMO DE BOAS-VINDAS AO RECÉM-NASCIDO.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2435/2435_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2435/2435_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO A DESAPROPRIAÇÃO DE UM ALQUEIRE DE TERRA, NAS IMEDIAÇÕES DA CIDADE, EM PERÍMETRO URBANO, PARA QUE SEJA CRIADO E DENOMINADO "PARQUE DAS FAMÍLIAS DE GUARIBA".</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2437/2437_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2437/2437_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE EFETUAR A REPINTURA DAS RAMPAS DE ACESSO PARA PESSOAS PORTADORAS DE NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2438/2438_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2438/2438_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE DA PREFEITURA A CRIAÇÃO EM NOSSO MUNICÍPIO DE UM GRUPO DE VOLUNTÁRIOS, TIPO "PALHAÇOS HOSPITALARES", PARA ATUAR NO HOSPITAL, NO ASILO E NA CASA DE RECUPERAÇÃO DA CRIANÇA CONVALESCENTE. </t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2440/2440_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2440/2440_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR RAMPAS DE ACESSO PARA CADEIRANTES NAS CALÇADAS AO REDOR DO CAMPO DE FUTEBOL CAMPO DE FUTEBOL "PAULO GARCIA".</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2442/2442_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2442/2442_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR UMA GRATIFICAÇÃO AOS PROFESSORES DA REDE MUNICIPAL DE ENSINO, A EXEMPLO DO QUE ACONTECE COM OS PROFESSORES DO ESTADO.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2443/2443_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2443/2443_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VERIFICAR E RESOLVER O PROBLEMA DE ACÚMULO DE ÁGUA NA BACIA DE DETENÇÃO DE ÁGUAS PLUVIAIS DO RESIDENCIAL "MÁRIO CAZERI".</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2556/2556_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2556/2556_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE À SUAS SECRETARIAS COMPETENTES QUE ELABOREM CAMPANHAS PREVENTIVAS E EDUCATIVAS PARA OS ALUNOS DA 1ª A 8ª SÉRIES, BEM COMO PARA A POPULAÇÃO EM GERAL, NAS ÁREAS DE PREVENÇÃO DE DOENÇAS (DENGUE, DST/AIDS, ETC); DA CIDADANIA; DO RESPEITO AO TRÂNSITO; DAS QUESTÕES DO MEIO AMBIENTE; DA LIMPEZA URBANA; DA PREVENÇÃO DO USO DE DROGAS, ETC, UTILIZANDO PARA TANTO MATERIAL DIDÁTICO COMO FOLHETOS, REVISTAS E MANUAIS EDUCATIVOS.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2557/2557_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2557/2557_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR UMA ÁREA DE UM OU DOIS ALQUEIRES ONDE MUNÍCIPES POSSAM DEIXAR SEUS ANIMAIS DE TRAÇÃO.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2560/2560_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2560/2560_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DA FAMÍLIA VERRI.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2561/2561_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2561/2561_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE JOAQUIM CARATO.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2562/2562_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2562/2562_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE MARCOS ADALBERTO GARAVELLO.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2563/2563_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2563/2563_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE JOSÉ ANTONIO MAZZI.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2565/2565_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2565/2565_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE ALAMBRADOS AO REDOR DOS DOIS LAGOS DO PARQUE DOS LAGOS "VEREADOR LUIZ DA CONCEIÇÃO".</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2567/2567_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2567/2567_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO A CONSTRUÇÃO DE GALERIA PARA DRENAGEM DE ÁGUAS PLUVIAIS NA RUA VICENTE MARAFIOTTI, NO RESIDENCIAL MONTE BELO. </t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2568/2568_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2568/2568_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTÍSSIMO PRESIDENTE MARCOS HENRIQUE OSTI QUE - QUANDO DA DEVOLUÇÃO DO EXCEDENTE DO DUODÉCIMO DA CÂMARA PARA A PREFEITURA - OBTENHA O COMPROMISSO DO PREFEITO MUNICIPAL DE REPASSAR CEM MIL REAIS DESSE DINHEIRO À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE GUARIBA.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Valdevino da Bocha, Cassio Santa Cruz, Dr Francisco, Dr. Pedro Carlos, Marquinhos Osti, Nilton Varella</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2531/2531_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2531/2531_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO NO VELÓRIO MUNICIPAL DE SANITÁRIOS PARA PESSOAS PORTADORAS DE NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Cassio Santa Cruz, Dr Francisco</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2532/2532_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2532/2532_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE GESTÕES SEJAM FEITAS PERANTE A VIAÇÃO MACIR RAMAZZINI OBJETIVANDO QUE AQUELA PERMISSIONÁRIA DISPONIBILIZE ÔNIBUS EM MELHORES CONDIÇÕES PARA AS LINHAS DE GUARIBA A OUTRAS CIDADES, OU ENTÃO QUE FAÇA UMA REVISÃO EM SUA ATUAL FROTA.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2533/2533_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2533/2533_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO A COLOCAÇÃO DE DEFENSAS ("GUARD-RAIL") NO BARRANCO ALTO EXISTENTE NAS PROXIMIDADES DE ONDE ESTÁ SENDO CONSTRUÍDO O CENTRO DE LAZER DA VILA ROCCA.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2534/2534_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2534/2534_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO A COLOCAÇÃO DE DEFENSAS ("GUARD-RAIL") EM TODA EXTENSÃO DA RUA BARTOLOMEU MANNA.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2536/2536_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2536/2536_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE PINTAR AS DUAS LOMBADAS CONSTRUÍDAS NA RUA TUFIC JOSÉ ABIMUSSI.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2537/2537_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2537/2537_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN OBJETIVANDO A COLOCAÇÃO DE DOIS REDUTORES DE VELOCIDADE (LOMBADAS) NA RUA DOS GUZZO, NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2538/2538_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2538/2538_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR UNIFORME PARA TODOS OS FUNCIONÁRIOS PÚBLICOS, PRINCIPALMENTE COLETES PARA OS GUARDAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2544/2544_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2544/2544_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER À CONSTRUÇÃO DE CANALETA PARA ESCOAMENTO DE ÁGUAS PLUVIAIS NA INTERSEÇÃO DA RUA PRIMO ROMA COM A AV. PRINCESA IZABEL, NO BAIRRO ALTO.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2545/2545_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2545/2545_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE INSTALAR REDUTORES DE VELOCIDADE NA RUA SANTA ERNESTINA, NA COHAB I, BEM COMO SINALIZAÇÃO ADEQUADA NAS PROXIMIDADES DA ESCOLA "GINO BELLODI".</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2546/2546_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2546/2546_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE UM PORTÃO LATERAL NO ESTÁDIO MUNICIPAL "DOMINGOS BALDAN".</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO DE TODA EXTENSÃO DA AV. SANTOS DUMONT.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2589/2589_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2589/2589_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO SR. CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO VIABILIZAR O DESMEMBRAMENTO DOS SETORES DE CULTURA E TURISMO DA ATUAL SECRETARIA MUNICIPAL DE ESPORTE, TURISMO, LAZER E CULTURA, TORNANDO-OS DEPARTAMENTOS INDEPENDENTES.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2590/2590_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2590/2590_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA RUA FERES SADALLA, MAIS PRECISAMENTE NAS PROXIMIDADES DO CRUZAMENTO COM A AV. CAMPOS SALLES.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2591/2591_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2591/2591_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NAS PROXIMIDADES DO Nº 61 DA AV. FRANCISCO VITORINO.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2592/2592_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2592/2592_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A TRANSFERÊNCIA DO VIVEIRO DE MUDAS PARA A FAZENDA SANTA CRUZ.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2593/2593_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2593/2593_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE EFETUAR REFORMA NA ENTRADA E NOS SANITÁRIOS DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2594/2594_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2594/2594_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE PEDRO FÁVERO.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2595/2595_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2595/2595_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE LUIZ DOURADO.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2596/2596_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2596/2596_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DA CÂMARA MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM FUTUROS LOTEAMENTOS, SEJA DENOMINADA VIA PÚBLICA COM O NOME DE JOSÉ LUIZ FERREIRA PENAFORTE.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2598/2598_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2598/2598_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO PRESIDENTE MARCOS HENRIQUE OSTI QUE - QUANDO DA DEVOLUÇÃO DO EXCEDENTE DO DUODÉCIMO DA CÂMARA PARA A PREFEITURA - OBTENHA O COMPROMISSO DO PREFEITO MUNICIPAL DE UTILIZAR PARTE DESSE DINHEIRO NA REFORMA DO GINÁSIO DE ESPORTES VEREADOR "EDUARDO ATIQUE".</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2599/2599_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2599/2599_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE EFETUAR LIMPEZA POR TODA CIDADE DAS BOCAS DE LOBO E BUEIROS; SUBSTITUINDO AS TAMPAS DESSES DISPOSITIVOS QUE ESTIVEREM QUEBRADAS.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2601/2601_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2601/2601_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA AV. PASCHOAL DE LAURENTIZ, ENTRE A CRECHE E A UBS DO JARDIM HORTÊNCIA.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2603/2603_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2603/2603_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO PRESIDENTE MARCOS HENRIQUE OSTI QUE - QUANDO DA DEVOLUÇÃO DO EXCEDENTE DO DUODÉCIMO DA CÂMARA PARA A PREFEITURA - OBTENHA O COMPROMISSO DO PREFEITO MUNICIPAL DE UTILIZAR PARTE DESSE DINHEIRO NA CONSTRUÇÃO DE UM NOVO PORTÃO DE ENTRADA NO ESTÁDIO MUNICIPAL "DOMINGOS BALDAN".</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2604/2604_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2604/2604_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE PROCEDER À LIMPEZA, CAPINA DO MATO E RETIRADA DE ENTULHOS EXISTENTES NO LEITO, ENCOSTA E MARGENS DO CÓRREGO JORDÃO, NO TRECHO COMPREENDIDO ENTRE O CLUBE DA TERCEIRA IDADE E SUA FOZ. INDICA, AINDA, QUE ESSES MESMOS SERVIÇOS SEJAM EXECUTADOS NO CÓRREGO GUARIBA, NA PARTE LINDEIRA AO RESIDENCIAL FUNICHELLI-SANTIN.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2605/2605_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2605/2605_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO INSTALAR NO CÓRREGO GUARIBA A PASSARELA QUE ESTAVA INSTALADA SOBRE O CÓRREGO JORDÃO, NA AV. LUIZ BARICHELLO, PARA UNIR PROVISORIAMENTE O LOTEAMENTO "MACAÚBAS" À VILA ROCCA.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2606/2606_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2606/2606_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A ASSESSORIA DA UNESP DE JABOTICABAL PARA AVALIAR AS CONDIÇÕES E QUALIDADE DA ÁGUA DOS LAGOS MUNICIPAIS E SUA INFLUÊNCIA NA VIDA DA FAUNA AQUÁTICA.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2608/2608_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2608/2608_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO IMPLANTAR UM SISTEMA DE LIMPEZA DIÁRIO NO PARQUE DOS LAGOS "VEREADOR LUIZ DA CONCEIÇÃO".</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2610/2610_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2610/2610_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO DA RUA ÂNGELO SCAIONE, NO JARDIM DAS TORRES, EM TRECHOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2611/2611_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2611/2611_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER À CONSTRUÇÃO DE CANALETA PARA ESCOAMENTO DE ÁGUAS PLUVIAIS NO CRUZAMENTO DA RUA RAMIRO SUAREZ RODRIGUEZ COM A AVENIDA JOÃO ALBINO, NO BAIRRO NOVA GUARIBA.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2612/2612_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2612/2612_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO A INSTALAÇÃO DE MAIS UM BRAÇO DE LUZ, COM LÂMPADA A VAPOR DE SÓDIO DE 250 WATTS, NO POSTE LOCALIZADO NA RUA OTÁVIO EVANGELISTA DE SOUZA, PRÓXIMO À PRIMEIRA IGREJA BATISTA DE GUARIBA.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2613/2613_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2613/2613_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSERTAR VENTILADORES DE SALAS DE AULA E O MOTOR DA BOMBA DA PISCINA DA ESCOLA "MARIA CECÍLIA PACÍFICO DE FARIAS".</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2614/2614_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2614/2614_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR MAIS UMA MERENDEIRA E UMA FAXINEIRA PARA A ESCOLA "MARIA CECÍLIA PACÍFICO DE FARIAS".</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2615/2615_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2615/2615_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O FORNECIMENTO DE UMA CESTA DE NATAL AOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2617/2617_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2617/2617_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE CONSTRUIR UMA RAMPA DE ACESSO ÀS PESSOAS PORTADORAS DE NECESSIDADES ESPECIAIS, IDOSOS, ETC, NAS ESCADARIAS DO PORTÃO PRINCIPAL DO ESTÁDIO MUNICIPAL "DOMINGOS BALDAN", TANTO NA PARTE EXTERNA QUANTO NA PARTE INTERNA.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2619/2619_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2619/2619_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÕES AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTORES DE VELOCIDADE AO LONGO DA AV. DA SAUDADE.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2620/2620_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2620/2620_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO VIABILIZAR OBRAS NECESSÁRIAS PARA ELIMINAR O PROBLEMA DE ÁGUA QUE SE ACUMULA NA AV. 10 DE ABRIL, NO TRECHO COMPREENDIDO ENTRE AS RUAS SAMPAIO VIDAL E SIQUEIRA CAMPOS.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2624/2624_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2624/2624_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE GESTÕES SEJAM FEITAS PERANTE A DIREÇÃO DA CPFL OBJETIVANDO VIABILIZAR A TROCA DOS POSTES DE MADEIRA PELOS DE CONCRETO, AO LONGO DA RUA BONFIM. E QUE ESSA PROVIDÊNCIA SEJA TOMADA, PAULATINAMENTE, POR TODA CIDADE.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2650/2650_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2650/2650_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INCLUIR - NAS DIRETRIZES ORÇAMENTÁRIAS E NO ORÇAMENTO MUNICIPAL PARA O EXERCÍCIO FINANCEIRO DE 2011 - SUBVENÇÃO À ENTIDADE "RECANTO MENINA", DE JABOTICABAL.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2651/2651_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2651/2651_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTORES DE VELOCIDADE (LOMBADAS) NA RUA SAMPAIO VIDAL, MAIS PRECISAMENTE NO PONTO INTERMEDIÁRIO DO TRECHO QUE VAI DA AV. MARCELO RAGAZZI ATÉ A AV. LUIZ BARICHELLO, OU, ENTÃO, QUE SEJAM CONSERTADOS OS TACHÕES REFLETIVOS EXISTENTES.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2652/2652_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2652/2652_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER À CONSTRUÇÃO DE CANALETA PARA ESCOAMENTO DE ÁGUAS PLUVIAIS NO CRUZAMENTO DA RUA JOSÉ CAPORUSSO COM A AVENIDA DEOLINDO PEDRO.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2653/2653_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2653/2653_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER AOS REPAROS NO ASFALTO EM REDOR DA CANALETA PARA ESCOAMENTO DE ÁGUAS PLUVIAIS EXISTENTE NA ESQUINA DA RUA SALVADOR PONTIERI COM A AVENIDA ATÍLIO CHERION.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2654/2654_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2654/2654_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR RAMPAS DE ACESSO PARA CADEIRANTES NAS CALÇADAS AO REDOR DO CAMPO DE FUTEBOL CAMPO DE FUTEBOL "PAULO GARCIA".</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2655/2655_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2655/2655_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE A SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS ADOTE COMO NORMA REALIZAR UM ESTUDO MINUCIOSO PARA AVALIAR SE UMA VIA NECESSITA APENAS DE UMA OPERAÇÃO TAPA-BURACOS OU UM RECAPEAMENTO TOTAL.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2657/2657_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2657/2657_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA AV. MILTON ROCCA, MAIS PRECISAMENTE NAS PROXIMIDADES DA ESCOLA "JOSEPHINA DE CAMARGO NEVES".</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2658/2658_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2658/2658_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UM CAMPO DE MALHA NO BAIRRO ALTO, MAIS PRECISAMENTE NO CAMPO DE FUTEBOL "PAULO GARCIA".</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2659/2659_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2659/2659_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO RETIRAR ENTULHO DEPOSITADO NO CAMPO DE FUTEBOL "PAULO GARCIA".</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2660/2660_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2660/2660_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO DE TODA EXTENSÃO DA RUA SAMPAIO VIDAL.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2661/2661_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2661/2661_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE EFETUAR LIMPEZA DAS BOCAS DE LOBO E BUEIROS NO BAIRRO ALTO.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2663/2663_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2663/2663_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA RUA RUI BARBOSA, MAIS PRECISAMENTE NAS PROXIMIDADES DO CRUZAMENTO COM A AV. LUIZ BARICHELLO, NO JARDIM PROGRESSO.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2665/2665_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2665/2665_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE ACIONAR A CPFL OBJETIVANDO A TROCA DE LÂMPADAS QUEIMADAS DA ILUMINAÇÃO PÚBLICA DA RUA TUFIC JOSÉ ABIMUSSI, MAIS PRECISAMENTE NAS PROXIMIDADES DO SÍTIO "SANTA IZABELINHA".</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2671/2671_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2671/2671_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A DRAGAGEM DO LEITO, CAPINA DO MATO E RETIRADA DE ENTULHOS EXISTENTES NA ENCOSTA E MARGENS DO CÓRREGO GUARIBA, NO TRECHO LINDEIRO AO RESIDENCIAL FUNICHELLI-SANTIN.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2672/2672_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2672/2672_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE PROCEDER ÀS MELHORIAS NA ILUMINAÇÃO PÚBLICA NA RUA JOSÉ MISSALLI, NO TRECHO COMPREENDIDO ENTRE A AV. SANTOS DUMONT E AV. CEL. NECA JUNQUEIRA.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2673/2673_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2673/2673_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO A COLOCAÇÃO DE MATERIAL ANTIDERRAPANTE NAS RAMPAS DE ACESSO DESTINADAS ÀS PESSOAS PORTADORAS DE NECESSIDADES ESPECIAIS, BEM COMO ADEQUÁ-LAS ÀS NORMAS DA ABNT.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2674/2674_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2674/2674_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO DA AV. ERNESTO DE ANGELIS, NO TRECHO QUE VAI DO QUIOSQUE ATÉ A FRENTE DA ESCOLA "MARIA CECÍLIA PACÍFICO DE FARIAS".</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2675/2675_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2675/2675_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A AQUISIÇÃO DE UMA MOTOCICLETA, COM CARRETINHA, PARA SERVIÇO DE DISTRIBUIÇÃO DE DOCUMENTOS E MATERIAIS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>Cassio Santa Cruz, Flávio Maduro</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2676/2676_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2676/2676_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR PARA AS PESSOAS PORTADORAS DE NECESSIDADES ESPECIAIS UM LOCAL DE FÁCIL ACESSO À QUADRA DO GINÁSIO DE ESPORTES "VEREADOR EDUARDO ATIQUE".</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2602/2602_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2602/2602_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR UMA OPERAÇÃO TAPA-BURACOS NA RUA JOSÉ MISSALLI, NO TRECHO COMPREENDIDO ENTRE A AV. JOAQUIM MATHEUS CORRÊA E AV. CEL. NECA JUNQUEIRA.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2607/2607_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2607/2607_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PERANTE A TELEFÔNICA NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE MAIS TELEFONES PÚBLICOS (ORELHÕES) ADAPTADOS PARA CADEIRANTES, BEM COMO A INSTALAÇÃO DE ALGUNS DESSES APARELHOS PARA DEFICIENTES AUDITIVOS E DE FALA.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2609/2609_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2609/2609_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA MUNICIPAL DE MEIO AMBIENTE NO SENTIDO DE REALIZAR UMA CAMPANHA DE CONSCIENTIZAÇÃO VISANDO INIBIR A PRÁTICA DE JOGAR LIXO E DETRITOS PELAS RUAS.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2616/2616_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2616/2616_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÕES AO CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN OBJETIVANDO ESTABELECER MÃO ÚNICA DE TRÂNSITO NA AV. CUNHA BUENO, NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2618/2618_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2618/2618_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR MELHORIAS NA ILUMINAÇÃO PÚBLICA DO RESIDENCIAL FUNICHELLI-SANTIN, SUBSTITUINDO AS LÂMPADAS ATUAIS POR OUTRAS DE MAIOR POTÊNCIA. </t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2622/2622_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2622/2622_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE ALAMBRADO E CONSTRUÇÃO DE PASSEIO PÚBLICO AO LONGO DA RUA NICOLAU BALDAN, NO RESIDENCIAL FUNICHELLI-SANTIN, NA ÁREA LINDEIRA À MATA CILIAR DO CÓRREGO GUARIBA.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2623/2623_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2623/2623_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS URGENTES SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO A COLOCAÇÃO DE PLACAS DENOMINATIVAS NAS RUAS DO BAIRRO "VILA MARIANA".</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2082/2082_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2082/2082_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS PROPRIETÁRIOS DA "PADARIA MISTER MASSAS", PELO PROCESSO DE EXPANSÃO DA EMPRESA.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2083/2083_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2083/2083_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ADILSON ALVES NETO.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2084/2084_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2084/2084_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. LUIZ CARLOS ROSA DA SILVA. </t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2085/2085_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2085/2085_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. AUGUSTO ALVES DE CASTRO.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2086/2086_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2086/2086_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. GILMAR VIANA. </t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2087/2087_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2087/2087_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. EURIDICE VIANA. </t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2088/2088_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2088/2088_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ANTONIO FERREIRA CONCEIÇÃO.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2089/2089_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2089/2089_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. MARCOS ANTONIO DOS SANTOS.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2090/2090_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2090/2090_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MALVINA OLIVEIRA ANDRADE.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2091/2091_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2091/2091_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. DELCIR COSTA DE JESUS.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2092/2092_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2092/2092_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. SÔNIA DE FÁTIMA VITALI.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2095/2095_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2095/2095_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. LUIZ APARECIDO GASPAR.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2097/2097_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2097/2097_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SR. CLAURY SANTOS ALVES DA SILVA, SECRETÁRIO DE ESTADO DE ESPORTE, LAZER E TURISMO, PELA ASSINATURA DO CONVÊNIO ESPORTE SOCIAL QUE LIBEROU RECURSOS NO VALOR DE R$. 39.120,00 PARA A AGUIAS - ASSOCIAÇÃO GUARIBENSE DE INCENTIVO AO ATLETISMO E O SOCIAL. </t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2100/2100_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2100/2100_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À SRA. ADELITA DE CÁSSIA LEME GARCIA DIAS PELA COLAÇÃO DE GRAU DE BACHARELA EM DIREITO, ATRAVÉS DA FACULDADE SÃO LUÍS DE EDUCAÇÃO, EM 27 DE JANEIRO P.P.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2102/2102_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2102/2102_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. SÉRGIO GUMIERI.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2105/2105_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2105/2105_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS INTEGRANTES DA CHAPA 1 PELA ELEIÇÃO, POR 119 VOTOS, À PRESIDÊNCIA E DIRETORIA DO  CENTRO DE CONVIVÊNCIA DO IDOSO "PROFª. ALICE D'ONÓFRIO".</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2108/2108_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2108/2108_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. IDALINA BOFFI. </t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2114/2114_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2114/2114_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA JOVEM BIANCA ROBERTA LAURINDO DA SILVA.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2178/2178_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2178/2178_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOSÉ GARCIA.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2179/2179_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2179/2179_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. CÍCERO MESSIAS DA SILVA.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2180/2180_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2180/2180_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ÂNGELO CAZONE. </t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2181/2181_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2181/2181_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. ROSSINA CÔRREA.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2183/2183_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2183/2183_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOSÉ VIEIRA DE SOUZA.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2184/2184_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2184/2184_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. ANTONIA NEVES COSTA.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2185/2185_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2185/2185_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. OSWALDO SPAGNOL.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2186/2186_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2186/2186_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. CLÁUDIO MOREIRA DA SILVA.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2187/2187_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2187/2187_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ÂNGELO SCUARCINA. </t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2188/2188_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2188/2188_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À SRA. CÍCERA SILVA BEZERRA, COORDENADORA DA VIGILÂNCIA SANITÁRIA, PELO EXCELENTE TRABALHO QUE VEM REALIZANDO EM NOSSO MUNICÍPIO FRENTE ÀS IRREGULARIDADES SANITÁRIAS ENCONTRADAS, ENFRENTANDO COM CORAGEM E PROFISSIONALISMO TODAS AS OCORRÊNCIAS QUE LHE SÃO APRESENTADAS OU VERIFICADAS NAS INSPEÇÕES ROTINEIRAS.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2189/2189_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2189/2189_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO 2º SARGENTO PM EDUARDO RIBAS ALCÂNTARA, AO CABO PM ADRIANO FERNANDO FREDIANI, AOS SOLDADOS PM MILTON CÉSAR DE OLIVEIRA, JOSÉ BARBOSA, CARLOS HENRIQUE BRUNETTI, EDIVALDO PULGATTI, ELCIO RIBEIRO NETO, SÉRGIO ANDRADE SILVEIRA E ALMIRO VARELA DA SILVA, INTEGRANTES DO 3º PELOTÃO PM DE GUARIBA, POR TEREM SIDO DESTAQUES, APRESENTANDO COMPORTAMENTO EXCELENTE, NO ÂMBITO DA 2ª CIA. PM DE JABOTICABAL, SUBORDINADA AO 43º BPMI DE SERTÃOZINHO.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2221/2221_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2221/2221_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ANTONIO RUIZ.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2222/2222_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2222/2222_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. HELIO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2224/2224_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2224/2224_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO TENENTE WANDERLEI CORRÊA ALVES, AO SARGENTO EDUARDO RIBAS DE ALCÂNTARA, AOS SOLDADOS PM LUIZ CARLOS FURTADO, EDUARDO PONTIERI E ALMIRO VARELA DA SILVA, PELA INICIATIVA E EMPENHO EM CONSEGUIR POR DOAÇÃO TODOS OS ACESSÓRIOS NECESSÁRIOS (MASTROS, HOLOFOTES, ETC) PARA HASTEAMENTO DAS BANDEIRAS NACIONAL, PAULISTA E DO MUNICÍPIO NO QUARTEL DO 3º PELOTÃO PM DE GUARIBA.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2227/2227_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2227/2227_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO MAESTRO MICHAEL TAVEIRA E INTEGRANTES DA BANDA MARCIAL MUNICIPAL PELA EXCELÊNCIA, BOA ESTRUTURAÇÃO E ORGANIZAÇÃO DAQUELA CORPORAÇÃO MUSICAL, BEM COMO PELA PARTICIPAÇÃO NA PASSEATA "EM DEFESA DA VIDA", PROJETO DESENVOLVIDO PELO CENTRO COMUNITÁRIO "CRISTO REI" COM O OBJETIVO DE CONSCIENTIZAR A POPULAÇÃO NA LUTA CONTRA A DENGUE. EXTERNAMOS ESTES VOTOS TAMBÉM A TODOS QUE PARTICIPARAM DO EVENTO: VICE-PREFEITA MÁRCIA SCALON; ELIAS CORASSA NETO, PRESIDENTE DA ENTIDADE; PADRE JOSÉ RENATO, ASSESSOR ESPIRITUAL; CÍCERA BEZERRA, COORDENADORA DA VIGILÂNCIA SANITÁRIA; ALUNOS, PROFESSORES E FUNCIONÁRIOS DA ENTIDADE; E AO 3º PELOTÃO DA POLÍCIA MILITAR DE GUARIBA.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2228/2228_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2228/2228_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO DEPUTADO FEDERAL DO PT, JOSÉ MENTOR, PELO ATENDIMENTO DISPENSADO AO VEREADOR CÁSSIO APARECIDO PEREIRA, EM SÃO PAULO, NO DIA 3 DE MARÇO P.P.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2231/2231_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2231/2231_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SR. CLAUDINEI ANDRADE DE OLIVEIRA (ZOINHO) QUE PARTICIPARÁ DA "'MARATOMA' DO FAUSTÃO", EM BUENOS AIRES, REPRESENTANDO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2247/2247_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2247/2247_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. JOANA ROSA DA SILVA SOUZA.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2248/2248_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2248/2248_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. FILOMENA LEOSDETE DA SILVA BONFIM.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2249/2249_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2249/2249_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. OSWALDO MOREIRA PINTO.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2250/2250_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2250/2250_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ANTONIO PEREIRA DE ARAÚJO.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2251/2251_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2251/2251_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. PATRÍCIA ALVES DE MATOS.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2252/2252_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2252/2252_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. NELSON ANTONIO DA SILVA.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2253/2253_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2253/2253_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. PAULO ROBERTO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2254/2254_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2254/2254_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS INTEGRANTES DA IGREJA ASSEMBLEIA DE DEUS - MINISTÉRIO DE BELÉM PELO CULTO DE AÇÃO DE GRAÇAS POR OCASIÃO DO ANIVERSÁRIO DO PASTOR VICE-PRESIDENTE, WILSON A. ALMEIDA, E SUA ESPOSA MIRIAN S. G. ALMEIDA, REALIZADO EM 20 DE MARÇO P.P.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2255/2255_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2255/2255_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO JOVEM WELLINGTON MARAFIOTTI BROISLER POR TER SIDO APROVADO NO VESTIBULAR PARA O CURSO DE MÚSICA DA USP DE RIBEIRÃO PRETO.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2208/2208_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2208/2208_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO  DE  APLAUSOS E CONGRATULAÇÕES À DIRETORIA, COORDENADORES PEDAGÓGICOS, PROFESSORES, FUNCIONÁRIOS E ALUNOS DA ESCOLA ESTADUAL "PROFª. JOSEPHINA  DE  CAMARGO NEVES", POR TER ULTRAPASSADO AS METAS DO IDESP 2009, OCUPANDO UM LUGAR DE DESTAQUE ENTRE AS CINCO MELHORES ESCOLAS DA DIRETORIA REGIONAL DE ENSINO DE JABOTICABAL.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2210/2210_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2210/2210_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ANTONIO PEREIRA DE ARAÚJO.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2212/2212_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2212/2212_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOSÉ LUIZ FERREIRA PENAFORTE.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2214/2214_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2214/2214_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOSÉ PEREIRA DA CRUZ.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2216/2216_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2216/2216_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOÃO MOREIRA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2220/2220_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2220/2220_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. PEDRO FÁVERO.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2223/2223_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2223/2223_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. IZAURA RUIZ.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2225/2225_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2225/2225_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. JOSEPHINA ROMANO. </t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2226/2226_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2226/2226_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. REGINALDO BATISTA DOS SANTOS.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2229/2229_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2229/2229_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MARIA JOSÉ DOS REIS.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2230/2230_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2230/2230_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO NOVO MINISTRO DA AGRICULTURA, PECUÁRIA E ABASTECIMENTO, WAGNER ROSSI, EMPOSSADO NO DIA 31 DE MARÇO P.P. </t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2232/2232_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2232/2232_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO DR. BRUNO NORBERTO PORTO, FILHO DO SAUDOSO BENEDITO PORTO, QUE EXERCE AS ATIVIDADES DE ADVOGADO NA CAPITAL PAULISTA.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2345/2345_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2345/2345_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOSÉ LUIZ SIMÕES.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2347/2347_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2347/2347_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ANTONIO LOPES DA CRUZ.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2349/2349_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2349/2349_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. LUIZ MELO DA SILVA.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2350/2350_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2350/2350_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. OSWALDO CASANOVA.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2351/2351_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2351/2351_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO CABO HELÁDIO APARECIDO ALVES DE FREITAS PESTRINI E AO SOLDADO IRANILDO MONTEIRO DA SILVA, LOTADOS NO 3º PELOTÃO DE POLÍCIA MILITAR DE GUARIBA, PELOS RELEVANTES SERVIÇOS PRESTADOS À POPULAÇÃO NA ÁREA DA SEGURANÇA PÚBLICA.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2352/2352_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2352/2352_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO PASTOR RUBENS CARLOS DE SOUZA PELOS RELEVANTES SERVIÇOS PRESTADOS À POPULAÇÃO GUARIBENSE ATRAVÉS DA IGREJA EVANGÉLICA MANANCIAL ÁGUAS DO TRONO.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2353/2353_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2353/2353_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À PROFESSORA LUIZA MARIA POLITI SAEZ, DIRETORA DO COLÉGIO OBJETIVO DE GUARIBA, BEM COMO AOS FUNCIONÁRIOS DAQUELE ESTABELECIMENTO DE ENSINO, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE NA ÁREA DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2354/2354_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2354/2354_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SR. JUNINHO MOREIRA, PROPRIETÁRIO DA "DJA", PELA INSTALAÇÃO DA EMPRESA NO DISTRITO EMPRESARIAL "GOVERNADOR MÁRIO COVAS".</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2355/2355_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2355/2355_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À DIRETORIA DA GAFOR LOGÍSTICA, PELA SUA INSTALAÇÃO EM NOSSO MUNICÍPIO, BEM COMO À PSICÓLOGA CINTHYA, DO RH DAQUELA EMPRESA, E AO SR. APARECIDO DONIZETE TOSTES, CUJOS ESFORÇOS EM CONJUNTO PERMITIRAM A REALIZAÇÃO DE CURSOS MINISTRADOS A VÁRIOS PROFISSIONAIS QUE TRABALHARÃO NESTA SAFRA.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2356/2356_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2356/2356_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À PROFESSORA EUNICE SPERA DE MIGUEL, SECRETÁRIA MUNICIPAL DA EDUCAÇÃO, BEM COMO À SERVIDORA SAMIRA BAUAB PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2264/2264_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2264/2264_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ALCIDES GOMES DOS SANTOS.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2265/2265_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2265/2265_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. ODETE DE ALMEIDA BAPTISTA.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2266/2266_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2266/2266_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. OLVIRA FABRI LUCIANO.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2267/2267_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2267/2267_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. ELIANA CIGANHA MARQUES GOUVEIA.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2268/2268_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2268/2268_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. LAURA DE OLIVEIRA FERREIRA.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2269/2269_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2269/2269_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. FRANCISCO DA CRUZ DOS SANTOS.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2270/2270_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2270/2270_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. DIVA COBI DA SILVA.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2271/2271_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2271/2271_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. IDELBRANDO MACHADO DE SOUZA.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2272/2272_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2272/2272_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SR. MARCOS MESQUITA, GERENTE DA SABESP EM GUARIBA, BEM COMO A TODOS OS FUNCIONÁRIOS ENVOLVIDOS NA CAMPANHA DO AGASALHO PROMOVIDA POR AQUELA CONCESSIONÁRIA COM O APOIO DA SECRETARIA MUNICIPAL DA AÇÃO SOCIAL, QUE FOI REALIZADA NO ÚLTIMO DIA 21, NA QUAL FOI RECORDISTA EM ARRECADAÇÃO ESTE ANO.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2273/2273_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2273/2273_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SR. LUIZ GUEDES CABRAL, QUE POR MUITOS ANOS ATUOU EM NOSSO MUNICÍPIO COMO POLICIAL MILITAR ATÉ SE APOSENTAR COMO 1º TENENTE, APRESENTANDO SEMPRE UM COMPORTAMENTO EXEMPLAR E DIGNO DE UM DEFENSOR E PACIFICADOR DA POPULAÇÃO, MERECENDO, PORTANTO, TODO NOSSO RESPEITO.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2274/2274_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2274/2274_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO JOVEM OLAVO LEAL SILVÉRIO, QUE TEVE SEU PROJETO SOBRE ERGONOMIA APROVADO DENTRE CENTENAS, SUPERANDO INCLUSIVE PROJETOS APRESENTADOS POR MESTRES E DOUTORES, E AGORA IRÁ APRESENTÁ-LO EM SETEMBRO PRÓXIMO NUM CONGRESSO MUNDIAL NA FRANÇA.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2275/2275_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2275/2275_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SR. DOMINGOS APARECIDO RODRIGUES DE OLIVEIRA, REPRESENTANTE DO JORNAL "GUARIBA NOTÍCIAS", PELO TRANSCURSO DO SEU ANIVERSÁRIO, COMEMORADO NO DIA 1º DE MAIO.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2276/2276_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2276/2276_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO POLICIAL MILITAR MÁRCIO APARECIDO DE OLIVEIRA PELA SUA PROMOÇÃO AO POSTO DE CABO PM.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2277/2277_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2277/2277_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS INTEGRANTES DA IGREJA EVANGÉLICA MANANCIAL ÁGUAS DO TRONO, NAS PESSOAS DO PASTOR RUBENS CARLOS DE SOUZA E PASTORA ALEXANDRA CRISTINA PUIANI DE SOUZA, PELO LANÇAMENTO DO JORNAL DAQUELA CONGREGAÇÃO.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2278/2278_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2278/2278_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A SRA. MARIA APARECIDA BARRIOS RAGAZZI (LIA), EX- SECRETÁRIA MUNICIPAL DE ASSISTÊNCIA E PROMOÇÃO SOCIAL, PELO EXCELENTE TRABALHO E RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE DURANTE O TEMPO EM QUE PERMANECEU À FRENTE DAQUELA PASTA.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2304/2304_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2304/2304_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MARIA SOARES DOS SANTOS.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2305/2305_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2305/2305_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. CLAUDEMIR DOS SANTOS.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2306/2306_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2306/2306_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MARIA FAUSTINA CORASSA.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2307/2307_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2307/2307_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. JOANA ALVES DOS ANJOS.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2308/2308_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2308/2308_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. BRIVALDO ROMA.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2309/2309_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2309/2309_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MARIA FARINELLI DE CAMPOS.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2310/2310_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2310/2310_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. HILDA DA SILVA MARIOTTO.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2311/2311_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2311/2311_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. TEREZINHA RIBEIRO DE SOUZA.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2312/2312_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2312/2312_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JAIR DOMINGUES DA SILVA.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2313/2313_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2313/2313_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOÃO FRANCISCO.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2314/2314_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2314/2314_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. JULIETA NATÁLIA DE JESUS.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2315/2315_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2315/2315_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. LAURINDO EDUARDO.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2316/2316_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2316/2316_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOSÉ CARLOS MARCONDES.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2317/2317_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2317/2317_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ROQUE DI MASTROGIROLAMO.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2318/2318_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2318/2318_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOÃO FERNANDES.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2319/2319_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2319/2319_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS MUNÍCIPES VANILZA CRISTINA DA SILVA, MARCOS ROBERTO MASSARA, ADRIANA DE MATTOS, FÁBIO FREJUELLO E PRISCILA FERREIRA DOS SANTOS, PELA APROVAÇÃO NO EXAME DA OAB/SP.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2320/2320_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2320/2320_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO 3º PELOTÃO DE POLÍCIA MILITAR DE GUARIBA, EM ESPECIAL À EQUIPE COMPOSTA PELO CABO PM HELÁDIO APARECIDO ALVES FREITAS PESTRINI E SOLDADOS JOSILO JOSUÉ DE LIMA, WILLIAM DE OLIVEIRA CADETI, CARLOS HENRIQUE BRUNETTI E SÉRGIO ANDRADE SILVEIRA, PELO ÓTIMO TRABALHO QUE VÊM REALIZANDO EM NOSSO MUNICÍPIO, PRINCIPALMENTE PELO DESEMPENHO NO CASO DE TENTATIVA DE ROUBO OCORRIDO NA MADRUGADA DE SEGUNDA PARA TERÇA-FEIRA (25 DE MAIO) NA AGÊNCIA LOCAL DO BANCO SANTANDER, OS QUAIS, NUMA FORMA RÁPIDA E EFICIENTE, PRENDERAM OS MELIANTES E FRUSTRARAM O ASSALTO, SEM CAUSAR NENHUMA VÍTIMA.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2321/2321_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2321/2321_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. SARA RUTH ESCOLÁSTICA SALES NECHAR, MÃE DO DEPUTADO FEDERAL DR. NECHAR.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>Dr. Carósio, Cassio Santa Cruz, Dr Francisco, Flávio Maduro, Marquinhos Osti, Nilton Varella, Nilza do Cibalena, Valdevino da Bocha</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2322/2322_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2322/2322_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO NOSSO COLEGA E AMIGO DR. PEDRO CARLOS GARCIA DIAS, BEM COMO AOS SEUS FILHOS, DOUTORES PEDRO AMÉRICO GARCIA DIAS E LUCAS JOSÉ GARCIA DIAS, PELA PARTICIPAÇÃO NO XXXI CONGRESSO PAULISTA DE CARDIOLOGIA, REALIZADO NO EXPO CENTER NORTE, NA CIDADE DE SÃO PAULO.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2323/2323_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2323/2323_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A SRTA. ELIANA ZAGUI, NASCIDA EM GUARIBA E DE FAMÍLIA QUE AINDA AQUI RESIDE, QUE SE TORNOU UM EXEMPLO DE SUPERAÇÃO NÃO APENAS PARA NÓS GUARIBENSES, MAS PARA TODO O BRASIL.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2340/2340_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2340/2340_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOÃO TROMBELA.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2342/2342_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2342/2342_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MARIA OLÍMPIA JESUS PEIXOTO.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2344/2344_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2344/2344_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. ELZA PEREIRA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2346/2346_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2346/2346_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MARIANA GOMES DA VEIGA.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2348/2348_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2348/2348_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS PROPRIETÁRIOS DO SUPERMERCADO COJIBA PELA INAUGURAÇÃO DA NOVA LOJA EM 31 DE MAIO P.P, SEDIADA EM AMPLAS E MODERNAS INSTALAÇÕES.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2369/2369_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2369/2369_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. IRACEMA BRAVIN DE CÁPUA.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2370/2370_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2370/2370_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. LEONARDO BARBADO.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2371/2371_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2371/2371_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. CARLOS ALVES RIBEIRO.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2372/2372_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2372/2372_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. PEDRO ALCEBÍADES DA SILVA.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2373/2373_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2373/2373_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. EUCLIDES NENÊ.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2374/2374_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2374/2374_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. EISMAEL PINDOBEIRA ALMEIDA.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2375/2375_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2375/2375_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. DOGAIR MOREIRA DE SOUZA.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2376/2376_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2376/2376_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. APARECIDO CAMARGO FILHO.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2377/2377_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2377/2377_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. BENEDITO CAMPOS.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2378/2378_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2378/2378_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MARIA DAS DORES GOMES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2379/2379_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2379/2379_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. MANOEL PAIVA.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2380/2380_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2380/2380_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. OLÍVIA ADRIANO.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2381/2381_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2381/2381_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS RADIALISTAS ADRIANO MONTEIRO, RICARDO OLIVEIRA E CLEBER BOTTA, DA EQUIPE ESPORTIVA DA RÁDIO 105 - FM, PELO EXCELENTE TRABALHO QUE VÊM DESENVOLVENDO NA COBERTURA DOS JOGOS DO GUARIBA ESPORTE CLUBE, DESTACANDO-SE A VIBRANTE TRANSMISSÃO QUANDO O NOSSO "COBRA CANAVIEIRA" BATEU A EQUIPE DO PAULISTINHA, NA CIDADE DE SÃO CARLOS.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2382/2382_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2382/2382_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO MUNÍCIPE GILBERTO CHIQUITO, INSIGNE COLECIONADOR DE CAMISAS DE TIMES DE FUTEBOL, PELA ENTREVISTA CONCEDIDA À TV RECORD, QUE ABORDOU O INTERESSANTE TEMA RELACIONADO AO SEU HOBBY.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2383/2383_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2383/2383_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À SRA. CÉLIA REGINA GARCIA ESPAGNOL, DIRETORA DE SECRETARIA DA CÂMARA MUNICIPAL DE GUARIBA, PELO TRANSCURSO DO SEU ANIVERSÁRIO, COMEMORADO NO DIA 10 DE JUNHO.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2384/2384_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2384/2384_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO MUNÍCIPE JOSÉ DE FÁTIMA SOARES (ZÉ DE FÁTIMA) PELA ASSUNÇÃO AO CARGO DE SECRETÁRIO NACIONAL DE POLÍTICAS AGRÍCOLA E AGRÁRIA DO CBDT - CENTRAL BRASILEIRA DEMOCRÁTICA DE TRABALHADORES.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2385/2385_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2385/2385_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO PREFEITO HERMÍNIO DE LAURENTIZ NETO E EQUIPE PELAS OBRAS JÁ REALIZADAS E EM ANDAMENTO, DAS QUAIS CITAMOS A CONSTRUÇÃO DA PRAÇA PÚBLICA NA COHAB II E A ACADEMIA DE GINÁSTICA NO GINÁSIO DE ESPORTES "VEREADOR EDUARDO ATIQUE".</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2415/2415_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2415/2415_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. GEISSE CRISTINA.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2416/2416_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2416/2416_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOÃO MORAES.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2417/2417_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2417/2417_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. FLORINDA DE SOUZA ROCHA.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2418/2418_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2418/2418_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. OSWALDO FERNANDES.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2420/2420_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2420/2420_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. MANOEL MOREIRA PINTO.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2422/2422_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2422/2422_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. IRENE RODRIGUES DIONÍSIO.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2423/2423_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2423/2423_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOSÉ DE SOUZA BENEDITO.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2425/2425_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2425/2425_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. OLINDA DIAS DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2427/2427_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2427/2427_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. TAINÁ HELENA BARBETA.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2429/2429_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2429/2429_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. IRÊNIO RODRIGUES OLIVEIRA.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2431/2431_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2431/2431_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. OSWALDO ROQUE.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2434/2434_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2434/2434_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. FRANCISCA LEITE DE OLIVEIRA FERREIRA.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ANTONIO FARIA FILHO.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2439/2439_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2439/2439_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. EDWIRGES DAS DORES.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2441/2441_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2441/2441_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. BARTOLOMEU PRIETO.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2444/2444_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2444/2444_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOSÉ GENEROSO DA SILVA.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2446/2446_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2446/2446_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ANDRELINO PRAXEDES GOMES.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2448/2448_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2448/2448_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. BENEDITO BALABENUTE.</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2451/2451_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2451/2451_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. TEREZINHA PEREIRA FERREIRA.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2452/2452_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2452/2452_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. ORLANDA GARCIA ANDRADE.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2453/2453_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2453/2453_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. DOMINGAS FERREIRA DE SOUZA OLIVEIRA.</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2454/2454_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2454/2454_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO PREFEITO HERMÍNIO DE LAURENTIZ NETO E AO SECRETÁRIO MUNICIPAL DE EMPREGO E RELAÇÕES DO TRABALHO, JOSÉ ROBERTO FERNANDES DE ABREU (TICO), PELA INAUGURAÇÃO DAS SALAS DESCENTRALIZADAS DA ETEC - GUARIBA, NO DIA 23 DE JULHO.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2455/2455_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2455/2455_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO PREFEITO HERMÍNIO DE LAURENTIZ NETO E À SECRETÁRIA MUNICIPAL DE SAÚDE, ENFERMEIRA-PADRÃO ELIZABETH HELENA CORRÊA PORTO, PELO EXCELENTE TRABALHO REALIZADO NA MODERNIZAÇÃO DA FARMÁCIA MUNICIPAL DO CENTRO DE SAÚDE "DR. ÁLVARO LANDGRAF". ESTENDEMOS NOSSOS PARABÉNS E AGRADECIMENTOS ÀS FARMACÊUTICAS VIVIANE CRISTINA DE SOUZA SEMOLIM BOSCO E ALINE RAMALHO, BEM COMO A TODOS OS FUNCIONÁRIOS DA FARMÁCIA MUNICIPAL, PELO EXCELENTE ATENDIMENTO QUE VÊM PRESTANDO À POPULAÇÃO.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2457/2457_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2457/2457_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO CONSELHO MUNICIPAL DE PASTORES, NAS PESSOAS DO PASTOR WILSON E PASTOR RUBINHO, BEM COMO A TODOS QUE CONTRIBUÍRAM NA ORGANIZAÇÃO DA 1ª FESTA DA PAZ, REALIZADA EM 19 DE JUNHO, NO PARQUE DOS LAGOS "VEREADOR LUIZ DA CONCEIÇÃO". FAZEMOS UMA MENÇÃO E AGRADECIMENTO ESPECIAL AO DEPUTADO FEDERAL DR. NECHAR, QUE PROPORCIONOU TODA LOGÍSTICA DO EVENTO.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2525/2525_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2525/2525_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. LUIZ BARICHELLO NETO.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2526/2526_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2526/2526_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. GUIOMAR MORANDIM TAVEIRA.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>Cassio Santa Cruz, Dr. Carósio, Nilton Varella</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2535/2535_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2535/2535_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO COLEGA E AMIGO MARCOS HENRIQUE OSTI PELA ASSUNÇÃO À PRESIDÊNCIA DO CENTRO ACADÊMICO DE DIREITO "DALMO DE ABREU DALLARI", VINCULADO À FACULDADE DE DIREITO SÃO LUÍS, DE JABOTICABAL.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>Dr. Carósio, Cassio Santa Cruz, Marquinhos Osti, Nilton Varella</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2539/2539_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2539/2539_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS ADVOGADOS DE NOSSO MUNICÍPIO PELA PASSAGEM DO "DIA DO ADVOGADO", COMEMORADO EM 11 DE AGOSTO, PARABENIZANDO EM ESPECIAL OS ORGANIZADORES DO JANTAR ALUSIVO À DATA PROMOVIDO PELA 237ª SUBSEÇÃO DA OAB DE GUARIBA. </t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2540/2540_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2540/2540_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS PROPRIETÁRIOS, FUNCIONÁRIOS E COLABORADORES DO JORNAL "GUARIBA NOTÍCIAS" PELO 15º ANIVERSÁRIO DE SUA FUNDAÇÃO, TRANSCORRIDO NO DIA 12 DE AGOSTO.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2541/2541_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2541/2541_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO AMIGO E COMPANHEIRO LUCIANO JOSÉ NANZER PELA BRILHANTE APROVAÇÃO NO EXAME DA ORDEM DOS ADVOGADOS DO BRASIL - OAB/SP. </t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2542/2542_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2542/2542_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO AMIGO E COMPANHEIRO DANIEL LOUZADA PELA APROVAÇÃO NO EXAME DA ORDEM DOS ADVOGADOS DO BRASIL - OAB/SP. </t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2543/2543_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2543/2543_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO JOVEM LUIZ MARCELO THEODORO DE LIMA JÚNIOR PELA APROVAÇÃO NO EXAME DA ORDEM DOS ADVOGADOS DO BRASIL - OAB/SP.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2549/2549_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2549/2549_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SR. OLÍMPIO VIEIRA DA SILVA POR TER SIDO ORDENADO COMO ANCIÃO DA CONGREGAÇÃO CRISTÃ NO BRASIL. </t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>Cassio Santa Cruz, Dr. Carósio</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2551/2551_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2551/2551_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SR. JOÃO DE MOURA, PROPRIETÁRIO DA REFRIGERAÇÃO MOURA, PELOS EXCELENTES SERVIÇOS QUE VEM PRESTANDO À POPULAÇÃO GUARIBENSE EM SEU RAMO DE ATIVIDADE, DESTACANDO A COMPETÊNCIA, BOM ATENDIMENTO, SERIEDADE E HONESTIDADE.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2552/2552_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2552/2552_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO PREFEITO MUNICIPAL DE TAIAÇU, SR. ANTONIO RODRIGUES CALDEIRA, BEM COMO AO SR. JOSÉ CARLOS SCIARRA (CAIO), SECRETÁRIO DA JUNTA DE SERVIÇO MILITAR DAQUELA CIDADE, PELA GENTIL RECEPÇÃO E PELO HONROSO CONVITE FEITO AO PRESIDENTE DESTA CASA, VEREADOR MARCOS HENRIQUE OSTI, PARA PARTICIPAR DA CERIMÔNIA DE COMPROMISSO À BANDEIRA, REALIZADA EM 13 DE AGOSTO.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2487/2487_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2487/2487_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À JOVEM DÉBORA PEREIRA SONIEVSKI, ALUNA DA "E.E. JOSEPHINA DE CAMARGO NEVES", CLASSIFICADA PARA CONCORRER NAS OLIMPÍADAS DE LÍNGUA PORTUGUESA 2010. ESTENDEMOS ESTES VOTOS À PROFESSORA GRAZIELA SIMÕES ZEVIANI, DOCENTE RESPONSÁVEL PELA SUA PREPARAÇÃO.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2488/2488_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2488/2488_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. GERALDO GOMES MACHADO.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2489/2489_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2489/2489_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ARMIRO MATA DE MORAES.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2490/2490_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2490/2490_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. PAULO EDUARDO GANDINI.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2491/2491_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2491/2491_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. MOACIR GOMES RAMALHO.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2492/2492_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2492/2492_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ITAJIBA MISTRO.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2493/2493_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2493/2493_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. JACIRA TOZETTI DE SANTANA.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2494/2494_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2494/2494_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. CELINO MUNIZ.</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2495/2495_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2495/2495_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. SEBASTIÃO GONÇALVES DA PAIXÃO.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2496/2496_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2496/2496_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. ROSA INÊS VICENTIM.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2497/2497_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2497/2497_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOSÉ NATAL DOS SANTOS PERDIZ.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2498/2498_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2498/2498_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. NELSON FERREIRA DE ARAÚJO.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2499/2499_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2499/2499_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. ERMELICIANA RODRIGUES FERREIRA.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2500/2500_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2500/2500_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. MÁRIO FERREIRA GOMES.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2507/2507_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2507/2507_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ROBERTO ALVES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2509/2509_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2509/2509_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. CONCEIÇÃO DE GODÓI BUENO.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2511/2511_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2511/2511_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ANTONIO CARLOS DE LAURENTIZ.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2514/2514_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2514/2514_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SR. GILMAR REGINALDO COSTA, ENFERMEIRO DO HOSPITAL REGIONAL "FRANCISCO CARNEIRO D'ALBUQUERQUE", PELO EXCELENTE TRABALHO QUE VEM REALIZANDO E PELO BOM ATENDIMENTO PRESTADO AOS NOSSOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2516/2516_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2516/2516_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À ENFERMEIRA APOSENTADA CORINA ALBUQUERQUE DE OLIVEIRA PELOS RELEVANTES SERVIÇOS QUE PRESTOU À POPULAÇÃO GUARIBENSE DURANTE O TEMPO EM QUE EXERCEU SUA NOBRE PROFISSÃO.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2517/2517_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2517/2517_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A SRA. DONÁRIA VIANA SILVA (DONA EULÁLIA), PELA EMOCIONANTE LIÇÃO DE SOLIDARIEDADE HUMANA, DE COMUNHÃO FRATERNA E DE AMOR AO PRÓXIMO.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2518/2518_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2518/2518_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À RÁDIO ESTÚDIO 87 FM, ATRAVÉS DE TODOS OS SEUS DIGNOS PROFISSIONAIS, COM UM CORDIAL DESTAQUE PARA O SEU PROPRIETÁRIO, RADIALISTA JUNINHO LEITE, SEUS DIRETORES E DEMAIS COLABORADORES, PELA PASSAGEM DO QUARTO ANIVERSÁRIO DE SUA FUNDAÇÃO, BEM COMO PELOS RELEVANTES SERVIÇOS QUE A EMISSORA VEM PRESTANDO À COMUNIDADE GUARIBENSE.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2519/2519_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2519/2519_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À DRA. ELAINE RODRIGUES DE ALBUQUERQUE PRADO PELA POSSE COMO MEMBRO DA COMISSÃO DE ENSINO JURÍDICO DA OAB SÃO PAULO, NO ÚLTIMO DIA 26 DE AGOSTO.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2521/2521_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2521/2521_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SOLDADO PM VALDIVINO RIBEIRO DA ROCHA, INTEGRANTE DO 3º PELOTÃO PM DE GUARIBA, PELOS RELEVANTES SERVIÇOS PRESTADOS À POPULAÇÃO NA ÁREA DA SEGURANÇA PÚBLICA.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>Valdevino da Bocha, Dr. Carósio, Dr Francisco, Dr. Pedro Carlos, Flávio Maduro, Marquinhos Osti, Nilton Varella, Nilza do Cibalena</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2522/2522_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2522/2522_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO PREFEITO HERMÍNIO DE LAURENTIZ NETO, BEM COMO À SECRETÁRIA MUNICIPAL DE OBRAS E SERVIÇOS, LUCIMARA APARECIDA DAS GRAÇAS CORTEZI, E EQUIPE, PELAS OBRAS JÁ REALIZADAS E EM ANDAMENTO, DANDO DESTAQUE À BELÍSSIMA PRAÇA CONSTRUÍDA NA COHAB II.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2445/2445_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2445/2445_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. NORBERTO CAETANO DAS NEVES.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2447/2447_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2447/2447_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MARINA VIEIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2449/2449_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2449/2449_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. SANDRA DAMASCENO PORTAPILA.</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2450/2450_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2450/2450_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. CRISTIANE FERNANDA PORTAPILA.</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2456/2456_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2456/2456_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. IVANOR MACHADO DA SILVA.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2458/2458_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2458/2458_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ANDRÉ ROBERTO PEREIRA.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2459/2459_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2459/2459_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. JOÃO MANOEL DOS SANTOS.</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2460/2460_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2460/2460_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SR. DANIEL LOUZADA, SECRETÁRIO MUNICIPAL DE INDÚSTRIA, COMÉRCIO E ABASTECIMENTO, PELOS INESTIMÁVEIS SERVIÇOS QUE TEM PRESTADO À MUNICIPALIDADE COMO MESTRE DE CERIMÔNIA NAS SOLENIDADES OFICIAIS, DESTACANDO SUA ATUAÇÃO DURANTE O DESFILE DO DIA DA CIDADE.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2461/2461_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2461/2461_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS ARTISTAS JOÃO BALDAN, ANTONIO FANTOZZI, ANTONINHA DE LOURDES PANOBIANCO PETRINI, ALEX NASCIMENTO, BEM COMO A TODOS OS PARTICIPANTES E ORGANIZADORES DO 1º VERNISSAGE DE GUARIBA, REALIZADO DE 13 A 17 DE SETEMBRO NA SEDE SOCIAL DO GUARIBINHA CLUBE, QUE ENGRANDECEU SOBREMANEIRA OS FESTEJOS DA DATA MAIOR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2462/2462_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2462/2462_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À JOVEM MARIA JÚLIA DE MIGUEL AMISTÁ PELA GRADUAÇÃO COMO NUTRICIONISTA PELA FACULDADE FEDERAL DO TRIÂNGULO MINEIRO, DE UBERABA.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2463/2463_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2463/2463_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À DIREÇÃO E MEMBROS DA IGREJA ASSEMBLEIA DE DEUS - MADUREIRA PELO 50º ANIVERSÁRIO DE SUA FUNDAÇÃO. </t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2464/2464_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2464/2464_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À DIREÇÃO E MEMBROS DA PRIMEIRA IGREJA BATISTA PELA ORGANIZAÇÃO E REALIZAÇÃO DO "ENCONTRO DE MISSÕES", BEM COMO PELA PRESENÇA DO PASTOR AYODELE OGUNTOYE, GRADUADO EM TEOLOGIA E AUTOR DE VÁRIOS LIVROS, ALÉM DE PARTICIPANTE DO INSTITUTO HAGGAI EM SINGAPURA.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2465/2465_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2465/2465_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO PREFEITO HERMÍNIO DE LAURENTIZ NETO PELAS INAUGURAÇÕES FEITAS NO DIA 21 DE SETEMBRO, TODAS DE GRANDE IMPORTÂNCIA PARA O MUNICÍPIO E, PRINCIPALMENTE, PARA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2569/2569_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2569/2569_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ODAIR RIBEIRO CARVALHO.</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2570/2570_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2570/2570_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. LUIZ CARLOS COLOCCA.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2573/2573_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2573/2573_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. BENEDITO MARIOTTO.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2574/2574_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2574/2574_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. BENTO CRUZATO.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2575/2575_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2575/2575_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO JOVEM LEANDRO DOS SANTOS.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2577/2577_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2577/2577_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS MEMBROS DA IGREJA MISSIONÁRIA ALIANÇA COM CRISTO DE GUARIBA, NAS PESSOAS DO PASTOR ISNALDO E DA PASTORA ROSE, PELA ORGANIZAÇÃO DAS COMEMORAÇÕES ALUSIVAS AO SEGUNDO ANO DE EXISTÊNCIA DA IGREJA EM GUARIBA, QUE SE REALIZARÃO DE 07 A 10 DE OUTUBRO.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2547/2547_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2547/2547_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MAÍSA GABRIELA DA SILVA GOMES.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2548/2548_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2548/2548_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. GERALDA PEREIRA.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2550/2550_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2550/2550_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. JOSEPHA QUIRINO DA CONCEIÇÃO.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2553/2553_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2553/2553_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. CONSTANTINO DE SOUZA MATTOS.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2554/2554_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2554/2554_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. NITA GOMES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2555/2555_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2555/2555_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. LUIZ VALE SOARES.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2558/2558_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2558/2558_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ROMEU ANTONIO MOREIRA.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2559/2559_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2559/2559_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. BENEDITO BERNARDO.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2564/2564_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2564/2564_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. HEITOR FRANCHIM.</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2566/2566_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2566/2566_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. ODETE DANTAS DOS SANTOS.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2571/2571_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2571/2571_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. LUIZ GUEDES DE CARVALHO.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2572/2572_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2572/2572_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ANTONIO FABIANO LIMA PAIXÃO.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2578/2578_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2578/2578_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. VALDEMAR HARBIS.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2579/2579_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2579/2579_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. IRACI PELÚCIO.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2580/2580_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2580/2580_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À DIRETORIA E A TODOS OS INTEGRANTES DA ASSOCIAÇÃO ESPÍRITA RENASCER PELA INAUGURAÇÃO DA CASA RENASCER.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2581/2581_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2581/2581_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES PELO "DIA DO MÉDICO", TRANSCORRIDO EM 18 DE OUTUBRO.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2582/2582_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2582/2582_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES PELO DO "DIA DO PROFESSOR", COMEMORADO EM 15 DE OUTUBRO.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2583/2583_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2583/2583_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À DIREÇÃO DA REDE TOTAL GUARIFARMA PELA INESTIMÁVEL CONTRIBUIÇÃO DADA À MUNICIPALIDADE, COM A INSTALAÇÃO DE LIXEIRAS EM VÁRIOS PONTOS DA CIDADE.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2584/2584_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2584/2584_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO PROFESSOR ANTONIO EDERALDO CAMPANHÃO (DERA) PELA BELÍSSIMA EXPOSIÇÃO DE PRODUTOS ARTÍSTICOS E ARTESANAIS, DE SUA CRIAÇÃO, NO RECINTO DA CÂMARA MUNICIPAL DE GUARIBA, NOS DIAS 6, 7 E 8 DE OUTUBRO.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2585/2585_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2585/2585_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO CABO PM MÁRCIO CÉSAR DOS SANTOS E AOS SOLDADOS RICARDO BRUNETTI E CARLOS HENRIQUE BRUNETTI, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2586/2586_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2586/2586_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO PREFEITO HERMÍNIO DE LAURENTIZ NETO, À SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, AO SECRETÁRIO MUNICIPAL DE ESPORTES, LAZER E CULTURA, À SERVIDORA SAMIRA BAUAB E A TODOS QUE DIRETA OU INDIRETAMENTE AJUDARAM NA ORGANIZAÇÃO E SUCESSO DO "DIA DO BRINCAR" E NO ALMOÇO DE CONFRATERNIZAÇÃO EM COMEMORAÇÃO AO DIA DO PROFESSOR.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2625/2625_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2625/2625_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ROSÂNGELO DA SILVA SANTOS.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2626/2626_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2626/2626_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ADÃO DE BARROS.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2627/2627_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2627/2627_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. MORELO POIANO.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2628/2628_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2628/2628_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. PATROCÍNIA PEREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2629/2629_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2629/2629_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MARIA DA VEIGA MACHADO.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2630/2630_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2630/2630_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. MANOEL JOAQUIM ALVES.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2631/2631_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2631/2631_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. ODILA SOARES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2632/2632_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2632/2632_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. SANDRA CLÁUDIA PEREIRA.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2633/2633_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2633/2633_texto_integral.pdf</t>
   </si>
   <si>
     <t>EQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. SATURNINA RODRIGUES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2634/2634_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2634/2634_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. NILSON MOREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>Cassio Santa Cruz, Dr. Carósio, Dr Francisco, Flávio Maduro, Marquinhos Osti, Nilton Varella, Nilza do Cibalena, Valdevino da Bocha, Dr. Pedro Carlos</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2635/2635_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2635/2635_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO PASTOR OSMAR DA COSTA PEREIRA, BEM COMO A TODA DIREÇÃO E MEMBROS DA IGREJA ASSEMBLÉIA DE DEUS MINISTÉRIO DE GUARIBA, PELA INAUGURAÇÃO DA SUBSEDE DA ENTIDADE, NO DIA 7 DE NOVEMBRO P.P.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2636/2636_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2636/2636_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO DR. IZILDO APARECIDO BELTRAME, DELEGADO DE POLÍCIA DA COMARCA DE GUARIBA, E TAMBÉM AOS POLICIAIS CIVIS E FUNCIONÁRIOS DAQUELA DELEGACIA, PELOS RELEVANTES SERVIÇOS PRESTADOS À SEGURANÇA PÚBLICA DO MUNICÍPIO, DESTACANDO A APREENSÃO DE 15 QUILOS DE MACONHA, JUNTAMENTE COM COCAÍNA, ARMAS E MUNIÇÕES, NO DIA 28 DE JUNHO, OPERAÇÃO QUE LHES VALEU AS CONGRATULAÇÕES E ELOGIOS DA DELEGACIA GERAL DE POLÍCIA.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2637/2637_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2637/2637_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A SRA. GISLENE MARIA DE CASTRO MARTINS DUARTE, PRESIDENTE DA ENTIDADE "OLHOS DA ALMA", DE JABOTICABAL, BEM COMO A TODOS OS INTEGRANTES DAQUELA ENTIDADE, PELO EMPENHO, DEDICAÇÃO E LUTA PARA INTEGRAR NA SOCIEDADE OS DEFICIENTES VISUAIS E PORTADORES DE DEFICIÊNCIAS MÚLTIPLAS QUE INCLUEM A VISÃO, DESTACANDO A REALIZAÇÃO DA BRILHANTE PALESTRA PROFERIDA NO DIA 27 DE OUTUBRO PELO SR. CLÓVIS ALBERTO, REPRESENTANTE DO INSTITUTO LARAMARA DE SÃO PAULO.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2638/2638_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2638/2638_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO ENGENHEIRO LUCIANO TESSARI ROCCA, PROPRIETÁRIO DA IMOBILIÁRIA SANTA CAROLINA, PELO LANÇAMENTO E IMPLANTAÇÃO DO LOTEAMENTO "MACAÚBAS", TOTALMENTE REGULAR E UM CAMINHO CONCRETO PARA MUITAS FAMÍLIAS CONQUISTAR A TÃO SONHADA CASA PRÓPRIA.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2642/2642_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2642/2642_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS INTEGRANTES DO TLC - TREINAMENTO DE LIDERANÇA CRISTÃ, PELA REALIZAÇÃO, NA CAPELA SÃO SEBASTIÃO, DO EVENTO QUE OBJETIVA AGREGAR VALORES AOS NOSSOS JOVENS, DIRECIONANDO-OS PARA UM FUTURO MELHOR. EVENTO ESSE QUE CONTOU TAMBÉM COM PARTICIPANTES DE MONTE ALTO, DOBRADA E TAQUARITINGA.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2644/2644_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2644/2644_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SR. ANAVEGILDO DOS SANTOS BRITO PELO INESTIMÁVEL SERVIÇO QUE VEM PRESTANDO À COMUNIDADE EM RELAÇÃO AO MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2677/2677_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2677/2677_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. SAMUEL HENRIQUE ALMEIDA DE MATOS.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2678/2678_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2678/2678_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. JOSEPHINA DE SOUZA E SILVA.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2679/2679_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2679/2679_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. INÁCIO MOREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2680/2680_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2680/2680_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MARIA GEORGINA DA PAIXÃO.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2681/2681_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2681/2681_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. MARIA RODRIGUES DA SILVA.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2682/2682_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2682/2682_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. LUIZA VIZENTIN FRUCTUOSO.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2683/2683_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2683/2683_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES PELO "DIA DA CONSCIÊNCIA NEGRA", COMEMORADO EM 20 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>Dr Francisco, Cassio Santa Cruz, Dr. Carósio, Flávio Maduro, Marquinhos Osti, Nilton Varella, Nilza do Cibalena, Valdevino da Bocha</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2684/2684_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2684/2684_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO VEREADOR PEDRO CARLOS GARCIA DIAS PELO TRANSCURSO DO SEU ANIVERSÁRIO, COMEMORADO NO DIA 22 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2685/2685_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2685/2685_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À DIRETORIA DA RÁDIO 105,3 - FM, BEM COMO A TODOS OS ORGANIZADORES DA "PRIMEIRA TAÇA DE FUTSAL 105,3 - FM".</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2686/2686_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2686/2686_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À DIRETORIA DA USINA SANTA ADÉLIA PELA LIBERAÇÃO DA PESCA EM SUAS REPRESAS AOS MUNÍCIPES DE GUARIBA E OUTRAS CIDADES VIZINHAS, SEJAM ELES FUNCIONÁRIOS OU NÃO.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2687/2687_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2687/2687_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS INTEGRANTES DA PRIMEIRA IGREJA BATISTA DE GUARIBA PELO ANIVERSÁRIO DE SUA FUNDAÇÃO, A TRANSCORRER EM 26 DE NOVEMBRO, PORÉM COMEMORADO EM 20 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>Dr Francisco, Nilton Varella</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2688/2688_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2688/2688_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A SRA. GISELE MARIA GERBASI FRANCISCO, ASSISTENTE EDUCACIONAL DE ARTE, BEM COMO AO CORPO DOCENTE QUE ORGANIZOU A EXPOSIÇÃO "VIAGEM AO MUNDO DA ARTE", MOSTRA DE TRABALHOS ARTÍSTICOS DOS ALUNOS DO 6º AO 8º ANO DO ENSINO FUNDAMENTAL E ALUNOS DO EJA - EDUCAÇÃO DE JOVENS E ADULTOS, QUE ESTÁ SENDO REALIZADA DE 22 A 26 DE NOVEMBRO, NO LIONS CLUBE DE GUARIBA.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2689/2689_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2689/2689_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO DEPUTADO ROBERTO ENGLER PELA VISITA FEITA A NÓS NO DIA 21 DE NOVEMBRO, BEM COMO PELA ATENÇÃO QUE TEM DADO AO MUNICÍPIO DE GUARIBA.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2690/2690_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2690/2690_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À SERVIDORA SAMIRA BAUAB, BEM COMO A TODOS QUE DIRETA OU INDIRETAMENTE AJUDARAM NA ORGANIZAÇÃO E SUCESSO DO BELÍSSIMO ESPETÁCULO "DANÇA DE RUA", QUE CONTOU COM A PARTICIPAÇÃO DE VÁRIOS GRUPOS DE GUARIBA E OUTRAS CIDADES DA REGIÃO, APRESENTADO NO DIA 20 DE NOVEMBRO, NO GINÁSIO DE ESPORTES "VEREADOR EDUARDO ATIQUE".</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2639/2639_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2639/2639_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. ANTONIO ROQUE.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2640/2640_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2640/2640_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. ADALGIZA RODRIGUES FIRMINO.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2641/2641_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2641/2641_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DA SRA. TEREZINHA FERREIRA.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2643/2643_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2643/2643_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO ENGENHEIRO MARCELO ROBERTO GASTALDO, VEREADOR À CÂMARA MUNICIPAL DE JUNDIAÍ E 1º SECRETÁRIO DE SUA MESA DIRETORA, BEM COMO AO ASSESSOR DE GABINETE JOÃO ALBERTO GONÇALVES E TODA EQUIPE, PELA ATENÇÃO E DEFERÊNCIA COM QUE RECEBERAM O VEREADOR CÁSSIO APARECIDO PEREIRA QUANDO DE SUA VISITA ÀQUELA CASA COIRMÃ.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2645/2645_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2645/2645_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À DIRETORIA, PROFESSORES, FUNCIONÁRIOS E ALUNOS DA ESCOLA "JOSÉ PACÍFICO" PELA REALIZAÇÃO DA "SEMANA EXPOSIÇÃO VALOR ESCOLA", QUE TRATOU DE ASSUNTOS SOBRE DST, TABAGISMO, ÁLCOOL, DROGA ETC.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2646/2646_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2646/2646_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSIGNADA NA ATA DOS TRABALHOS DESTA SESSÃO ORDINÁRIA UMA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A SRA. MARA REGINA PIACENTI OLIVEIRA E A SRA. DANILA NÁLIO SIGLIANO FIOROTTO, ASSISTENTE REGIONAL E SUPERINTENDENTE REGIONAL DO BANCO SANTANDER, RESPECTIVAMENTE; BEM COMO A TODOS OS ORGANIZADORES DO ENCONTRO OCORRIDO NO DIA 03 DE DEZEMBRO, NO GUARIBINHA CLUBE, QUE REUNIU FUNCIONÁRIOS DE AGÊNCIAS DO SANTANDER DA REGIÃO.</t>
   </si>
   <si>
     <t>10129</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Cassio Santa Cruz, Dr. Carósio, Marquinhos Osti, Nilton Varella, Valdevino da Bocha, Dr Francisco, Dr. Pedro Carlos, Flávio Maduro, Nilza do Cibalena</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2010/10129/projeto-decreto-legislativo-01-2010.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2010/10129/projeto-decreto-legislativo-01-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃ GUARIBENSE À SRA. DONARIA VIANA DA SILVA.</t>
   </si>
   <si>
     <t>10130</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2010/10130/projeto-decreto-legislativo-02-2010.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2010/10130/projeto-decreto-legislativo-02-2010.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE GUARIBA, DATA ALUSIVA E COMEMORATIVA AO "DIA DO POLICIAL MILITAR DESTAQUE DO ANO".</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2059/2059_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2059/2059_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE DA PREFEITURA INFORMAR A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, A QUANTAS ANDA O PROCESSO DE IDENTIFICAÇÃO E TRIAGEM DOS EX-SERVIDORES QUE TÊM DIREITO AO RESSARCIMENTO DO FGTS JUNTO À AGÊNCIA DE BAURU DA CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2060/2060_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2060/2060_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REITERA REQUERIMENTO  AO SR. CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE DETERMINE AO SETOR COMPETENTE DA PREFEITURA NOTIFICAR O PROPRIETÁRIO DO TERRENO BALDIO LOCALIZADO NA ESQUINA DA RUA SÃO MARTINHO COM AV. PADRE MANOEL, ONDE ESTÁ IMPLANTADA UMA TORRE DE TELEFONIA, PARA QUE CONSTRUA A CALÇADA E O MURO (COM NO MÍNIMO DOIS METROS DE ALTURA) EM SEU IMÓVEL, DANDO, ASSIM, CUMPRIMENTO AO CÓDIGO DE POSTURAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2061/2061_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2061/2061_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE DA PREFEITURA NOTIFICAR O PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA ESQUINA DA RUA SÃO MARTINHO COM AV. OTÁVIO RANGEL QUE CONSTRUA O PASSEIO PÚBLICO, DANDO, ASSIM, CUMPRIMENTO AO CÓDIGO DE POSTURAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2062/2062_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2062/2062_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA FORNEÇA A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, AS SEGUINTES INFORMAÇÕES: 1) RELAÇÃO DAS DÍVIDAS COM TODOS OS FORNECEDORES ATÉ DEZEMBRO DE 2008, INFORMANDO QUAIS FORAM QUITADAS E SEUS VALORES, SE FOI OU NÃO SOB FORMA JUDICIAL E QUAIS OS ESCRITÓRIOS DE ADVOCACIA QUE FIZERAM ESSE TRABALHO, BEM COMO O PERCENTUAL PAGO A ESSES ESCRITÓRIOS; 2) VALOR GASTO COM TERCEIRIZAÇÃO DE TRANSPORTE EM 2009; 3) SE HOUVE OU NÃO PAGAMENTO DE PRECATÓRIOS DURANTE 2009 E, EM CASO POSITIVO, DISCRIMINE ESSES PAGAMENTOS.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2063/2063_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2063/2063_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. CHEFE DO EXECUTIVO QUE DETERMINE À PROCURADORIA MUNICIPAL, EM COMPLEMENTO À RESPOSTA ENVIADA SOBRE O REQUERIMENTO Nº 0048/09, QUE FORNEÇA A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, CÓPIA DA DETERMINAÇÃO JUDICIAL QUE ESTIPULOU O HORÁRIO DE TRABALHO A SER CUMPRIDO PELO PROCURADOR DR. FLÁVIO ABIMUSSI, OU SEJA, DE SEGUNDA A QUINTA-FEIRA, DAS 08:00 ÀS 12:00 HORAS, E ÀS SEXTAS-FEIRAS, DAS 13:00 ÀS 17:00 HORAS.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2125/2125_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2125/2125_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PROVEDORIA DA IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE GUARIBA, COMO ENTIDADE SUBVENCIONADA PELO MUNICÍPIO, QUE ENVIE A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, RELATÓRIO DE RECEITAS E DESPESAS REFERENTE AO EXERCÍCIO DE 2009.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2199/2199_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2199/2199_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA DA CÂMARA MUNICIPAL QUE SEJA OFICIADO AOS PLANOS DE SAÚDE SÃO FRANCISCO E UNIMED,  INDICA QUE INFORMEM ESTA CASA DE LEIS, COM A MÁXIMA URGÊNCIA  POSSÍVEL, PARA CONHECIMENTO DOS SENHORES VEREADORES, SE OCORREU AUMENTO NA MENSALIDADE DO PLANO DE SAÚDE DAS PESSOAS IDOSAS NOS ÚLTIMOS DOIS ANOS.  CASO POSITIVO, INFORMEM TAMBÉM OS PERCENTUAIS E AS ÉPOCAS EM QUE OCORRERAM OS REAJUSTES.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2201/2201_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2201/2201_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA DA CÂMARA MUNICIPAL QUE SEJA OFICIADO À DIRETORIA DO SÃO FRANCISCO SAÚDE/CLÍNICA DE GUARIBA, PARA QUE PROVIDENCIE RAMPA DE ACESSO EM FRENTE AO PRÉDIO DO AMBULATÓRIO, NA RUA NELO PETRINI,  PARA FACILITAR A ACESSIBILIDADE DOS DEFICIENTES FÍSICOS, GESTANTES, IDOSOS, PESSOAS QUE SOFRERAM CIRURGIA, MÃES COM CRIANÇAS EM CARRINHO DE BEBÊ, ETC.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2203/2203_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2203/2203_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE DA PREFEITURA REMETER A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, CÓPIA DE TODOS OS CARTÕES DE PONTO DO PROCURADOR MUNICIPAL DR. FLÁVIO DE CARVALHO ABIMUSSI - NO PERÍODO QUE ABRANGE SUA REINTEGRAÇÃO AO CARGO ATÉ A PRESENTE DATA - PARA COMPROVAR SE O SERVIDOR CUMPRIU A JORNADA DE VINTE HORAS SEMANAIS.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2279/2279_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2279/2279_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA REQUERIMENTO S AO SR. CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE A SECRETARIA MUNICIPAL DE INDÚSTRIA, COMÉRCIO E ABASTECIMENTO FORNEÇA A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, RELAÇÃO DOS ADQUIRENTES DE IMÓVEIS NO DISTRITO EMPRESARIAL "GOVERNADOR MÁRIO COVAS". REQUER, AINDA, INFORMAÇÕES NO TOCANTE AO CUMPRIMENTO DAS OBRIGAÇÕES ESTIPULADAS NA LEI MUNICIPAL Nº 1.810, DE 15 DE FEVEREIRO DE 2002, E NO EDITAL DE CONCORRÊNCIA PARA ALIENAÇÃO DOS IMÓVEIS. EM CASO DE NÃO CUMPRIMENTO DE OBRIGAÇÕES E/OU INADIMPLÊNCIA, GOSTARÍAMOS DE SABER QUEM SÃO OS ADQUIRENTES E A LOCALIZAÇÃO DOS SEUS LOTES.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2280/2280_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2280/2280_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE INFORME A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, SE A PREFEITURA JÁ CONSTITUIU A COMISSÃO PARA TRATAR DE ASSUNTOS RELACIONADOS AO PROCESSO DA SABESP E O RESPECTIVO CONTRATO COM O MUNICÍPIO DE GUARIBA; BEM COMO A COMISSÃO PARA TRATAR DE ASSUNTOS SOBRE A REFORMA GERAL DO PLANO DIRETOR DO MUNICÍPIO, ONDE ESTÁ INCLUSO, DENTRE OUTROS, O CAPÍTULO REFERENTE AOS LOTEAMENTOS. EM CASO POSITIVO, QUE FORNEÇA O NOME DOS MEMBROS QUE AS COMPÕEM.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2325/2325_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2325/2325_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE DA PREFEITURA INFORMAR A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, SE JÁ TEVE INÍCIO O PROCESSO DE LICITAÇÃO DA SEGUNDA FASE DO DISTRITO EMPRESARIAL "GOVERNADOR MÁRIO COVAS", QUANTOS PRETENDENTES JÁ SE INSCREVERAM E QUEM SÃO ESSAS PESSOAS FÍSICAS OU JURÍDICAS QUE SE INTERESSARAM. REITERA, AINDA, PEDIDO DE INFORMAÇÕES QUANTO AOS LOTES IRREGULARES DAQUELE DISTRITO, OU SEJA, FECHADOS E/OU IMPRODUTIVOS, ALUGADOS A TERCEIROS, COM DÉBITOS, ETC. DA MESMA FORMA, REQUER TAIS INFORMAÇÕES QUANTO AO DISTRITO INDUSTRIAL "NICOLAU BALDAN".</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2326/2326_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2326/2326_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE DA PREFEITURA INFORMAR A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, SE A MUNICIPALIDADE ESTÁ CUMPRINDO O QUE DETERMINA O ARTIGO 14 DA LEI FEDERAL Nº. 11.947, DE 16 DE JUNHO DE 2009, OU SEJA, QUE DO TOTAL DOS RECURSOS FINANCEIROS REPASSADOS PELO FNDE, NO ÂMBITO DO PNAE (PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR), NO MÍNIMO TRINTA POR CENTO DEVERÃO SER UTILIZADOS NA AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DIRETAMENTE DA AGRICULTURA FAMILIAR E DO EMPREENDEDOR FAMILIAR RURAL OU DE SUAS ORGANIZAÇÕES.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2357/2357_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2357/2357_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE DÊ CUMPRIMENTO AO CÓDIGO DE POSTURAS DO MUNICÍPIO NO QUE DIZ RESPEITO AOS ANIMAIS (CAVALOS) QUE ANDAM SOLTOS PELA CIDADE E NAS PISTAS DO ENTORNO, NOTADAMENTE NO TREVO DO BAIRRO ALTO.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2358/2358_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2358/2358_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE INFORME A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, SE ESTÁ NOS PLANOS DA ADMINISTRAÇÃO OU SENDO COGITADO TIRAR OS ÔNIBUS QUE TRANSPORTAM NOSSOS ESTUDANTES PARA A CIDADE DE TAQUARITINGA.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2386/2386_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2386/2386_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE À SECRETARIA DO MEIO AMBIENTE INFORMAR A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, QUAL A PROCEDÊNCIA DO MAU CHEIRO QUE QUASE DIARIAMENTE PAIRA SOBRE A CIDADE, NOTADAMENTE NO ENTARDECER E NO PERÍODO NOTURNO, ATINGINDO PRINCIPALMENTE OS BAIRROS JARDIM VIRGÍNIA, VILA JORDÃO, VILA PROGRESSO, VILA ROCCA E VILA AMORIM. SOLICITA TAMBÉM QUE A SECRETARIA INFORME QUAIS AS MEDIDAS QUE ESTÃO SENDO TOMADAS OU QUE PRETENDE TOMAR EM RELAÇÃO A ESSE PROBLEMA QUE INCOMODA A TODOS.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2387/2387_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2387/2387_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE O ENVIO A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, CÓPIA DO CONTRATO DO CONVÊNIO FIRMADO PELA PREFEITURA COM O BANCO SANTANDER PARA PAGAMENTO DO SALÁRIO DOS SERVIDORES ATRAVÉS DAQUELA INSTITUIÇÃO BANCÁRIA. REQUER, AINDA, QUE SEJA INFORMADO SE HÁ ALGUM FUNCIONÁRIO COMISSIONADO QUE FEZ EMPRÉSTIMO CONSIGNADO ACIMA DOS 30% PERMITIDO POR LEI; EM CASO POSITIVO, INFORME TAMBÉM O NOME DO FUNCIONÁRIO OU FUNCIONÁRIOS.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2388/2388_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2388/2388_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA INFORME A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, QUAL A SITUAÇÃO ATUAL, EM QUE PÉ SE ENCONTRA O LOTEAMENTO IRREGULAR CONHECIDO COMO "CHÁCARA DOS LOUZADA"; SUA SITUAÇÃO LEGAL E A PARTE AMBIENTAL COMPROMETIDA. ENFIM, TODAS AS INFORMAÇÕES PERTINENTES QUE NOS PERMITAM ESCLARECER OS MUNÍCIPES QUE INDAGAM A RESPEITO.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2501/2501_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2501/2501_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE À SECRETARIA DO MEIO AMBIENTE INFORMAR A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, SE O MUNICÍPIO POSSUI OU NÃO UM CADASTRO DE SUAS NASCENTES E MANANCIAIS.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2466/2466_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2466/2466_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DÊ CUMPRIMENTO AO ARTIGO 49 DO CÓDIGO DE POSTURAS DO MUNICÍPIO DE GUARIBA, REGULAMENTANDO O TRÂNSITO DE VEÍCULOS PESADOS PELA CIDADE.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2419/2419_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2419/2419_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA TOME AS PROVIDÊNCIAS NECESSÁRIAS EM RELAÇÃO AOS CAVALOS SOLTOS NO RESIDENCIAL "NELSON CAPORUSSO" E NO ENTORNO DA BACIA DE DETENÇÃO DE ÁGUAS PLUVIAIS DO RESIDENCIAL "MÁRIO CAZERI", DANDO, ASSIM, CUMPRIMENTO AO CÓDIGO DE POSTURAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2527/2527_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2527/2527_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DÊ CUMPRIMENTO À LEI Nº. 1.622, DE 05/04/1999, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE CADASTRAMENTO DE ANIMAIS DENTRO DO PERÍMETRO URBANO DO MUNICÍPIO DE GUARIBA E SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2528/2528_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2528/2528_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA QUE SEJA OFICIADO AO CHEFE DO EXECUTIVO MUNICIPAL EXTERNANDO O APELO DESTA CASA PARA QUE SUA EXCELÊNCIA DETERMINE AO SETOR COMPETENTE DA PREFEITURA OS ESTUDOS NECESSÁRIOS OBJETIVANDO VIABILIZAR A AMPLIAÇÃO DO NÚMERO DE ÔNIBUS DO SERVIÇO DE TRANSPORTE INTERMUNICIPAL DE TRABALHADORES, NOTADAMENTE DAS EMPREGADAS DOMÉSTICAS QUE DIARIAMENTE SE DESLOCAM ATÉ RIBEIRÃO PRETO.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2529/2529_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2529/2529_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA QUE SEJA OFICIADO AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE DETERMINE PROVIDÊNCIAS, QUE ESPECIFICA, PARA AUXILIAR NO COMBATE À PESCA PREDATÓRIA EM NOSSO MUNICÍPIO, PRINCIPALMENTE NO RIO MOJI-GUAÇU.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2530/2530_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2530/2530_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS URGENTES DE AUTORIDADES ESTADUAIS, DA ARTESP E DA CONCESSIONÁRIA TRIÂNGULO DO SOL, PARA A REVISÃO E CONSEQUENTE ALTERAÇÃO DA CLÁUSULA CONTRATUAL QUE EXIGE O VOLUME DIÁRIO MÉDIO - VDM DE 5.300 VEÍCULOS PARA A DUPLICAÇÃO DO TRECHO FALTANTE DA RODOVIA BRIGADEIRO FARIA LIMA, ESPECIFICAMENTE ENTRE O KM 313+250M AO KM 330+500M.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2587/2587_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2587/2587_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA QUE SEJA OFICIADO AO CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE DETERMINE OS ESTUDOS NECESSÁRIOS NO SENTIDO VERIFICAR AS POSSIBILIDADES LEGAIS DE VIABILIZAR O ASFALTAMENTO DO PEQUENO TRECHO EM TERRA QUE LIGA A RUA FRANCISCO LOPREATTO À AV. MARCELO RAGAZZI.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2647/2647_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2647/2647_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O DEPARTAMENTO COMPETENTE DA PREFEITURA PRESTE A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, INFORMAÇÕES SOBRE A BANDA MARCIAL "LUIZ CARLOS COELHO".</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2648/2648_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2648/2648_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA REQUERIMENTO AO CHEFE DO EXECUTIVO MUNICIPAL, INDICA QUE O SETOR COMPETENTE DA PREFEITURA TOME AS PROVIDÊNCIAS NECESSÁRIAS EM RELAÇÃO AOS CAVALOS SOLTOS NO RESIDENCIAL "NELSON CAPORUSSO" E NO ENTORNO DA BACIA DE DETENÇÃO DE ÁGUAS PLUVIAIS DO RESIDENCIAL "MÁRIO CAZERI", DANDO, ASSIM, CUMPRIMENTO AO CÓDIGO DE POSTURAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2649/2649_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2649/2649_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA SEJA OFICIADO À DIRETORIA DA CPFL - CIA. PAULISTA DE FORÇA E LUZ, INDICA INFORMAÇÕES, QUE ESPECIFICA, EM RELAÇÃO À RESOLUÇÃO Nº. 414/2010, DA AGÊNCIA NACIONAL DE ENERGIA ELÉTRICA (ANAEEL).</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2597/2597_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2597/2597_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA QUE DETERMINE AS PROVIDÊNCIAS NECESSÁRIAS NO SENTIDO DE CONCEDER DIPLOMA DE HONRA AO MÉRITO AOS SÓCIOS-PROPRIETÁRIOS DA  "BALDAN MÁQUINAS E EQUIPAMENTOS" PELA VALIOSA CONTRIBUIÇÃO QUE TÊM DADO PARA O PROGRESSO E DESENVOLVIMENTO DO MUNICÍPIO DE GUARIBA ATRAVÉS DAQUELA EMPRESA, QUE COMPLETARÁ 90 ANOS DE EXISTÊNCIA EM 1º DE JANEIRO DE 2011.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA PRESTE A ESTA CASA INFORMAÇÕES, QUE ESPECIFICA, SOBRE O PROBLEMA EXISTENTE NA GALERIA IMPLANTADA RECENTEMENTE NA RUA SAMPAIO VIDAL, MAIS PRECISAMENTE NO TRECHO LOCALIZADO NA ALTURA DA LANCHONETE DO "ZÉ AMÉRICO".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -6324,68 +6324,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2064/2064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2065/2065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2066/2066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2067/2067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2068/2068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2069/2069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2070/2070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2071/2071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2072/2072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2073/2073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2074/2074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2075/2075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2076/2076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2077/2077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2078/2078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2079/2079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2080/2080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2081/2081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2127/2127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2129/2129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2130/2130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2132/2132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2135/2135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2137/2137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2142/2142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2144/2144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2146/2146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2148/2148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2149/2149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2151/2151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2153/2153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2154/2154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2156/2156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2158/2158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2161/2161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2163/2163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2166/2166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2173/2173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2174/2174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2176/2176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2205/2205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2207/2207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2209/2209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2211/2211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2213/2213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2215/2215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2217/2217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2218/2218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2219/2219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2233/2233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2234/2234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2235/2235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2236/2236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2237/2237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2238/2238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2239/2239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2240/2240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2241/2241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2242/2242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2243/2243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2244/2244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2245/2245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2246/2246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2200/2200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2202/2202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2204/2204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2206/2206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2324/2324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2331/2331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2332/2332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2333/2333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2338/2338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2341/2341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2343/2343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2256/2256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2257/2257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2258/2258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2259/2259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2260/2260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2261/2261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2262/2262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2263/2263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2281/2281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2282/2282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2283/2283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2284/2284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2285/2285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2286/2286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2287/2287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2288/2288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2289/2289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2291/2291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2292/2292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2327/2327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2293/2293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2294/2294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2295/2295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2297/2297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2298/2298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2299/2299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2300/2300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2301/2301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2302/2302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2303/2303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2328/2328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2329/2329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2359/2359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2330/2330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2334/2334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2335/2335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2336/2336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2360/2360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2337/2337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2339/2339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2361/2361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2362/2362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2389/2389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2364/2364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2365/2365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2366/2366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2367/2367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2368/2368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2390/2390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2391/2391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2392/2392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2393/2393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2394/2394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2395/2395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2396/2396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2397/2397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2398/2398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2399/2399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2400/2400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2401/2401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2402/2402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2403/2403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2404/2404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2405/2405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2407/2407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2408/2408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2409/2409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2410/2410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2411/2411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2412/2412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2413/2413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2414/2414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2502/2502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2503/2503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2504/2504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2505/2505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2506/2506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2508/2508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2510/2510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2512/2512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2513/2513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2515/2515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2520/2520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2523/2523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2524/2524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2467/2467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2468/2468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2469/2469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2470/2470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2471/2471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2472/2472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2473/2473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2474/2474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2475/2475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2476/2476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2477/2477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2478/2478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2479/2479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2480/2480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2481/2481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2482/2482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2483/2483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2484/2484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2485/2485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2486/2486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2421/2421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2424/2424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2426/2426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2428/2428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2430/2430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2432/2432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2433/2433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2435/2435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2437/2437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2438/2438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2440/2440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2442/2442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2443/2443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2556/2556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2557/2557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2560/2560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2561/2561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2562/2562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2563/2563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2565/2565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2567/2567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2568/2568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2531/2531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2532/2532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2533/2533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2534/2534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2536/2536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2537/2537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2538/2538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2544/2544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2545/2545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2546/2546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2589/2589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2590/2590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2591/2591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2592/2592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2593/2593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2594/2594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2595/2595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2596/2596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2598/2598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2599/2599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2601/2601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2603/2603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2604/2604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2605/2605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2606/2606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2608/2608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2610/2610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2611/2611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2612/2612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2613/2613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2614/2614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2615/2615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2617/2617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2619/2619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2620/2620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2624/2624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2650/2650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2651/2651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2652/2652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2653/2653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2654/2654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2655/2655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2657/2657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2658/2658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2659/2659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2660/2660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2661/2661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2663/2663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2665/2665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2671/2671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2672/2672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2673/2673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2674/2674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2675/2675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2676/2676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2602/2602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2607/2607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2609/2609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2616/2616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2618/2618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2622/2622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2623/2623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2082/2082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2083/2083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2084/2084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2085/2085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2086/2086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2087/2087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2088/2088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2089/2089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2090/2090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2091/2091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2092/2092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2095/2095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2097/2097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2100/2100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2102/2102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2105/2105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2108/2108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2114/2114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2178/2178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2179/2179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2180/2180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2181/2181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2183/2183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2184/2184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2185/2185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2186/2186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2187/2187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2188/2188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2189/2189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2221/2221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2222/2222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2224/2224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2227/2227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2228/2228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2231/2231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2247/2247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2248/2248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2249/2249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2250/2250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2251/2251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2252/2252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2253/2253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2254/2254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2255/2255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2208/2208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2210/2210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2212/2212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2214/2214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2216/2216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2220/2220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2223/2223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2225/2225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2226/2226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2229/2229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2230/2230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2232/2232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2345/2345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2347/2347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2349/2349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2350/2350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2351/2351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2352/2352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2353/2353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2354/2354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2355/2355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2356/2356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2264/2264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2265/2265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2266/2266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2267/2267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2268/2268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2269/2269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2270/2270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2271/2271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2272/2272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2273/2273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2274/2274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2275/2275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2276/2276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2277/2277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2278/2278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2304/2304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2305/2305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2306/2306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2307/2307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2308/2308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2309/2309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2310/2310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2311/2311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2312/2312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2313/2313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2314/2314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2315/2315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2316/2316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2317/2317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2318/2318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2319/2319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2320/2320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2321/2321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2322/2322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2323/2323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2340/2340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2342/2342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2344/2344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2346/2346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2348/2348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2369/2369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2370/2370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2371/2371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2372/2372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2373/2373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2374/2374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2375/2375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2376/2376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2377/2377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2378/2378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2379/2379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2380/2380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2381/2381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2382/2382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2383/2383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2384/2384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2385/2385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2415/2415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2416/2416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2417/2417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2418/2418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2420/2420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2422/2422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2423/2423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2425/2425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2427/2427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2429/2429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2431/2431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2434/2434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2439/2439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2441/2441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2444/2444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2446/2446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2448/2448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2451/2451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2452/2452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2453/2453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2454/2454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2455/2455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2457/2457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2525/2525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2526/2526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2535/2535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2539/2539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2540/2540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2541/2541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2542/2542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2543/2543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2549/2549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2551/2551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2552/2552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2487/2487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2488/2488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2489/2489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2490/2490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2491/2491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2492/2492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2493/2493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2494/2494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2495/2495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2496/2496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2497/2497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2498/2498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2499/2499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2500/2500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2507/2507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2509/2509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2511/2511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2514/2514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2516/2516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2517/2517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2518/2518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2519/2519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2521/2521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2522/2522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2445/2445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2447/2447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2449/2449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2450/2450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2456/2456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2458/2458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2459/2459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2460/2460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2461/2461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2462/2462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2463/2463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2464/2464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2465/2465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2569/2569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2570/2570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2573/2573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2574/2574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2575/2575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2577/2577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2547/2547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2548/2548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2550/2550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2553/2553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2554/2554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2555/2555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2558/2558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2559/2559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2564/2564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2566/2566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2571/2571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2572/2572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2578/2578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2579/2579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2580/2580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2581/2581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2582/2582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2583/2583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2584/2584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2585/2585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2586/2586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2625/2625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2626/2626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2627/2627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2628/2628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2629/2629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2630/2630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2631/2631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2632/2632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2633/2633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2634/2634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2635/2635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2636/2636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2637/2637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2638/2638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2642/2642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2644/2644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2677/2677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2678/2678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2679/2679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2680/2680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2681/2681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2682/2682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2683/2683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2684/2684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2685/2685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2686/2686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2687/2687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2688/2688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2689/2689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2690/2690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2639/2639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2640/2640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2641/2641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2643/2643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2645/2645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2646/2646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2010/10129/projeto-decreto-legislativo-01-2010.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2010/10130/projeto-decreto-legislativo-02-2010.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2059/2059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2060/2060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2061/2061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2062/2062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2063/2063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2125/2125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2199/2199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2201/2201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2203/2203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2279/2279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2280/2280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2325/2325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2326/2326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2357/2357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2358/2358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2386/2386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2387/2387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2388/2388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2501/2501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2466/2466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2419/2419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2527/2527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2528/2528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2529/2529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2530/2530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2587/2587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2647/2647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2648/2648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2649/2649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2597/2597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2064/2064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2065/2065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2066/2066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2067/2067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2068/2068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2069/2069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2070/2070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2071/2071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2072/2072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2073/2073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2074/2074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2075/2075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2076/2076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2077/2077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2078/2078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2079/2079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2080/2080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2081/2081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2127/2127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2129/2129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2130/2130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2132/2132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2135/2135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2137/2137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2142/2142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2144/2144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2146/2146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2148/2148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2149/2149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2151/2151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2153/2153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2154/2154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2156/2156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2158/2158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2161/2161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2163/2163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2166/2166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2173/2173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2174/2174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2176/2176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2205/2205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2207/2207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2209/2209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2211/2211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2213/2213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2215/2215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2217/2217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2218/2218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2219/2219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2233/2233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2234/2234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2235/2235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2236/2236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2237/2237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2238/2238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2239/2239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2240/2240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2241/2241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2242/2242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2243/2243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2244/2244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2245/2245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2246/2246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2200/2200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2202/2202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2204/2204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2206/2206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2324/2324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2331/2331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2332/2332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2333/2333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2338/2338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2341/2341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2343/2343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2256/2256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2257/2257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2258/2258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2259/2259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2260/2260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2261/2261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2262/2262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2263/2263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2281/2281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2282/2282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2283/2283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2284/2284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2285/2285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2286/2286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2287/2287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2288/2288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2289/2289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2291/2291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2292/2292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2327/2327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2293/2293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2294/2294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2295/2295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2297/2297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2298/2298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2299/2299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2300/2300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2301/2301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2302/2302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2303/2303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2328/2328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2329/2329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2359/2359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2330/2330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2334/2334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2335/2335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2336/2336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2360/2360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2337/2337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2339/2339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2361/2361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2362/2362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2389/2389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2364/2364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2365/2365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2366/2366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2367/2367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2368/2368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2390/2390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2391/2391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2392/2392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2393/2393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2394/2394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2395/2395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2396/2396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2397/2397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2398/2398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2399/2399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2400/2400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2401/2401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2402/2402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2403/2403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2404/2404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2405/2405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2407/2407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2408/2408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2409/2409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2410/2410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2411/2411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2412/2412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2413/2413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2414/2414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2502/2502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2503/2503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2504/2504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2505/2505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2506/2506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2508/2508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2510/2510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2512/2512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2513/2513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2515/2515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2520/2520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2523/2523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2524/2524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2467/2467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2468/2468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2469/2469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2470/2470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2471/2471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2472/2472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2473/2473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2474/2474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2475/2475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2476/2476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2477/2477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2478/2478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2479/2479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2480/2480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2481/2481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2482/2482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2483/2483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2484/2484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2485/2485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2486/2486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2421/2421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2424/2424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2426/2426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2428/2428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2430/2430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2432/2432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2433/2433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2435/2435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2437/2437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2438/2438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2440/2440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2442/2442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2443/2443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2556/2556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2557/2557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2560/2560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2561/2561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2562/2562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2563/2563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2565/2565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2567/2567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2568/2568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2531/2531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2532/2532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2533/2533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2534/2534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2536/2536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2537/2537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2538/2538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2544/2544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2545/2545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2546/2546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2589/2589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2590/2590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2591/2591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2592/2592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2593/2593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2594/2594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2595/2595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2596/2596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2598/2598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2599/2599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2601/2601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2603/2603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2604/2604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2605/2605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2606/2606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2608/2608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2610/2610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2611/2611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2612/2612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2613/2613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2614/2614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2615/2615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2617/2617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2619/2619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2620/2620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2624/2624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2650/2650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2651/2651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2652/2652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2653/2653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2654/2654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2655/2655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2657/2657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2658/2658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2659/2659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2660/2660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2661/2661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2663/2663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2665/2665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2671/2671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2672/2672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2673/2673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2674/2674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2675/2675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2676/2676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2602/2602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2607/2607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2609/2609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2616/2616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2618/2618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2622/2622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2623/2623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2082/2082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2083/2083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2084/2084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2085/2085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2086/2086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2087/2087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2088/2088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2089/2089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2090/2090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2091/2091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2092/2092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2095/2095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2097/2097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2100/2100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2102/2102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2105/2105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2108/2108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2114/2114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2178/2178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2179/2179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2180/2180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2181/2181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2183/2183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2184/2184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2185/2185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2186/2186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2187/2187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2188/2188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2189/2189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2221/2221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2222/2222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2224/2224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2227/2227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2228/2228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2231/2231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2247/2247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2248/2248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2249/2249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2250/2250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2251/2251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2252/2252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2253/2253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2254/2254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2255/2255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2208/2208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2210/2210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2212/2212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2214/2214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2216/2216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2220/2220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2223/2223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2225/2225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2226/2226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2229/2229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2230/2230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2232/2232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2345/2345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2347/2347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2349/2349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2350/2350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2351/2351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2352/2352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2353/2353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2354/2354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2355/2355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2356/2356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2264/2264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2265/2265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2266/2266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2267/2267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2268/2268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2269/2269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2270/2270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2271/2271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2272/2272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2273/2273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2274/2274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2275/2275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2276/2276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2277/2277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2278/2278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2304/2304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2305/2305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2306/2306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2307/2307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2308/2308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2309/2309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2310/2310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2311/2311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2312/2312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2313/2313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2314/2314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2315/2315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2316/2316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2317/2317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2318/2318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2319/2319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2320/2320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2321/2321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2322/2322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2323/2323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2340/2340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2342/2342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2344/2344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2346/2346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2348/2348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2369/2369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2370/2370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2371/2371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2372/2372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2373/2373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2374/2374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2375/2375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2376/2376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2377/2377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2378/2378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2379/2379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2380/2380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2381/2381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2382/2382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2383/2383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2384/2384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2385/2385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2415/2415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2416/2416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2417/2417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2418/2418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2420/2420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2422/2422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2423/2423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2425/2425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2427/2427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2429/2429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2431/2431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2434/2434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2439/2439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2441/2441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2444/2444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2446/2446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2448/2448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2451/2451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2452/2452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2453/2453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2454/2454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2455/2455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2457/2457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2525/2525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2526/2526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2535/2535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2539/2539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2540/2540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2541/2541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2542/2542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2543/2543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2549/2549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2551/2551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2552/2552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2487/2487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2488/2488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2489/2489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2490/2490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2491/2491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2492/2492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2493/2493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2494/2494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2495/2495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2496/2496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2497/2497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2498/2498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2499/2499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2500/2500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2507/2507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2509/2509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2511/2511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2514/2514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2516/2516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2517/2517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2518/2518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2519/2519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2521/2521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2522/2522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2445/2445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2447/2447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2449/2449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2450/2450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2456/2456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2458/2458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2459/2459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2460/2460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2461/2461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2462/2462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2463/2463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2464/2464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2465/2465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2569/2569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2570/2570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2573/2573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2574/2574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2575/2575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2577/2577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2547/2547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2548/2548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2550/2550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2553/2553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2554/2554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2555/2555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2558/2558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2559/2559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2564/2564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2566/2566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2571/2571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2572/2572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2578/2578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2579/2579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2580/2580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2581/2581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2582/2582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2583/2583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2584/2584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2585/2585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2586/2586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2625/2625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2626/2626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2627/2627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2628/2628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2629/2629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2630/2630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2631/2631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2632/2632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2633/2633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2634/2634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2635/2635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2636/2636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2637/2637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2638/2638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2642/2642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2644/2644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2677/2677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2678/2678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2679/2679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2680/2680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2681/2681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2682/2682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2683/2683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2684/2684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2685/2685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2686/2686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2687/2687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2688/2688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2689/2689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2690/2690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2639/2639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2640/2640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2641/2641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2643/2643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2645/2645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2646/2646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2010/10129/projeto-decreto-legislativo-01-2010.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2010/10130/projeto-decreto-legislativo-02-2010.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2059/2059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2060/2060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2061/2061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2062/2062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2063/2063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2125/2125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2199/2199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2201/2201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2203/2203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2279/2279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2280/2280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2325/2325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2326/2326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2357/2357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2358/2358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2386/2386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2387/2387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2388/2388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2501/2501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2466/2466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2419/2419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2527/2527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2528/2528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2529/2529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2530/2530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2587/2587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2647/2647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2648/2648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2649/2649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2010/2597/2597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H558"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="130.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>