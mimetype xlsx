--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -81,51 +81,51 @@
   <si>
     <t>DÁ NOVA REDAÇÃO AO "CAPUT" DO ARTIGO 118-A, E REVOGA OS SEUS INCISOS I, II E III, DA LEI ORGÂNICA DO MUNICÍPIO DE 5 DE ABRIL DE 1990 (1ª EDIÇÃO).</t>
   </si>
   <si>
     <t>8123</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8123/8123_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO § 6º, DO ARTIGO 130, DA LEI ORGÂNICA DO MUNICÍPIO, DE 5 DE ABRIL DE 1990, MODIFICADO PELA EMENDA Nº. 2/2014, DE 6 DE ABRIL DE 2011, E DÁ OUTRA PROVIDÊNCIA. </t>
   </si>
   <si>
     <t>7761</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Cassio Santa Cruz, Calão - Galeto, Dr. Carósio, Dr. Dayan, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
+    <t>Cassio Santa Cruz, Calão - Galeto, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7761/7761_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A TROCA DO TELHADO DA QUADRA INTERNA DO GINÁSIO DE ESPORTES "VEREADOR EDUARDO ATIQUE"</t>
   </si>
   <si>
     <t>7764</t>
   </si>
   <si>
     <t>Márcia Alves</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7764/7764_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONTRATAÇÃO DE UM MÉDICO PARA O AMBULATÓRIO MUNICIPAL "PREFEITO DR. HERMÍNIO DE LAURENTIZ NETO", PARA QUE POSSA IMPLANTAR O PRONTO ATENDIMENTO DAS 08:00 ÀS 17:00 HORAS.</t>
   </si>
   <si>
     <t>7765</t>
   </si>
   <si>
     <t>3</t>
   </si>
@@ -328,51 +328,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7792/7792_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS NO SENTIDO DE QUE, O VALE ALIMENTAÇÃO DOS PROFESSORES DO MUNICÍPIO, TENHA VALOR IGUAL AO DAS OUTRAS CATEGORIAS DE SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>7793</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7793/7793_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE, RESTABELECER A INSTALAÇÃO DOS PONTOS DE INTERNET GRATUITA EM VÁRIOS LOCAIS DO MUNICÍPIO, COM A FINALIDADE DE ATENDER PRINCIPALMENTE A POPULAÇÃO MAIS CARENTE.</t>
   </si>
   <si>
     <t>7794</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>Magna Fiscal</t>
+    <t>Magna Rocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7794/7794_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR DE DEDETIZAÇÃO PERIÓDICA NO CEMITÉRIO MUNICIPAL PARA EVITAR PROLIFERAÇÃO DE BARATAS, ESCORPIÕES ENTRE OUTROS.</t>
   </si>
   <si>
     <t>7795</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7795/7795_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR RETIRADAS TODOS ENTULHOS LOCALIZADA NA RUA SÃO PEDRO NO BAIRRO ALTO </t>
   </si>
   <si>
     <t>7796</t>
   </si>
   <si>
     <t>22</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7812/7812_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSTALAR MAIS BANCOS NO PARQUE DOS LAGOS "VEREADOR LUIZ DA CONCEIÇÃO".</t>
   </si>
   <si>
     <t>7813</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7813/7813_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSTALAR SINALIZAÇÃO VERTICAL E HORIZONTAL NAS RUAS DO DISTRITO INDUSTRIAL GOVERNADOR MÁRIO COVAS, E LOMBADAS NA RUA JOÃO VIZIACK.</t>
   </si>
   <si>
     <t>7815</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>Márcia Alves, Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Fiscal, Marcelinho do Lino, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
+    <t>Márcia Alves, Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7815/7815_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO ASSINATURA DE CONVÊNIO PARA A ATIVIDADE DELEGADA ENTRE PREFEITURA E A SECRETARIA DE SEGURANÇA PÚBLICA DO ESTADO DE SÃO PAULO, PERMITINDO QUE POLICIAIS MILITARES POSSAM ATUAR EM DIAS DE FOLGA E RECEBER REMUNERAÇÃO DA MUNICIPALIDADE POR ISSO.</t>
   </si>
   <si>
     <t>7816</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7816/7816_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA MUNICIPAL DE GUARIBA NO SENTIDO DE SE AVERIGUAR, PORQUE AS LUZES DA AVENIDA RICIERI DE OLIVEIRA, NÃO ESTÃO ACENDENDO DO MEIO PARA FRENTE, EM SENTIDO AO RESIDENCIAL PAINEIRAS, BEM COMO DA PRAÇA " JOSÉ FRANCISCO CAPORUSSO".</t>
   </si>
   <si>
     <t>7819</t>
   </si>
   <si>
     <t>42</t>
   </si>
@@ -726,51 +726,51 @@
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O ESTACIONAMENTO EM UM DOS LADOS DA RUA LOURENÇO GELAIM._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7827</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7827/7827_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONTRATAR FONOAUDIÓLOGAS PARA A UBS DA VILA AMORIM.</t>
   </si>
   <si>
     <t>7828</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>Dr. Carósio, Calão - Galeto, Cassio Santa Cruz, Dr. Dayan, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
+    <t>Dr. Carósio, Calão - Galeto, Cassio Santa Cruz, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7828/7828_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. PREFEITO MUNICIPAL NO SENTIDO DE ELABORAR E REMETER PROJETO DE LEI A ESSA CASA, NO SENTIDO DE PROIBIR O TRÁFEGO DE VEÍCULOS PESADOS NO PERÍMETRO URBANO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7829</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7829/7829_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE REALIZAR A PODA DE UMA ÁRVORE QUE OFERECE RISCOS À FIAÇÃO ELÉTRICA E CAUSA TRANSTORNOS À MORADORA, POIS HÁ MUITA QUEDA DE FOLHAS, O QUE ACABA RESULTANDO NO ENTUPIMENTO DE CALHAS EM SUA RESIDÊNCIA, LOCALIZADA NA AVENIDA ITALO POLITI 147, DIVISA COM O ESTÁDIO DOMINGOS BALDAN.</t>
   </si>
   <si>
     <t>7830</t>
   </si>
   <si>
     <t>53</t>
   </si>
@@ -1305,51 +1305,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7889/7889_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 20 DA AV. SANTO ANTÔNIO NO BAIRRO ALTO.</t>
   </si>
   <si>
     <t>7890</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7890/7890_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM NOVOS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE PEDRO HERMELINDO DE SOUZA.</t>
   </si>
   <si>
     <t>7891</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>Magna Fiscal, Néia Guimarães</t>
+    <t>Magna Rocha, Néia Guimarães</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7891/7891_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS URGENTES SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO A COLOCAÇÃO DE PLACAS DENOMINATIVAS EM ALGUMAS RUAS DO RESIDENCIAL "NOVA ROCCA".</t>
   </si>
   <si>
     <t>7892</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7892/7892_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER REPAROS NO ASFALTO, E CONSTRUÇÃO DE CANALETAS DE ESCOAMENTO DE ÁGUAS PLUVIAIS NAS ESQUINAS RUA; ÁUREA CAROLINA DE PAULA COM A RUA; MARIA APARECIDA CIGANHA CAPORUSSO.</t>
   </si>
   <si>
     <t>7893</t>
   </si>
   <si>
     <t>101</t>
   </si>
@@ -1935,51 +1935,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7960/7960_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM NOVOS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE DONA OLGA DO CARMO ALMEIDA.</t>
   </si>
   <si>
     <t>7961</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7961/7961_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A ADOÇÃO DE MÃO ÚNICA DE DIREÇÃO NA AVENIDA VICTOR VALENTIE DE OLIVEIRA, AO MENOS ATÉ QUE SE RESOLVA O PROBLEMA DO GRANDE TRÂNSITO DE CARRETAS QUE, FUGINDO DE PEDÁGIOS DA REGIÃO, ENTRAM E SAEM DE NOSSA CIDADE POR AQUELA VIA.</t>
   </si>
   <si>
     <t>7962</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>Cassio Santa Cruz, Dr. Carósio, Magna Fiscal, Marcelinho do Lino, Néia Guimarães, Paulo de Sa</t>
+    <t>Cassio Santa Cruz, Dr. Carósio, Magna Rocha, Marcelinho do Lino, Néia Guimarães, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7962/7962_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A APLICAÇÃO DE GRAMA SINTÉTICA NO CAMPO DE FUTEBOL LOCALIZADO AO LADO DO BAR DO DEMA, NO JARDIM PAULISTANO.</t>
   </si>
   <si>
     <t>7963</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7963/7963_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INCLUIR NAS DIRETRIZES ORÇAMENTÁRIAS E NO ORÇAMENTO MUNICIPAL PARA O EXERCÍCIO FINANCEIRO DE 2018 SUBVENÇÃO À ENTIDADE ABC DOWN, DE JABOTICABAL.</t>
   </si>
   <si>
     <t>7964</t>
   </si>
   <si>
     <t>153</t>
   </si>
@@ -3906,51 +3906,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8243/8243_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ALTERAÇÕES SEJAM FEITAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE APRIMORAR E COMPLEMENTAR A LEI Nº2.163 DE 14 DE DEZEMBRO DE 2006 EM SEU TÍTULO III, CAPÍTULO II, SEÇÃO XIV QUE TRATA SOBRE OS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>8244</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8244/8244_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR UMA LIMPEZA, CORTAR O MATO E RETIRAR ENTULHOS NA AVENIDA LUIZ BARICHELLO N° 426 FUNDOS DA ETEC BENTO CARLOS BOTELHO DO AMARAL.</t>
   </si>
   <si>
     <t>8250</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>Nivaldo, Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Jurandir Turmeiro, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Néia Guimarães, Paulo de Sa</t>
+    <t>Nivaldo, Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Jurandir Turmeiro, Magna Rocha, Marcelinho do Lino, Márcia Alves, Néia Guimarães, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8250/8250_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE VIABILIZAR EM FAVOR DA IGREJA CATÓLICA (DIOCESE DE JABOTICABAL) A CESSÃO EM COMODATO DO PRÉDIO DA IGREJA EXISTENTE NO RESIDENCIAL SANTA CRUZ.</t>
   </si>
   <si>
     <t>8251</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8251/8251_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE INSTALAR UM REDUTOR DE VELOCIDADE (LOMBADA) NAS PROXIMIDADES DO ENTRONCAMENTO DA AVENIDA MILTON ROCCA COM A RUA JOSÉ CAPORUSSO, NO JARDIM SÃO BENTO.</t>
   </si>
   <si>
     <t>8252</t>
   </si>
   <si>
     <t>316</t>
   </si>
@@ -4595,51 +4595,51 @@
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A PROFESSORA ANDRÉA MORATO DE FARIA DA E.M.E.B. &amp;#8220;GINO BELLODI&amp;#8221;</t>
   </si>
   <si>
     <t>7780</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7780/7780_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO ALUNO JOHNATA LIMA DA SILVA DA E.M.E.B. &amp;#8220;GINO BELLODI&amp;#8221;</t>
   </si>
   <si>
     <t>7781</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7781/7781_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A ALUNA VITORIA LUISY LEMOS DA ESCOLA E.M.E.B. &amp;#8220;GINO BELLODI&amp;#8221;</t>
   </si>
   <si>
     <t>7814</t>
   </si>
   <si>
-    <t>Néia Guimarães, Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Nivaldo, Paulo de Sa</t>
+    <t>Néia Guimarães, Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7814/7814_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A SENHORA ELÍDIA APARECIDA DE PAULA FERREIRA, CHEFE DO CARTÓRIO ELEITORAL DA COMARCA DE GUARIBA, BEM COMO A TODA SUA EQUIPE, PELO EXCELENTE TRABALHO PRESTADO À POPULAÇÃO GUARIBENSE.</t>
   </si>
   <si>
     <t>7869</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7869/7869_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. VALDEMAR DIONÍSIO DE SÁ, PAI DO VEREADOR PAULO DIONÍSIO DE SÁ, OCORRIDO EM 24 DE FEVEREIRO.</t>
   </si>
   <si>
     <t>7876</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7876/7876_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SENHOR LUIZ LONGO, SÓCIO PROPRIETÁRIO DA EMPRESA SEMAG &amp;#8211; EQUIPAMENTOS INDUSTRIAIS DE GUARIBA, BEM COMO A TODA SUA EQUIPE E FAMÍLIA, A QUAL É UMA DAS MAIS EMPREGADORAS E INVESTIDORAS EMPRESAS DESTA CIDADE,  PAGANDO EM DIAS TODOS OS ENCARGOS SOCIAIS E IMPOSTOS QUE AS LEIS BRASILEIRAS IMPÕEM, ONDE A RESPONSABILIDADE E COMPROMISSO COM NOSSA POPULAÇÃO É TRANSFERIDA DE GERAÇÕES A GERAÇÕES, GERANDO EMPREGO E DESENVOLVIMENTO.</t>
   </si>
@@ -5109,51 +5109,51 @@
   <si>
     <t xml:space="preserve">AUTORIZA O PODER LEGISLATIVO A CONCEDER EM COMODATO, BENS DE SEU PATRIMÔNIO QUE ESPECIFICA, PARA USO DA ASSOCIAÇÃO DAITÔO DE JUDÔ DE GUARIBA. </t>
   </si>
   <si>
     <t>8128</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8128/8128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO GUARIBENSE AO DEPUTADO FEDERAL BENEDITO ROBERTO ALVES FERREIRA. </t>
   </si>
   <si>
     <t>8192</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8192/8192_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS CONTAS DA PREFEITURA MUNICIPAL DE GUARIBA, RELATIVAS AO EXERCÍCIO DE 2015. </t>
   </si>
   <si>
     <t>8292</t>
   </si>
   <si>
-    <t>Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Jurandir Turmeiro, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Néia Guimarães, Nivaldo, Paulo de Sa</t>
+    <t>Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Jurandir Turmeiro, Magna Rocha, Marcelinho do Lino, Márcia Alves, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8292/8292_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE DIPLOMA DE HONRA AO MÉRITO AOS POLICIAIS MILITARES QUE EXERCERAM SUAS FUNÇÕES NO ÂMBITO DO MUNICÍPIO DE GUARIBA. </t>
   </si>
   <si>
     <t>7753</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7753/7753_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 2.579, DE 14 DE FEVEREIRO DE 2012, QUE DISPÕE SOBRE O QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE GUARIBA, O PLANO DE CARREIRA E REMUNERAÇÃO DE SEUS SERVIDORES.</t>
   </si>
   <si>
     <t>7754</t>
   </si>
@@ -6056,51 +6056,51 @@
   <si>
     <t xml:space="preserve">REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE O ENVIO A ESTA CASA RELAÇÃO COM O NOME DE TODOS OS PROFESSORES DE EDUCAÇÃO FÍSICA DO CENTRO DE LAZER DOS TRABALHADORES </t>
   </si>
   <si>
     <t>7878</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7878/7878_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE O ENVIO A ESTA CASA DE RELAÇÃO COM O NOME DE TODOS OS INSTRUTORES DE ESPORTE DO MUNICÍPIO, DISCRIMINANDO A CARGA HORÁRIA QUE TÊM DE CUMPRIR, SE EXISTE HORÁRIO ESTABELECIDO PARA CADA UM DELES E QUE TIPO DE ATIVIDADE FÍSICA CADA UM DESENVOLVE. QUE ENVIE TAMBÉM CÓPIA DOS CARTÕES DE PONTO DOS ÚLTIMOS DOZE MESES.</t>
   </si>
   <si>
     <t>7897</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7897/7897_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL E QUE O SETOR COMPETENTE REMETA A ESTA CASA, PARA CONHECIMENTO DA VEREADORA QUE ESTE SUBSCREVE,ULTIMO CONTRATO E SEUS ANEXOS FIRMADO ENTRE A PREFEITURA E A SABESP.</t>
   </si>
   <si>
     <t>7898</t>
   </si>
   <si>
-    <t>Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
+    <t>Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7898/7898_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA SEJA OFICIADO AO DR. ALBERTO JOSÉ MACEDO FILHO, SECRETÁRIO DE ESTADO DE LOGÍSTICA E TRANSPORTES, SOLICITANDO DUPLICAÇÃO DA SP 253 - RODOVIA DEPUTADO CUNHA BUENO, NO TRECHO QUE VAI DO TREVO DA USINA SÃO MARTINHO ATÉ O TREVO DA CIDADE DE PRADÓPOLIS. REQUER, AINDA, SEJA OFICIADO AOS PODERES LEGISLATIVO E EXECUTIVO DOS MUNICÍPIOS CIRCUNVIZINHOS PEDINDO APOIO A ESTA PROPOSTA E INÍCIO DE MOVIMENTO DE CUNHO REGIONAL VISANDO OBTER A CONSTRUÇÃO DA SEGUNDA PISTA MENCIONADA.</t>
   </si>
   <si>
     <t>7899</t>
   </si>
   <si>
     <t>Dr. Carósio, Néia Guimarães</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7899/7899_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA SEJA OFICIADO À DIRETORIA DA USINA SÃO MARTINHO, ENCAMINHANDO PEDIDO DESTA CASA E TAMBÉM ABAIXO-ASSINADO DE MUNÍCIPES GUARIBENSES QUE SOLICITAM O NÃO FECHAMENTO DA PASSAGEM DA FAZENDA SÃO BENTO QUE DÁ ACESSO ÀS MARGENS DO RIO MOGI GUAÇU.</t>
   </si>
   <si>
     <t>7900</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7900/7900_texto_integral.xml</t>
   </si>
@@ -6719,51 +6719,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7760/7760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8123/8123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7761/7761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7764/7764_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7765/7765_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7766/7766_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7767/7767_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7768/7768_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7769/7769_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7770/7770_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7775/7775_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7776/7776_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7777/7777_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7778/7778_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7787/7787_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7788/7788_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7789/7789_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7790/7790_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7791/7791_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7792/7792_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7793/7793_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7794/7794_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7795/7795_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7796/7796_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7797/7797_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7798/7798_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7799/7799_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7800/7800_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7801/7801_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7802/7802_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7803/7803_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7804/7804_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7805/7805_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7806/7806_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7807/7807_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7808/7808_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7809/7809_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7810/7810_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7811/7811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7812/7812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7813/7813_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7815/7815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7816/7816_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7819/7819_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7820/7820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7821/7821_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7822/7822_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7823/7823_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7824/7824_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7825/7825_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7826/7826_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7827/7827_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7828/7828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7829/7829_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7830/7830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7831/7831_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7832/7832_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7833/7833_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7834/7834_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7835/7835_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7836/7836_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7837/7837_texto_integral.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7848/7848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7849/7849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7840/7840_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7841/7841_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7842/7842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7843/7843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7844/7844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7845/7845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7846/7846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7847/7847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7856/7856_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7857/7857_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7858/7858_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7859/7859_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7860/7860_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7861/7861_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7862/7862_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7863/7863_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7864/7864_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7896/7896_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7866/7866_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7867/7867_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7868/7868_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7870/7870_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7871/7871_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7872/7872_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7873/7873_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7874/7874_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7875/7875_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7880/7880_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7881/7881_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7882/7882_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7883/7883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7886/7886_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7887/7887_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7888/7888_texto_integral.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7889/7889_texto_integral.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7890/7890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7891/7891_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7892/7892_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7893/7893_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7894/7894_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7895/7895_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7901/7901_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7902/7902_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7904/7904_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7905/7905_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7907/7907_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7909/7909_texto_integral.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7910/7910_texto_integral.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7911/7911_texto_integral.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7913/7913_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7914/7914_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7915/7915_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7916/7916_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7917/7917_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7918/7918_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7919/7919_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7920/7920_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7921/7921_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7922/7922_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7923/7923_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7924/7924_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7925/7925_texto_integral.xml" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7926/7926_texto_integral.xml" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7927/7927_texto_integral.xml" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7933/7933_texto_integral.xml" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7934/7934_texto_integral.xml" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7935/7935_texto_integral.xml" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7936/7936_texto_integral.xml" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7937/7937_texto_integral.xml" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7938/7938_texto_integral.xml" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7939/7939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7940/7940_texto_integral.xml" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7944/7944_texto_integral.xml" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7945/7945_texto_integral.xml" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7946/7946_texto_integral.xml" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7947/7947_texto_integral.xml" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7948/7948_texto_integral.xml" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7949/7949_texto_integral.xml" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7952/7952_texto_integral.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7953/7953_texto_integral.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7954/7954_texto_integral.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7955/7955_texto_integral.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7956/7956_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7957/7957_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7958/7958_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7959/7959_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7960/7960_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7961/7961_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7962/7962_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7963/7963_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7964/7964_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7965/7965_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7997/7997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7967/7967_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7968/7968_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7969/7969_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7970/7970_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7971/7971_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7972/7972_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7973/7973_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7974/7974_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7975/7975_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7976/7976_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7977/7977_texto_integral.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7980/7980_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7981/7981_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7982/7982_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7983/7983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7984/7984_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7985/7985_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7986/7986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7988/7988_texto_integral.xml" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7989/7989_texto_integral.xml" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7993/7993_texto_integral.xml" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7994/7994_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7999/7999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8000/8000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8003/8003_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8004/8004_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8005/8005_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8006/8006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8007/8007_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8008/8008_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8010/8010_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8012/8012_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8015/8015_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8016/8016_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8017/8017_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8018/8018_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8019/8019_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8020/8020_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8021/8021_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8022/8022_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8023/8023_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8024/8024_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8025/8025_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8027/8027_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8029/8029_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8030/8030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8031/8031_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8032/8032_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8033/8033_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8039/8039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8040/8040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8041/8041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8044/8044_texto_integral.xml" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8046/8046_texto_integral.xml" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8047/8047_texto_integral.xml" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8048/8048_texto_integral.xml" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8049/8049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8050/8050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8055/8055_texto_integral.xml" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8058/8058_texto_integral.xml" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8059/8059_texto_integral.xml" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8060/8060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8061/8061_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8062/8062_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8063/8063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8064/8064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8065/8065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8070/8070_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8071/8071_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8074/8074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8076/8076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8077/8077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8078/8078_texto_integral.xml" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8079/8079_texto_integral.xml" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8083/8083_texto_integral.xml" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8084/8084_texto_integral.xml" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8085/8085_texto_integral.xml" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8086/8086_texto_integral.xml" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8087/8087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8088/8088_texto_integral.xml" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8089/8089_texto_integral.xml" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8092/8092_texto_integral.xml" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8189/8189_texto_integral.xml" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8191/8191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8136/8136_texto_integral.xml" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8138/8138_texto_integral.xml" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8139/8139_texto_integral.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8140/8140_texto_integral.xml" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8141/8141_texto_integral.xml" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8142/8142_texto_integral.xml" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8143/8143_texto_integral.xml" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8144/8144_texto_integral.xml" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8145/8145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8146/8146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8147/8147_texto_integral.xml" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8149/8149_texto_integral.xml" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8150/8150_texto_integral.xml" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8151/8151_texto_integral.xml" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8152/8152_texto_integral.xml" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8153/8153_texto_integral.xml" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8154/8154_texto_integral.xml" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8155/8155_texto_integral.xml" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8156/8156_texto_integral.xml" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8157/8157_texto_integral.xml" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8158/8158_texto_integral.xml" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8160/8160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8161/8161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8167/8167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8168/8168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8174/8174_texto_integral.xml" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8176/8176_texto_integral.xml" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8180/8180_texto_integral.xml" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8177/8177_texto_integral.xml" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8179/8179_texto_integral.xml" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8181/8181_texto_integral.xml" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8182/8182_texto_integral.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8184/8184_texto_integral.xml" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8186/8186_texto_integral.xml" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8187/8187_texto_integral.xml" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8188/8188_texto_integral.xml" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8195/8195_texto_integral.xml" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8196/8196_texto_integral.xml" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8197/8197_texto_integral.xml" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8198/8198_texto_integral.xml" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8199/8199_texto_integral.xml" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8200/8200_texto_integral.xml" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8201/8201_texto_integral.xml" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8202/8202_texto_integral.xml" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8203/8203_texto_integral.xml" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8204/8204_texto_integral.xml" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8205/8205_texto_integral.xml" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8206/8206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8210/8210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8212/8212_texto_integral.xml" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8213/8213_texto_integral.xml" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8214/8214_texto_integral.xml" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8215/8215_texto_integral.xml" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8216/8216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8217/8217_texto_integral.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8218/8218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8219/8219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8220/8220_texto_integral.xml" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8221/8221_texto_integral.xml" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8222/8222_texto_integral.xml" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8228/8228_texto_integral.xml" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8229/8229_texto_integral.xml" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8232/8232_texto_integral.xml" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8233/8233_texto_integral.xml" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8234/8234_texto_integral.xml" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8235/8235_texto_integral.xml" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8237/8237_texto_integral.xml" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8238/8238_texto_integral.xml" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8239/8239_texto_integral.xml" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8240/8240_texto_integral.xml" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8241/8241_texto_integral.xml" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8242/8242_texto_integral.xml" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8243/8243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8244/8244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8250/8250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8251/8251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8252/8252_texto_integral.xml" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8253/8253_texto_integral.xml" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8254/8254_texto_integral.xml" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8256/8256_texto_integral.xml" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8258/8258_texto_integral.xml" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8259/8259_texto_integral.xml" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8261/8261_texto_integral.xml" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8262/8262_texto_integral.xml" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8263/8263_texto_integral.xml" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8265/8265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8269/8269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8270/8270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8275/8275_texto_integral.xml" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8277/8277_texto_integral.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8279/8279_texto_integral.xml" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8280/8280_texto_integral.xml" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8282/8282_texto_integral.xml" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8283/8283_texto_integral.xml" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8284/8284_texto_integral.xml" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8285/8285_texto_integral.xml" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8286/8286_texto_integral.xml" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8287/8287_texto_integral.xml" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8293/8293_texto_integral.xml" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8294/8294_texto_integral.xml" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8295/8295_texto_integral.xml" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8297/8297_texto_integral.xml" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8298/8298_texto_integral.xml" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8299/8299_texto_integral.xml" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8300/8300_texto_integral.xml" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8301/8301_texto_integral.xml" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8302/8302_texto_integral.xml" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8303/8303_texto_integral.xml" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8305/8305_texto_integral.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8306/8306_texto_integral.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8307/8307_texto_integral.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8308/8308_texto_integral.xml" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8309/8309_texto_integral.xml" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8311/8311_texto_integral.xml" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8327/8327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8328/8328_texto_integral.xml" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8331/8331_texto_integral.xml" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8332/8332_texto_integral.xml" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8334/8334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8335/8335_texto_integral.xml" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8336/8336_texto_integral.xml" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8337/8337_texto_integral.xml" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8338/8338_texto_integral.xml" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8339/8339_texto_integral.xml" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8340/8340_texto_integral.xml" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7771/7771_texto_integral.xml" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7772/7772_texto_integral.xml" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7773/7773_texto_integral.xml" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7774/7774_texto_integral.xml" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7779/7779_texto_integral.xml" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7780/7780_texto_integral.xml" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7781/7781_texto_integral.xml" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7814/7814_texto_integral.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7869/7869_texto_integral.xml" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7876/7876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7906/7906_texto_integral.xml" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7908/7908_texto_integral.xml" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7990/7990_texto_integral.xml" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7991/7991_texto_integral.xml" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7995/7995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7996/7996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8009/8009_texto_integral.xml" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8013/8013_texto_integral.xml" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8028/8028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8042/8042_texto_integral.xml" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8043/8043_texto_integral.xml" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8052/8052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8075/8075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8080/8080_texto_integral.xml" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8090/8090_texto_integral.xml" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8159/8159_texto_integral.xml" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8162/8162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8163/8163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8164/8164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8165/8165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8175/8175_texto_integral.xml" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8178/8178_texto_integral.xml" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8185/8185_texto_integral.xml" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8190/8190_texto_integral.xml" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8207/8207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8208/8208_texto_integral.xml" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8211/8211_texto_integral.xml" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8223/8223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8225/8225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8226/8226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8231/8231_texto_integral.xml" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8236/8236_texto_integral.xml" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8257/8257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8266/8266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8267/8267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8281/8281_texto_integral.xml" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8288/8288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8304/8304_texto_integral.xml" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8310/8310_texto_integral.xml" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8322/8322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8323/8323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8324/8324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8325/8325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8326/8326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8341/8341_texto_integral.xml" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8342/8342_texto_integral.xml" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8343/8343_texto_integral.xml" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8344/8344_texto_integral.xml" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8034/8034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8035/8035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8128/8128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8192/8192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8292/8292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7753/7753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7754/7754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7757/7757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7758/7758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7852/7852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7879/7879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7884/7884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7885/7885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7912/7912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7929/7929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7930/7930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7942/7942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7978/7978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7998/7998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8001/8001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8037/8037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8051/8051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8053/8053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8054/8054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8056/8056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8057/8057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8066/8066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8068/8068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8072/8072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8073/8073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8081/8081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8082/8082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8096/8096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8097/8097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8118/8118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8119/8119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8124/8124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8125/8125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8127/8127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8130/8130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8131/8131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8132/8132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8133/8133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8166/8166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8169/8169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8170/8170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8171/8171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8172/8172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8173/8173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8183/8183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8193/8193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8194/8194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8209/8209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8227/8227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8245/8245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8246/8246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8247/8247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8255/8255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8260/8260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8273/8273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8289/8289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8291/8291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8312/8312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8313/8313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8315/8315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8316/8316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8317/8317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8318/8318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8345/8345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8346/8346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8347/8347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8349/8349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7851/7851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7853/7853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7854/7854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7855/7855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7931/7931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7932/7932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7979/7979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8038/8038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8120/8120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8121/8121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8122/8122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8126/8126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8129/8129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8248/8248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8249/8249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8290/8290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8314/8314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7755/7755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7759/7759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7941/7941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8348/8348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7762/7762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7763/7763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7782/7782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7783/7783_texto_integral.xml" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7784/7784_texto_integral.xml" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7785/7785_texto_integral.xml" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7786/7786_texto_integral.xml" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7817/7817_texto_integral.xml" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7818/7818_texto_integral.xml" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7850/7850_texto_integral.xml" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7877/7877_texto_integral.xml" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7878/7878_texto_integral.xml" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7897/7897_texto_integral.xml" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7898/7898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7899/7899_texto_integral.xml" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7900/7900_texto_integral.xml" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7903/7903_texto_integral.xml" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7928/7928_texto_integral.xml" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7950/7950_texto_integral.xml" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7951/7951_texto_integral.xml" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7987/7987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7992/7992_texto_integral.xml" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8002/8002_texto_integral.xml" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8011/8011_texto_integral.xml" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8014/8014_texto_integral.xml" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8026/8026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8036/8036_texto_integral.xml" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8045/8045_texto_integral.xml" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8067/8067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8069/8069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8091/8091_texto_integral.xml" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8094/8094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8095/8095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8137/8137_texto_integral.xml" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8148/8148_texto_integral.xml" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8230/8230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8264/8264_texto_integral.xml" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8268/8268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8271/8271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8272/8272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8274/8274_texto_integral.xml" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8276/8276_texto_integral.xml" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8296/8296_texto_integral.xml" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8319/8319_texto_integral.xml" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8329/8329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8330/8330_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H564"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="142.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="143.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="95" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>