--- v1 (2025-12-10)
+++ v2 (2026-03-22)
@@ -54,6350 +54,6350 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7760</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Projeto de Ementa à Lei Orgânica do Município</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7760/7760_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7760/7760_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO "CAPUT" DO ARTIGO 118-A, E REVOGA OS SEUS INCISOS I, II E III, DA LEI ORGÂNICA DO MUNICÍPIO DE 5 DE ABRIL DE 1990 (1ª EDIÇÃO).</t>
   </si>
   <si>
     <t>8123</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8123/8123_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8123/8123_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO § 6º, DO ARTIGO 130, DA LEI ORGÂNICA DO MUNICÍPIO, DE 5 DE ABRIL DE 1990, MODIFICADO PELA EMENDA Nº. 2/2014, DE 6 DE ABRIL DE 2011, E DÁ OUTRA PROVIDÊNCIA. </t>
   </si>
   <si>
     <t>7761</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Cassio Santa Cruz, Calão - Galeto, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7761/7761_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7761/7761_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A TROCA DO TELHADO DA QUADRA INTERNA DO GINÁSIO DE ESPORTES "VEREADOR EDUARDO ATIQUE"</t>
   </si>
   <si>
     <t>7764</t>
   </si>
   <si>
     <t>Márcia Alves</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7764/7764_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7764/7764_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONTRATAÇÃO DE UM MÉDICO PARA O AMBULATÓRIO MUNICIPAL "PREFEITO DR. HERMÍNIO DE LAURENTIZ NETO", PARA QUE POSSA IMPLANTAR O PRONTO ATENDIMENTO DAS 08:00 ÀS 17:00 HORAS.</t>
   </si>
   <si>
     <t>7765</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7765/7765_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7765/7765_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO " AGENDAMENTO ELETRÔNICO", A FIM DE QUE CONSULTAS MÉDICAS NOS POSTOS DE SAÚDE POSSAM SER AGENDADAS POR TELEFONE.</t>
   </si>
   <si>
     <t>7766</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7766/7766_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7766/7766_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELA SECRETARIA MUNICIPAL DE OBRAS NO SENTIDO DE SE VERIFICAR O DESGASTE PREMATURO DA PISTA DE ATLETISMO NO GINÁSIO DE ESPORTES " VEREADOR EDUARDO ATIQUE".</t>
   </si>
   <si>
     <t>7767</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7767/7767_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7767/7767_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE IMPLANTAR NAS UNIDADES BÁSICAS DE SAÚDE, NO AMBULATÓRIO MUNICIPAL " PREFEITO DR. HERMÍNIO DE LAURENTIZ NETO" E NO PRONTO SOCORRO O SISTEMA DE PRONTUÁRIO ELETRÔNICO.</t>
   </si>
   <si>
     <t>7768</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7768/7768_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7768/7768_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA MUNICIPAL DE GUARIBA, NO SENTIDO DE REALIZAR MANUTENÇÃO DAS LUZES DAS PRAÇAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>7769</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7769/7769_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7769/7769_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA MUNICIPAL DE GUARIBA, NO SENTIDO DE REALIZAR MANUTENÇÃO DOS APARELHOS DE GINÁSTICA NA PRAÇA MAÇÔNICA "DR. ANTONIO CARLOS ROCCA", NO RESIDENCIAL MORADA DO SOL."</t>
   </si>
   <si>
     <t>7770</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7770/7770_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7770/7770_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO CONTER A INFESTAÇÃO DE POMBOS NO GINÁSIO DE ESPORTES VEREADOR EDUARDO ATIQUE._x000D_
 </t>
   </si>
   <si>
     <t>7775</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Marcia Scalon</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7775/7775_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7775/7775_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS EM RELAÇÃO A RESTAURAÇÃO DE UM POSTE DE ILUMINAÇÃO NA AVENIDA ANTONIO ALBINO, PARA QUE SEJA REATIVADO APÓS SER DANIFICADO POR UM CARRO QUE COLIDIU COM O MESMO.</t>
   </si>
   <si>
     <t>7776</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Nivaldo</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7776/7776_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7776/7776_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA A FIM DE QUE SEJA RECOLHIDO O ÓLEO UTILIZADO NAS COZINHAS DOMÉSTICAS PELA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>7777</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Marcelinho do Lino</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7777/7777_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7777/7777_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR UM VEÍCULO DA MUNICIPALIDADE PARA LEVAR PARA CASA PACIENTES QUE SE SUBMETEM À COLONOSCOPIA.</t>
   </si>
   <si>
     <t>7778</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7778/7778_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7778/7778_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELA SECRETARIA MUNICIPAL DA SAÚDE NO SENTIDO DE MELHORAR A HUMANIZAÇÃO NOS ATENDIMENTOS REALIZADOS NA RECEPÇÃO DO AMBULATÓRIO MUNICIPAL HERMÍNIO DE LAURENTIZ NETO.</t>
   </si>
   <si>
     <t>7787</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Paulo de Sa</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7787/7787_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7787/7787_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">TORNAR OBRIGATÓRIO O USO DE CRACHÁ POR FUNCIONÁRIOS, CONTRATADOS, CARGO COMISSIONADO E TEMPORÁRIOS NO EXERCÍCIO DA ATRIBUIÇÃO PÚBLICA MUNICIPAL. </t>
   </si>
   <si>
     <t>7788</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7788/7788_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7788/7788_texto_integral.xml</t>
   </si>
   <si>
     <t>DIA DE AÇÃO SOCIAL PARA INFORMAR AOS MUNÍCIPES SOBRE OS DIREITOS DAS POLÍTICAS DOS IDOSOS, DA SAÚDE DE MENTAL, DOS SORO POSITIVOS, DOS PACIENTES DE CÂNCER, DOS DEFICIENTES FÍSICOS, DENTRE OUTROS.</t>
   </si>
   <si>
     <t>7789</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7789/7789_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7789/7789_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMAS PELO SETOR COMPETENTE DA PREFEITURA MUNICIPAL A FIM DE QUE SE SEJA REALIZADA LIMPEZA NAS MARGENS DO RIO GUARIBA.</t>
   </si>
   <si>
     <t>7790</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7790/7790_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7790/7790_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM FEITOS PELO ORGÃO COMPETENTE DA PREFEITURA NO SENTIDO DE, ADOTAR MÃO ÚNICA DE TRÂNSITO NA RUA SALVADOR D'ONÓFRIO, ENTRE A AVENIDA SAUDADE E ANTONIO ALBINO, POIS ESSES DOIS QUARTEIRÕES SÃO ESTREITOS E DIFICULTAM A PASSAGEM DE DOIS VEÍCULOS AO MESMO TEMPO.</t>
   </si>
   <si>
     <t>7791</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7791/7791_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7791/7791_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM FEITOS PELO ÓRGÃO COMPETENTE DA PREFEITURA NO SENTIDO DE AVERIGUAR-SE UM POSTE DE ILUMINAÇÃO COM MAU FUNCIONAMENTO NA AVENIDA AMADEU MAZZI.</t>
   </si>
   <si>
     <t>7792</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Dr. Carósio</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7792/7792_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7792/7792_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS NO SENTIDO DE QUE, O VALE ALIMENTAÇÃO DOS PROFESSORES DO MUNICÍPIO, TENHA VALOR IGUAL AO DAS OUTRAS CATEGORIAS DE SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>7793</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7793/7793_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7793/7793_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE, RESTABELECER A INSTALAÇÃO DOS PONTOS DE INTERNET GRATUITA EM VÁRIOS LOCAIS DO MUNICÍPIO, COM A FINALIDADE DE ATENDER PRINCIPALMENTE A POPULAÇÃO MAIS CARENTE.</t>
   </si>
   <si>
     <t>7794</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Magna Rocha</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7794/7794_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7794/7794_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR DE DEDETIZAÇÃO PERIÓDICA NO CEMITÉRIO MUNICIPAL PARA EVITAR PROLIFERAÇÃO DE BARATAS, ESCORPIÕES ENTRE OUTROS.</t>
   </si>
   <si>
     <t>7795</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7795/7795_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7795/7795_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR RETIRADAS TODOS ENTULHOS LOCALIZADA NA RUA SÃO PEDRO NO BAIRRO ALTO </t>
   </si>
   <si>
     <t>7796</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7796/7796_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7796/7796_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR MONITORAMENTOS COM CÂMERAS DE GRAVAÇÃO DE IMAGEM  </t>
   </si>
   <si>
     <t>7797</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7797/7797_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7797/7797_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR MANUTENÇÃO NOS PARQUINHOS DA CIDADE, BEM COMO QUE SEJAM PLANTADAS GRAMAS NESSES LOCAIS.</t>
   </si>
   <si>
     <t>7798</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Néia Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7798/7798_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7798/7798_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL AO SETOR COMPETENTE DA PREFEITURA, QUE DENTRO DA DISPONIBILIDADE FINANCEIRA, ESTUDOS SEJAM ELABORADOS VISANDO A CRIAÇÃO DE UMA FRENTE DE TRABALHO, COM O PRINCIPAL OBJETIVO DE EXECUTAR SERVIÇOS EMERGENCIAIS DENTRO DO MUNICÍPIO, COMO CAPINAR TERRENOS PÚBLICOS, VIAS DE ACESSO, GALERIAS, CÓRREGO, MATAS CILIARES, SUPRINDO A FALTA DE FUNCIONÁRIOS E REFORÇANDO O TIME DE LIMPEZA DO SETOR RESPONSÁVEL.</t>
   </si>
   <si>
     <t>7799</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7799/7799_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7799/7799_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, QUE DENTRO DA DISPONIBILIDADE FINANCEIRA, SEJA COLOCADO MAIS UM ÔNIBUS PARA COIBIR QUE AS TRABALHADORAS DOMÉSTICAS USUÁRIAS POSSAM VIAJAR EM PÉ OU SENTADAS NOS CORREDORES. DE ACORDO COM AS POSSIBILIDADES, NAS PRÓXIMAS LICITAÇÕES PARA A CONTRATAÇÃO DE EMPRESA QUE REALIZA O TRANSPORTE DAS MESMAS, REDUZA OS PREÇOS PRATICADOS PELA ATUAL. </t>
   </si>
   <si>
     <t>7800</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7800/7800_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7800/7800_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE_x000D_
 DA PREFEITURA PARA INICIATIVA DE UM PROJETO DE LEI VISANDO OBTER AUTORIZAÇÃO LEGISLATIVA PARA A_x000D_
 MUNICIPALIDADE RECEBER DÉBITOS INSCRITOS NA DÍVIDA ATIVA, DE FORMA ESPECIAL, COM ANISTIA DE_x000D_
 JUROS E MULTA, OU SEJA, NOS MESMOS MOLDES DAS LEIS: LEI Nº 2.113, DE 20 DE JANEIRO DE 2.006; LEI Nº 2.125, DE 28 DE ABRIL DE 2.006 E LEI Nº 2.292, DE 10 DE OUTUBRO DE 2.008._x000D_
 </t>
   </si>
   <si>
     <t>7801</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7801/7801_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7801/7801_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS, DENTRO DA DISPONIBILIDADE FINANCEIRA, SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONTRATAR UM PROFISSIONAL ESPECIALIZADO PARA REALIZAR A LIMPEZA DE TODAS AS PISCINAS DA REDE MUNICIPAL DE EDUCAÇÃO E TAMBÉM A DO CENTRO DE CONVIVÊNCIA DA TERCEIRA IDADE ''ALEGRIA DE VIVER'', LOCALIZADA NA AV. LUIZ BARICHELLO, Nº 644, PARQUE DOS LAGOS.</t>
   </si>
   <si>
     <t>7802</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7802/7802_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7802/7802_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS DE ACORDO COM A DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DISPONIBILIZAR UM PROFESSOR DE EDUCAÇÃO FÍSICA E ESTUDOS SEJAM REALIZADOS PARA ATENDER AO CENTRO DE CONVIVÊNCIA DA TERCEIRA IDADE ''ALEGRIA DE VIVER'' A FIM DE MINISTRAR AULAS DE HIDROGINÁSTICA NA PISCINA, LOCALIZADA NA AV. LUIZ BARICHELLO, Nº 644, PARQUE DOS LAGOS, COMO ERA FEITO EM OUTRAS ADMINISTRAÇÕES MUNICIPAIS. </t>
   </si>
   <si>
     <t>7803</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Dr. Dayan</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7803/7803_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7803/7803_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE DESTINAR VAGAS DE ESTACIONAMENTO EXCLUSIVO PARA IDOSOS, E DEFICIENTES FÍSICOS DEFRONTE AO AMBULATÓRIO MUNICIPAL "PREFEITO DR. HERMÍNIO DE LAURENTIZ NETO"</t>
   </si>
   <si>
     <t>7804</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7804/7804_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7804/7804_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE ACADEMIA AO AR LIVRE NA PRAÇA PÚBLICA &amp;#8220;JAQUELINE FERREIRA DE SOUZA&amp;#8221; NO BAIRRO RESIDENCIAL NELSON CAPORUSSO.</t>
   </si>
   <si>
     <t>7805</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7805/7805_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7805/7805_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR UMA PRAÇA PÚBLICA, DOTADA DE BANCOS, QUIOSQUE E LIXEIRAS, NA ÁREA LOCALIZADA ENTRE AS RUAS JABOTICABAL E MONTE ALTO, NO BAIRRO COHAB 1.</t>
   </si>
   <si>
     <t>7806</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7806/7806_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7806/7806_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR UMA CANALETA DE ESCOAMENTO DE ÁGUAS PLUVIAIS DE PREFERENCIA DE FERRO NO LIGAMENTO DA  RUA JOSÉ VIZIACK COM NELLO PETRINI.</t>
   </si>
   <si>
     <t>7807</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Calão - Galeto</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7807/7807_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7807/7807_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A RETOMADA DO LAZER DOMINICAL REALIZADO SEMANALMENTE NA PRAÇA CENTRAL, CONHECIDO COMO "DOMINGO NA PRAÇA".</t>
   </si>
   <si>
     <t>7808</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7808/7808_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7808/7808_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CRIAÇÃO DA GUARDA CIVIL MUNICIPAL DE GUARIBA, CONFORME LEI FEDERAL Nº 13.022, DE 8 DE AGOSTO DE 2014.</t>
   </si>
   <si>
     <t>7809</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7809/7809_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7809/7809_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 206 DA AV. ANDRÉ MAZZEO PRIMO NO JARDIM PAULISTANO.</t>
   </si>
   <si>
     <t>7810</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7810/7810_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7810/7810_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 40 DA RUA MIGUEL PACÍFICO NO JARDIM VIRGÍNIA.</t>
   </si>
   <si>
     <t>7811</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7811/7811_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7811/7811_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSTALAR MAIS LIXEIRAS NOS ARREDORES DO PARQUE DOS LAGOS "VEREADOR LUIZ DA CONCEIÇÃO".</t>
   </si>
   <si>
     <t>7812</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7812/7812_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7812/7812_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSTALAR MAIS BANCOS NO PARQUE DOS LAGOS "VEREADOR LUIZ DA CONCEIÇÃO".</t>
   </si>
   <si>
     <t>7813</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7813/7813_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7813/7813_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSTALAR SINALIZAÇÃO VERTICAL E HORIZONTAL NAS RUAS DO DISTRITO INDUSTRIAL GOVERNADOR MÁRIO COVAS, E LOMBADAS NA RUA JOÃO VIZIACK.</t>
   </si>
   <si>
     <t>7815</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Márcia Alves, Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7815/7815_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7815/7815_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO ASSINATURA DE CONVÊNIO PARA A ATIVIDADE DELEGADA ENTRE PREFEITURA E A SECRETARIA DE SEGURANÇA PÚBLICA DO ESTADO DE SÃO PAULO, PERMITINDO QUE POLICIAIS MILITARES POSSAM ATUAR EM DIAS DE FOLGA E RECEBER REMUNERAÇÃO DA MUNICIPALIDADE POR ISSO.</t>
   </si>
   <si>
     <t>7816</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7816/7816_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7816/7816_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA MUNICIPAL DE GUARIBA NO SENTIDO DE SE AVERIGUAR, PORQUE AS LUZES DA AVENIDA RICIERI DE OLIVEIRA, NÃO ESTÃO ACENDENDO DO MEIO PARA FRENTE, EM SENTIDO AO RESIDENCIAL PAINEIRAS, BEM COMO DA PRAÇA " JOSÉ FRANCISCO CAPORUSSO".</t>
   </si>
   <si>
     <t>7819</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Cassio Santa Cruz</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7819/7819_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7819/7819_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INCLUIR DOIS QUILOS DE CARNE BOVINA (MAÇÃ DA PALETA) NAS CESTAS BÁSICAS FORNECIDAS PELA MUNICIPALIDADE ÀS FAMÍLIAS CARENTES.</t>
   </si>
   <si>
     <t>7820</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7820/7820_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7820/7820_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE, FAZER O RECAPEAMENTO DA RUA DIOLINDO AMBRÓSIO, EM FRENTE À PRAÇA DA AVENIDA DA PAZ, LOCALIZADA NA COHAB 2.</t>
   </si>
   <si>
     <t>7821</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7821/7821_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7821/7821_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE DÊ OS DEVIDOS REPAROS NA PRAÇA DA AVENIDA DA PAZ, LOCALIZADA NA COHAB 2, SOBRETUDO NA QUESTÃO DE TROCA DE LÂMPADAS E FIAÇÃO ADEQUADA, BEM COMO NO REJARDINAMENTO DA MESMA.</t>
   </si>
   <si>
     <t>7822</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7822/7822_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7822/7822_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA PERANTE A CPFL NO SENTIDO DE REMANEJAR - PARA A DIVISA DOS LOTES - O POSTE LOCALIZADO DEFRONTE À GARAGEM DO IMÓVEL DE NÚMERO 391 DA RUA BENEDITO PRADO, NO RESIDENCIAL VILA MARIANA II.</t>
   </si>
   <si>
     <t>7823</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7823/7823_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7823/7823_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA PERANTE A CPFL NO SENTIDO DE INSTALAR BRAÇO DE LUZ EM POSTE DE ILUMINAÇÃO PÚBLICA EXISTENTE NA ALTURA DO NÚMERO 500 DA RUA DOS BELLODI, PRÓXIMO À MATINHA, NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>7824</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7824/7824_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7824/7824_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS URGENTES SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONVERSÃO DA FIAÇÃO SUBTERRÂNEA EXISTENTE NAS PRAÇAS PÚBLICAS, QUIOSQUES, NAS QUADRAS E AVENIDAS, POR FIAÇÃO AÉREA.</t>
   </si>
   <si>
     <t>7825</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7825/7825_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7825/7825_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS URGENTES SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE RESOLVER O PROBLEMA DE VAZAMENTO NO TETO DO AMBULATÓRIO MUNICIPAL &amp;#8220;PREFEITO HERMÍNIO DE LAURENTIZ NETO&amp;#8221;, MAIS PRECISAMENTE NAS SALAS DE VACINA E ULTRASSONOGRAFIA.</t>
   </si>
   <si>
     <t>7826</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7826/7826_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7826/7826_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O ESTACIONAMENTO EM UM DOS LADOS DA RUA LOURENÇO GELAIM._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7827</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7827/7827_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7827/7827_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONTRATAR FONOAUDIÓLOGAS PARA A UBS DA VILA AMORIM.</t>
   </si>
   <si>
     <t>7828</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Dr. Carósio, Calão - Galeto, Cassio Santa Cruz, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7828/7828_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7828/7828_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. PREFEITO MUNICIPAL NO SENTIDO DE ELABORAR E REMETER PROJETO DE LEI A ESSA CASA, NO SENTIDO DE PROIBIR O TRÁFEGO DE VEÍCULOS PESADOS NO PERÍMETRO URBANO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7829</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7829/7829_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7829/7829_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE REALIZAR A PODA DE UMA ÁRVORE QUE OFERECE RISCOS À FIAÇÃO ELÉTRICA E CAUSA TRANSTORNOS À MORADORA, POIS HÁ MUITA QUEDA DE FOLHAS, O QUE ACABA RESULTANDO NO ENTUPIMENTO DE CALHAS EM SUA RESIDÊNCIA, LOCALIZADA NA AVENIDA ITALO POLITI 147, DIVISA COM O ESTÁDIO DOMINGOS BALDAN.</t>
   </si>
   <si>
     <t>7830</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7830/7830_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7830/7830_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA MUNICIPAL DE GUARIBA, PARA INSTALAÇÃO DE EQUIPAMENTOS PARA A PRÁTICA DE CALISTENIA NO PARQUE DOS LAGOS LUIZ DA CONCEIÇÃO. </t>
   </si>
   <si>
     <t>7831</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7831/7831_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7831/7831_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE SEJA IMPLANTADO EM NOSSO MUNICÍPIO O PROGRAMA DO &amp;#8220;IPTU PREMIADO&amp;#8221;, EM QUE OS CONTRIBUINTES QUE ESTÃO EM DIA COM A ARRECADAÇÃO PARTICIPARÃO ANUALMENTE, NO MÊS DE DEZEMBRO DE UM SORTEIO DE PRÊMIOS. </t>
   </si>
   <si>
     <t>7832</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7832/7832_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7832/7832_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A IMPLANTAÇÃO DE UM CURSINHO PRÉ-VESTIBULAR EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>7833</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7833/7833_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7833/7833_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE PELO MENOS UMA VEZ POR SEMANA UM PROFISSIONAL DA ÁREA ;VISITE AS ACADEMIAS AO AR LIVRE; PARA ORIENTAR OS FREQUENTADORES DAQUELE LOCAL.</t>
   </si>
   <si>
     <t>7834</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7834/7834_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7834/7834_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 140 DA AV. JOSÉ VIZIACK NO JARDIM HORTÊNCIA.</t>
   </si>
   <si>
     <t>7835</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7835/7835_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7835/7835_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 200 DA RUA RAFAEL FABRÍCIO NO RESIDENCIAL NELSON CAPORUSSO.</t>
   </si>
   <si>
     <t>7836</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7836/7836_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7836/7836_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE SE PERMITIR O ESTACIONAMENTO DE VEÍCULOS EM APENAS UM DOS LADOS DA RUA SÃO JOÃO.</t>
   </si>
   <si>
     <t>7837</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7837/7837_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7837/7837_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR CONSTRUÇÃO DE CANALETA DE ESCOAMENTO DE ÁGUAS PLUVIAIS NA RUA ANTÔNIO VITRANI, ALTURA DO Nº 90, NO BAIRRO COOHAB II.</t>
   </si>
   <si>
     <t>7848</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7848/7848_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7848/7848_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO PROCOM NO SENTIDO DE FISCALIZAR AS AGÊNCIAS BANCÁRIAS COM BASE NA LEI ESTADUAL Nº 10.993, DE 21 DE DEZEMBRO DE 2001, QUE DISPÕE SOBRE O ATENDIMENTO AO CONSUMIDOR, NOS CAIXAS DAS AGÊNCIAS BANCÁRIAS.</t>
   </si>
   <si>
     <t>7849</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7849/7849_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7849/7849_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CRIAR ECOPONTOS COM CAÇAMBAS EM PONTOS ESTRATÉGICOS DA CIDADE, PARA DESCARTE E CORRETA DESTINAÇÃO PELA PREFEITURA DE ENTULHOS COMO MÓVEIS, ELETRODOMÉSTICOS, PINHAS, BATERIAS DE CELULAR, PNEUS, LÂMPADAS, ENTULHO DE CONSTRUÇÃO, ENTRE OUTROS QUE A POPULAÇÃO PRECISE DESCARTAR.</t>
   </si>
   <si>
     <t>7840</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7840/7840_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7840/7840_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM FEITOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE ADQUIRIR E INSTALAR CÂMERAS DE VIGILÂNCIA E MONITORAMENTO EM TODAS AS ENTRADAS/SAÍDAS DA CIDADE, INTEGRADAS AO SISTEMA INTELIGENTE CONHECIDO COMO &amp;#8220;DETECTA&amp;#8221;, DA POLÍCIA DO ESTADO DE SÃO PAULO, PARA O CONTROLE E MONITORAMENTO DE ENTRADA E SAÍDA DE VEÍCULOS NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>7841</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7841/7841_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7841/7841_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE ESTABELECER MÃO DUPLA DE TRÂNSITO NA RUA LUÍS BARRICHELLO, EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>7842</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7842/7842_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7842/7842_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR DENTRO DA DISPONIBILIDADE FINANCEIRA, A REUTILIZAÇÃO DA PASSARELA QUE SE ENCONTRA EM DESUSO NA FAZENDA SANTA CRUZ TRANSFERINDO-A SOBRE O CÓRREGO QUE SEPARA O RESIDENCIAL BELA VISTA DOS BAIRROS VILA VARELLA, RESIDENCIAL LUIZ CARLOS SANTIN, DENTRE OUTROS. </t>
   </si>
   <si>
     <t>7843</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7843/7843_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7843/7843_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR DENTRO DA DISPONIBILIDADE FINANCEIRA, QUE A PRÓXIMA LICITAÇÃO A SER FEITA ENTRE A PREFEITURA E A EMPRESA QUE TRANSPORTA AS TRABALHADORAS E TRABALHADORES GUARIBENSES QUE VIAJAM PARA RIBEIRÃO PRETO SEJA FEITA NOS MESMOS MOLDES QUE É REALIZADA PARA A CONTRATAÇÃO DE ÔNIBUS PARA O TRANSPORTE DOS ESTUDANTES ATÉ AS CIDADES DA REGIÃO. </t>
   </si>
   <si>
     <t>7844</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7844/7844_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7844/7844_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR DENTRO DA DISPONIBILIDADE FINANCEIRA, A REUTILIZAÇÃO DA CAIXA D&amp;#8217;ÁGUA (SEGUE FOTO ANEXA) QUE SE ENCONTRA EM DESUSO NA FAZENDA SANTA CRUZ TRANSFERINDO-A PARA PRÓXIMO DOS BANHEIROS DA FEIRA DE DOMINGO. </t>
   </si>
   <si>
     <t>7845</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7845/7845_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7845/7845_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS DE ACORDO COM A DISPONIBILIDADE FINANCEIRA E ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE UM PLAYGROUND NA ÁREA VERDE SITUADA NO CRUZAMENTO DA R. ATÍLIO CHARION E RAMIRO SUAREZ RODRIGUEZ, BAIRRO JARDIM PAULISTANO.</t>
   </si>
   <si>
     <t>7846</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7846/7846_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7846/7846_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS DE ACORDO COM A DISPONIBILIDADE FINANCEIRA E ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR NA ÁREA VERDE SITUADA NO CRUZAMENTO DA R. ATÍLIO CHARION E RAMIRO SUAREZ RODRIGUEZ, BAIRRO JARDIM PAULISTANO, A INSTALAÇÃO DE ILUMINAÇÃO COM FIAÇÃO TÉRREA COM PROFUNDIDADE MAIOR DO QUE SE IMPLANTA ATUALMENTE A FIM DE IMPEDIR A AÇÃO DE VÂNDALOS EM ROUBAR AS MESMAS.</t>
   </si>
   <si>
     <t>7847</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7847/7847_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7847/7847_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE DE ACORDO COM A DISPONIBILIDADE FINANCEIRA, PROVIDÊNCIAS QUE ESPECIFICA SEJAM TOMADAS EM RELAÇÃO AO RESIDENCIAL SANTA CRUZ.</t>
   </si>
   <si>
     <t>7856</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7856/7856_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7856/7856_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE PROIBIR O ESTACIONAMENTO DE AUTOMÓVEIS EM UM DOS LADOS DA RUA JOSÉ CORREA LEITE FILHO ENTRE A AVENIDA ITALO POLITI E A AVENIDA HENRIQUE CARLETTI.</t>
   </si>
   <si>
     <t>7857</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7857/7857_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7857/7857_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE SEJA COLOCADAS OU RECOLOCADAS PLACAS COM O NOME DAS RUAS E AVENIDAS EM NOSSO MUNICÍPIO ONDE NÃO TIVER TAL INFORMAÇÃO ESTIVER AUSENTE OU DETERIORADA, PRINCIPALMENTE NOS BAIRROS E LOTEAMENTOS NOVOS ONDE A SINALIZAÇÃO FOI REALIZADA COM ADESIVOS COLADOS EM POSTES.</t>
   </si>
   <si>
     <t>7858</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7858/7858_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7858/7858_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA CRIAÇÃO DE FAIXA DE PEDESTRE E PLACA DE SINALIZAÇÃO EM FRENTE AO PORTÃO ONDE O CAMINHÃO DA MERENDA ESCOLAR DESCARREGA OS ALIMENTOS E REFORÇAR A PINTURA DE SINALIZAÇÃO NAS RUAS AO REDOR DA ESCOLA E.M.E.B. MARIA CECILIA PACIFICO DE FARIA CUJA AVENIDA ERNESTO DE ANGELIS, 605 COHAB II. </t>
   </si>
   <si>
     <t>7859</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7859/7859_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7859/7859_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DA REATIVAÇÃO DO CAMPO DO CENTRO DE LAZER MUNICIPAL JOSE DEODATO LOCALIZADA NA VILLA ROCA. </t>
   </si>
   <si>
     <t>7860</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7860/7860_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7860/7860_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SEREM EFETUADOS ALGUNS REPAROS NAS RUAS QUE DÃO ACESSO A CHÁCARA DA NEIDE E DOS LOUZADA. </t>
   </si>
   <si>
     <t>7861</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7861/7861_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7861/7861_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE COLOCAR UMA BANDEIRA DO MUNICÍPIO NA ENTRADA DA CIDADE.</t>
   </si>
   <si>
     <t>7862</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7862/7862_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7862/7862_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE COLOCAR UM PONTO DE ÔNIBUS COM COBERTURA NA PRAÇA DO BAIRRO NOVA ROCCA.</t>
   </si>
   <si>
     <t>7863</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7863/7863_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7863/7863_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSTALAR UMA LOMBADA NA AVENIDA ANTÔNIO ALBINO NO NÚMERO 459, ONDE ESTÁ LOCALIZADA A IGREJA COMUNIDADE CRISTÃ.</t>
   </si>
   <si>
     <t>7864</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7864/7864_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7864/7864_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE IMPLANTAR UM BEBEDOURO DE ÁGUA NA QUADRA POLIESPORTIVA DA EMEB GINO BELLODI.</t>
   </si>
   <si>
     <t>7896</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7896/7896_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7896/7896_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO DEMUTRAN OBJETIVANDO INSTALAR LOMBADAS COM FAIXAS DE PEDESTRES - AS CHAMADAS LOMBOFAIXAS - NA ROTATÓRIA EXISTENTE NA CONFLUÊNCIA DA RUA ANDRÉ MÁRIO D'MIGUEL COM AS AVENIDAS AMADEU MAZZI, HELAINE OLIVEIRA VARELLA E LUIZ BARICHELLO.</t>
   </si>
   <si>
     <t>7866</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7866/7866_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7866/7866_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE QUE SEJA INSTITUÍDA GRATIFICAÇÃO AOS FUNCIONÁRIOS DA MUNICIPALIDADE QUE TRABALHAM NO CARTÓRIO DA 197º ZONA ELEITORAL.</t>
   </si>
   <si>
     <t>7867</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7867/7867_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7867/7867_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA PERANTE A CPFL NO SENTIDO DE PROCEDER ÀS MELHORIAS NA ILUMINAÇÃO PÚBLICA DA RUA JOSÉ CORRÊA LEITE FILHO, NO JARDIM PAULISTANO, BEM COMO DAS AVENIDAS SALVADOR CAMPANHÃO E JOÃO DE SOUZA SILVA, NO JARDIM SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>7868</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7868/7868_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7868/7868_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO DEMUTRAN OBJETIVANDO INSTALAR LOMBADAS COM FAIXAS DE PEDESTRES - AS CHAMADAS LOMBOFAIXAS &amp;#8211; AO LONGO DA RUA OTÁVIO EVANGELISTA DE SOUZA.</t>
   </si>
   <si>
     <t>7870</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7870/7870_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7870/7870_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONTRATAÇÃO DE UM DENTISTA ESPECIALIZADO EM ODONTOPEDIATRIA, PARA ATENDIMENTO INFANTIL E CUIDAR TAMBÉM DE CRIANÇAS COM NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>7871</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7871/7871_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7871/7871_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSTALAR UMA LOMBADA NA AVENIDA ANDRÉ MARIO D&amp;#8217;MIGUEL NA ALTURA DAS PROXIMIDADES DO CRUZAMENTO COM A AV. FRANCISCO DE PAULA.</t>
   </si>
   <si>
     <t>7872</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7872/7872_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7872/7872_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PERANTE A CPFL OBJETIVANDO VIABILIZAR A TROCA DE POSTE DE MADEIRA POR UM DE CONCRETO, NA RUA BONFIM NA ALTURA DO NÚMERO 1445 PRÓXIMO AO CRUZAMENTO COM A AV. JOAQUIM MATHEUS CORREA.</t>
   </si>
   <si>
     <t>7873</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7873/7873_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7873/7873_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, DENTRO DA DISPONIBILIDADE FINANCEIRA, NO SENTIDO DE CONSTRUIR UM QUIOSQUE DOTADO DE BANCOS E LIXEIRAS, NA ÁREA LOCALIZADA ENTRE A RUA NELLO PETRINI E AV. DR. SOBRAL NETO, NO BAIRRO JARDIM BOA VISTA.</t>
   </si>
   <si>
     <t>7874</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7874/7874_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7874/7874_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, DENTRO DA DISPONIBILIDADE FINANCEIRA, NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE SANITÁRIOS NA ÁREA VERDE LOCALIZADA NA R. DONATO JAFELICE, NO RESIDENCIAL LAURENTIZ, ONDE ATUALMENTE ESTÃO SENDO MINISTRADAS AULAS DE BALIZA, DIREÇÃO E REALIZADOS EXAMES PARA OBTENÇÃO DA CARTEIRA NACIONAL DE HABILITAÇÃO.</t>
   </si>
   <si>
     <t>7875</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7875/7875_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7875/7875_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, DENTRO DA DISPONIBILIDADE FINANCEIRA, NO SENTIDO DE VIABILIZAR MELHORIAS TAIS COMO REVESTIMENTO DE CAMADA ASFÁLTICA E SINALIZAÇÃO NO ACESSO AO "TREVO" EM FRENTE AOS EUCALIPTOS (BALDAN), SITUADO NA RODOVIA JOSÉ CORONA AOS NOVOS BAIRROS DE ENTRADA/SAÍDA DA CIDADE, CLEMENTINO POLITI, MÁRIO CAZERI, JARDIM GAIVOTA, CDHU, DENTRE OUTROS.</t>
   </si>
   <si>
     <t>7880</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7880/7880_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7880/7880_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SE EVITE O ACÚMULO DE LIXO PELOS COLETORES NAS ESQUINAS PARA POSTERIOR RECOLHIMENTO DO CAMINHÃO.</t>
   </si>
   <si>
     <t>7881</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7881/7881_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7881/7881_texto_integral.xml</t>
   </si>
   <si>
     <t>RECAPEAR A R. SARGENTO FRANCISCO MARQUES, NO TRECHO ENTRE A R. ANTÔNIO CARVALHO E A R. OLÍVIO JOSÉ GARAVELLO, NO BAIRRO MONTE BELO.</t>
   </si>
   <si>
     <t>7882</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7882/7882_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7882/7882_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 1.694 DA RUA JOAQUIM MATHEUS CORREA NO JARDIM BOA VISTA.</t>
   </si>
   <si>
     <t>7883</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7883/7883_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7883/7883_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, DE ACORDO COM A DISPONIBILIDADE FINANCEIRA, NO SENTIDO DE COLOCAR UM PONTO DE ÔNIBUS COM COBERTURA NO CRUZAMENTO DA AVENIDA EURIDICE VIANA COM RUA MARIA AP. CIGANHA CAPORUSSO, BAIRRO MARIANA II.</t>
   </si>
   <si>
     <t>7886</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7886/7886_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7886/7886_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UMA PRAÇA COM BANCOS, QUIOSQUE, ACADEMIA AO AR LIVRE E ILUMINAÇÃO NA ÁREA DELIMITADA PELAS RUAS VEREADOR JOÃO FERNANDES JÚNIOR E SÉRGIO VIZIACK COM A AV. WALDEMAR MORANDIM NO RESIDENCIAL NELSON CAPORUSSO.</t>
   </si>
   <si>
     <t>7887</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7887/7887_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7887/7887_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO DEMUTRAN OBJETIVANDO INSTALAR FAIXAS ELEVADAS DE TRAVESSIA PARA PEDESTRES, AS CHAMADAS LOMBOFAIXAS, DEFRONTE À ENTRADA DAS ESCOLAS DO MUNICÍPIO, DE ACORDO COM A RESOLUÇÃO CONTRAN Nº 495 DE 05/06/2014, PARA OFERECER MAIS SEGURANÇA AOS ALUNOS E DEMAIS TRANSEUNTES, ASSIM COMO FACILITAR ACESSO DE PORTADORES DE NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>7888</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7888/7888_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7888/7888_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 70 DA RUA TUFIC JOSÉ ABIMUSSI NO RESIDENCIAL FUNICHELLI, E COMPLETAR O REDUTOR DE VELOCIDADE SITUADO NA MESMA RUA, NO CRUZAMENTO COM A AV. ORISTIO DOS REIS.</t>
   </si>
   <si>
     <t>7889</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7889/7889_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7889/7889_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 20 DA AV. SANTO ANTÔNIO NO BAIRRO ALTO.</t>
   </si>
   <si>
     <t>7890</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7890/7890_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7890/7890_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM NOVOS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE PEDRO HERMELINDO DE SOUZA.</t>
   </si>
   <si>
     <t>7891</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Magna Rocha, Néia Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7891/7891_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7891/7891_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS URGENTES SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO A COLOCAÇÃO DE PLACAS DENOMINATIVAS EM ALGUMAS RUAS DO RESIDENCIAL "NOVA ROCCA".</t>
   </si>
   <si>
     <t>7892</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7892/7892_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7892/7892_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER REPAROS NO ASFALTO, E CONSTRUÇÃO DE CANALETAS DE ESCOAMENTO DE ÁGUAS PLUVIAIS NAS ESQUINAS RUA; ÁUREA CAROLINA DE PAULA COM A RUA; MARIA APARECIDA CIGANHA CAPORUSSO.</t>
   </si>
   <si>
     <t>7893</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7893/7893_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7893/7893_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN DEPARTAMENTO MUNICIPAL DE TRÂNSITO NO SENTIDO DE PROCEDER À PINTURA DA SINALIZAÇÃO DE SOLO (INDICAÇÃO DE "PARE" E FAIXA DE PEDESTRE) NA AVENIDA; JOÃO NOGUEIRA N°60 JARDIM MARIANA 2, MAIS PRECISAMENTE DEFRONTE A EMEB PROFª VILMA RAGAZZI ROPA.</t>
   </si>
   <si>
     <t>7894</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7894/7894_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7894/7894_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE REALIZAR A IMPLANTAÇÃO DE UM SEMÁFORO NO CRUZAMENTO DA AVENIDA ANTONIO ALBINO COM A RUA SAMPAIO VIDAL.</t>
   </si>
   <si>
     <t>7895</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7895/7895_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7895/7895_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE VIABILIZAR UM VIGIA NOTURNO NA ESCOLA MUNICIPAL PROF. LUIZ GARAVELLO.</t>
   </si>
   <si>
     <t>7901</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7901/7901_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7901/7901_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O PROLONGAMENTO DAS GALERIAS  DE ÁGUAS PLUVIAIS DA RUA JOSÉ MISSALLI A PARTIR DO TRECHO ENTRE A  AV. PERNAMBUCO  ATÉ O A AV. CEARÁ.</t>
   </si>
   <si>
     <t>7902</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Dr. Carósio, Nivaldo</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7902/7902_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7902/7902_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE RESTAURAR A ILUMINAÇÃO NA PRAÇA "MARIA RODRIGUES DA SILVA DE LIMA" NO JARDIM VIRGÍNIA.</t>
   </si>
   <si>
     <t>7904</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7904/7904_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7904/7904_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE AUMENTAR A FAIXA AMARELA, DEMARCANDO O ESTACIONAMENTO PROIBIDO EXISTENTE NA ESQUINA DA RUA FERES SADALLA COM A AVENIDA JOAQUIM MATHEUS CORRÊA, LADO DA SORVETEIA SAN GELLATUS.</t>
   </si>
   <si>
     <t>7905</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7905/7905_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7905/7905_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE SEJA REALIZADO NO GINÁSIO DE ESPORTE &amp;#8220;VEREADOR EDUARDO ATIQUE&amp;#8221; A TROCAS DE LÂMPADAS QUEIMADAS NAS QUADRAS E TAMBÉM SEJA AVERIGUADO O ENCANAMENTO DA CALHA PRÓXIMO À PISTA DE SKATE.</t>
   </si>
   <si>
     <t>7907</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7907/7907_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7907/7907_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DA IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE NA AV. SÃO MARTINHO, ESQUINA COM AV. PADRE MANOEL</t>
   </si>
   <si>
     <t>7909</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7909/7909_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7909/7909_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 191 DA RUA ROBERTO JÚLIO DA ROCHA, NO JARDIM SÃO BENTO.</t>
   </si>
   <si>
     <t>7910</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7910/7910_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7910/7910_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 1425 DA RUA ANTÔNIO ALBINO, NA VILA GARAVELLO.</t>
   </si>
   <si>
     <t>7911</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7911/7911_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7911/7911_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 339 DA AV. PASCOAL DE LAURENTIZ, NO JARDIM MONTE ALEGRE.</t>
   </si>
   <si>
     <t>7913</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7913/7913_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7913/7913_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM NOVOS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE SANTO CHIQUITO.</t>
   </si>
   <si>
     <t>7914</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7914/7914_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7914/7914_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM FEITOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A COMPRA DE UM GERADOR DE ENERGIA ELÉTRICA PARA O GALPÃO DO AGRONEGÓCIO &amp;#8220;JOSÉ LIMA DE OLIVEIRA&amp;#8221;, COMPATÍVEL COM A NECESSIDADE ELÉTRICA DO LOCAL.</t>
   </si>
   <si>
     <t>7915</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7915/7915_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7915/7915_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UM QUIOSQUE COM BANCOS E LIXEIRAS NA PRAÇA FERNANDO ALVES PACÍFICO NO RESIDENCIAL CLEMENTINO POLITI II.</t>
   </si>
   <si>
     <t>7916</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7916/7916_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7916/7916_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UM QUIOSQUE COM BANCOS E LIXEIRAS NA PRAÇA LOCALIZADA À AV. SINVAL GONÇALVES DE OLIVEIRA, AO LADO DA CRECHE-ESCOLA PROFESSORA MARIA DOLORES GOMES PERES GARAVELLO NO RESIDENCIAL CLEMENTINO POLITI.</t>
   </si>
   <si>
     <t>7917</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7917/7917_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7917/7917_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE DOIS QUIOSQUES COM BANCOS E LIXEIRAS NA PRAÇA &amp;#8220;JUDITE, BARBOZA DOS SANTOS&amp;#8221; NO RESIDENCIAL NOVA ROCCA.</t>
   </si>
   <si>
     <t>7918</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7918/7918_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7918/7918_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE ACADEMIA AO AR LIVRE NA PRAÇA REGINA STICCHI LANDGRAF CORRÊA LEITE, PRAÇA PÚBLICA LOCALIZADA NO CONJUNTO HABITACIONAL APARECIDA BICCIO DO AMARAL &amp;#8211; COOHAB I.</t>
   </si>
   <si>
     <t>7919</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7919/7919_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7919/7919_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE ACADEMIA AO AR LIVRE NA PRAÇA LOCALIZADA À AV. SINVAL GONÇALVES DE OLIVEIRA, AO LADO DA CRECHE-ESCOLA PROFESSORA MARIA DOLORES GOMES PERES GARAVELLO, NO RESIDENCIAL CLEMENTINO POLITI.</t>
   </si>
   <si>
     <t>7920</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7920/7920_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7920/7920_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE ACADEMIA AO AR LIVRE NA PRAÇA FERNANDO ALVES PACÍFICO, LOCALIZADA NO RESIDENCIAL CLEMENTINO POLITI II.</t>
   </si>
   <si>
     <t>7921</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7921/7921_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7921/7921_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UM PARQUINHO INFANTIL (PLAYGROUND) NA PRAÇA REGINA STICCHI LANDGRAF CORRÊA LEITE, PRAÇA PÚBLICA LOCALIZADA NO CONJUNTO HABITACIONAL APARECIDA BICCIO DO AMARAL &amp;#8211; COOHAB I.</t>
   </si>
   <si>
     <t>7922</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7922/7922_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7922/7922_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UM PARQUINHO INFANTIL (PLAYGROUND) NA PRAÇA FERNANDO ALVES PACÍFICO, LOCALIZADA NO RESIDENCIAL CLEMENTINO POLITI II.</t>
   </si>
   <si>
     <t>7923</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7923/7923_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7923/7923_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA REQUERER  QUE A ILUMINAÇÃO NO CEMITÉRIO MUNICIPAL SEJA TROCADA, SENDO QUE EXISTE OS POSTES DE ILUMINAÇÃO NO LOCAL, E NENHUM FUNCIONA POR CAUSA DA PARTE ELÉTRICA.</t>
   </si>
   <si>
     <t>7924</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7924/7924_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7924/7924_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE RECAPEAR RUA LAZARO SILVA PORTO, BAIRRO COAB 2.</t>
   </si>
   <si>
     <t>7925</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7925/7925_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7925/7925_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE RECAPEAR A AV. WALDEMAR MORANDIM, NO BAIRRO NELSON CAPORUSSO.</t>
   </si>
   <si>
     <t>7926</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7926/7926_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7926/7926_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE INSTITUIR LOMBADAS NAS RUAS: FRANCISCO EMÍDIO DE SOUZA NA ALTURA DO Nº 2375 E ORLANDO MAZZI NA ALTURA DO Nº 2058 RESPECTIVAMENTE, LOCALIZADAS NO RESIDENCIAL CLEMENTINO POLITI II.   </t>
   </si>
   <si>
     <t>7927</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7927/7927_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7927/7927_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA QUE SE TROQUE O PORTÃO DA FRENTE DO CEMITERIO,QUE SE COLOQUE UM PORTÃO ALTO E APROPRIADO DIFICULTANDO ASSIM ROUBO/FURTOS NAQUELE LOCAL </t>
   </si>
   <si>
     <t>7933</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7933/7933_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7933/7933_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE RECAPEAR A RUA FRANCISCO VITORINO, NO BAIRRO JARDIM SÃO BENTO.</t>
   </si>
   <si>
     <t>7934</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7934/7934_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7934/7934_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE SEJA REMOVIDA UMA ARVORE DE PORTE GRANDE QUE CAIU DEVIDO À CHUVA FORTE DO COMEÇO DO ANO DE 2016 NO JARDIM PRIMAVERA NO FINAL DA AVENIDA DOS LOPES.</t>
   </si>
   <si>
     <t>7935</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7935/7935_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7935/7935_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA A COLOCAÇÃO DE UM TOLDO EM FRENTE AO CENTRO ODONTOLÓGICO</t>
   </si>
   <si>
     <t>7936</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7936/7936_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7936/7936_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER A COLOCAÇÃO DA PLACA DENOMINATIVA "PRAÇA ROQUE DI MASTROGIROLAMO" NA PRAÇA DA CAPELA LOCALIZADA NO RESIDENCIAL SANTA CRUZ.</t>
   </si>
   <si>
     <t>7937</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7937/7937_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7937/7937_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE SE TOMEM PROVIDENCIAS EM RELAÇÃO À PONTE, MAIS ESPECIFICAMENTE A CALÇADA DA PONTE DO CÓRREGO GUARIBA LOCALIZADA NO FIM DA RUA DR. JOSÉ RODRIGUES FABRÍCIO COM CRUZAMENTO COM O FIM DA AVENIDA DR. SOBRAL NETO E COMEÇO DA RUA SHINZU SHIMIZU.</t>
   </si>
   <si>
     <t>7938</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7938/7938_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7938/7938_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA A FIM DE VIABILIZAR A COLOCAÇÃO DE ALAMBRADOS OU GRADES DE PROTEÇÃO AO REDOR DO CAMPO DE FUTEBOL SITUADO NA R. TUFIC JOSÉ ABIMUSSI, RESIDENCIAL FUNICHELLI SANTIN. </t>
   </si>
   <si>
     <t>7939</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7939/7939_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7939/7939_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA COM O INTUITO DE RESOLVER A SITUAÇÃO DO ESCOAMENTO DA ÁGUA QUE PROVÉM DO CDHU &amp;#8211; COMPANHIA DE DESENVOLVIMENTO HABITACIONAL E URBANO PARA O BAIRRO MÁRIO CAZERI. (SEGUE ANEXO ABAIXO-ASSINADO).</t>
   </si>
   <si>
     <t>7940</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7940/7940_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7940/7940_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR UMA PRAÇA, UMA ACADEMIA AO AR LIVRE, E UMA PASSARELA DE PEDESTRES NO JARDIM JUSSARA. </t>
   </si>
   <si>
     <t>7944</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7944/7944_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7944/7944_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE SE TOMEM PROVIDENCIAS EM RELAÇÃO AO MURO QUE FAZ DIVISA COM O CENTRO ODONTOLÓGICO E A ESCOLA ESTADUAL &amp;#8220;JOSÉ PACIFICO&amp;#8221; QUE ESTÁ DANIFICADO, COM RISCO DE QUEDA, DEVIDO A UMA ÁRVORE DE PORTE GRANDE.</t>
   </si>
   <si>
     <t>7945</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7945/7945_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7945/7945_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE RESTAURAR A ILUMINAÇÃO NA PRAÇA " ROTARY CLUB " NO JARDIM PAULISTANO. </t>
   </si>
   <si>
     <t>7946</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7946/7946_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7946/7946_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DA INSTALAÇÃO DE UMA LOMBADA NA RUA SÃO PEDRO NA ALTURA DO NUMERO 236.</t>
   </si>
   <si>
     <t>7947</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7947/7947_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7947/7947_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VER A POSSIBILIDADE DE FAZER DA RUA 31 DE MARÇO UMA VIA DE SENTIDO ÚNICO.</t>
   </si>
   <si>
     <t>7948</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7948/7948_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7948/7948_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE NOTIFICAR O PROPRIETÁRIO OU PROPRIETÁRIOS DOS TERRENOS LOCALIZADOS EM AMBOS OS LADOS DA EXTENSÃO DA AV. DR. SOBRAL NETO PARA QUE CONSTRUAM O PASSEIO PÚBLICO, DANDO, ASSIM, CUMPRIMENTO AO CÓDIGO DE POSTURAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7949</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7949/7949_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7949/7949_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO SOLTAR MAIS PEIXES DE DIVERSAS ESPÉCIES NO PARQUE DOS LAGOS "VEREADOR LUIZ DA CONCEIÇÃO", PARA QUE A POPULAÇÃO POSSA SE DIVERTIR NOS FINAIS DE SEMANA E, PRINCIPALMENTE, DURANTE A SEMANA SANTA QUE SE APROXIMA.</t>
   </si>
   <si>
     <t>7952</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7952/7952_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7952/7952_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR RECAPEAMENTO ASFÁLTICO DA RUA SÉRGIO VIZIACK BEM COMO A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO Nº 355 DA MESMA RUA, LOCALIZADA NO BAIRRO NELSON CAPORUSSO.</t>
   </si>
   <si>
     <t>7953</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7953/7953_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7953/7953_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR CANALETA DE ESCOAMENTO DE ÁGUAS PLUVIAIS NA JUNÇÃO DA AV. DOS OMETTO COM A RUA DOS MEIRELES, NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>7954</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7954/7954_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7954/7954_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UMA CAIXA DE CAPTAÇÃO DE ÁGUAS PLUVIAIS (BOCA DE LOBO) NA AV. CASTELO BRANCO, ALTURA DO CRUZAMENTO COM A RUA EUGÊNIO MANGOLINI, INTERLIGANDO-A COM UMA BOCA DE LOBO JÁ EXISTENTE, LOCALIZADA 40 METROS ABAIXO, NAS PROXIMIDADES DA RUA OTÁVIO EVANGELISTA DE SOUZA.</t>
   </si>
   <si>
     <t>7955</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7955/7955_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7955/7955_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UMA PRAÇA COM BANCOS, ACADEMIA AO AR LIVRE E PARQUINHO INFANTIL (PLAYGROUND) EM TERRENO LOCALIZADO À AV. MARIA APARECIDA ALBANÊS GOUVEIA, NA ALTURA DO NÚMERO 211, NO RESIDENCIAL ALPHEU BELLODI -  CDHU.</t>
   </si>
   <si>
     <t>7956</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7956/7956_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7956/7956_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR PINTURA DAS FAIXAS DE RODAGEM, DA SINALIZAÇÃO DE SOLO E DAS LOMBADAS EM TODA EXTENSÃO DA RUA OTÁVIO EVANGELISTA DE SOUZA (RUA DA FEIRA).</t>
   </si>
   <si>
     <t>7957</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7957/7957_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7957/7957_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE DOIS REDUTORES DE VELOCIDADE (LOMBADAS) NA RUA PRADÓPOLIS, NO QUARTEIRÃO AO LADO DA ESCOLA DR. RAUL BAUAB, NA COOHAB I.</t>
   </si>
   <si>
     <t>7958</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7958/7958_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7958/7958_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSTALAR LIXEIRAS NA PRAÇA "JOAQUIM CARATO" NO JARDIM IRAJÁ.</t>
   </si>
   <si>
     <t>7959</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7959/7959_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7959/7959_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM NOVOS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE FULÔ CHIQUITO (MARIA NUNES DA SILVA CHIQUITO).</t>
   </si>
   <si>
     <t>7960</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7960/7960_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7960/7960_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM NOVOS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE DONA OLGA DO CARMO ALMEIDA.</t>
   </si>
   <si>
     <t>7961</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7961/7961_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7961/7961_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A ADOÇÃO DE MÃO ÚNICA DE DIREÇÃO NA AVENIDA VICTOR VALENTIE DE OLIVEIRA, AO MENOS ATÉ QUE SE RESOLVA O PROBLEMA DO GRANDE TRÂNSITO DE CARRETAS QUE, FUGINDO DE PEDÁGIOS DA REGIÃO, ENTRAM E SAEM DE NOSSA CIDADE POR AQUELA VIA.</t>
   </si>
   <si>
     <t>7962</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Cassio Santa Cruz, Dr. Carósio, Magna Rocha, Marcelinho do Lino, Néia Guimarães, Paulo de Sa</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7962/7962_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7962/7962_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A APLICAÇÃO DE GRAMA SINTÉTICA NO CAMPO DE FUTEBOL LOCALIZADO AO LADO DO BAR DO DEMA, NO JARDIM PAULISTANO.</t>
   </si>
   <si>
     <t>7963</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7963/7963_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7963/7963_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INCLUIR NAS DIRETRIZES ORÇAMENTÁRIAS E NO ORÇAMENTO MUNICIPAL PARA O EXERCÍCIO FINANCEIRO DE 2018 SUBVENÇÃO À ENTIDADE ABC DOWN, DE JABOTICABAL.</t>
   </si>
   <si>
     <t>7964</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7964/7964_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7964/7964_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO  QUE ESTUDOS SEJAM ELABORADOS NO SENTIDO DE COLOCAR UMA PASSARELA NO INÍCIO DA AVENIDA.ERNESTO BUSH, MAIS PRECISAMENTE SOBRE O CÓRREGO GUARIBA.</t>
   </si>
   <si>
     <t>7965</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7965/7965_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7965/7965_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE TAPAR OS BURACOS NO ASFALTO NA RUA DOS GRASSI PRÓXIMO AO NUMERO 505 JARDIM MONTE ALEGRE.</t>
   </si>
   <si>
     <t>7997</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7997/7997_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7997/7997_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A TROCA DAS ATUAIS LÂMPADAS POR LÂMPADAS DE LED, NA ILUMINAÇÃO PÚBLICA DA TRAVESSA DOS DAMAS, NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>7967</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7967/7967_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7967/7967_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE  REDUTORES DE VELOCIDADE (LOMBADA)NA RUA FILOMENA COSTA N°70 VILA MARINA II.</t>
   </si>
   <si>
     <t>7968</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7968/7968_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7968/7968_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR MANUTENÇÃO NAS PASSARELAS EXISTENTES NA CIDADE PARA VER CONDIÇÕES DE USO DAS MESMAS.</t>
   </si>
   <si>
     <t>7969</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7969/7969_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7969/7969_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE SE TOMEM PROVIDENCIAS EM RELAÇÃO AOS PONTOS DE ÔNIBUS DE LINHA EM NOSSO MUNICÍPIO, ACRESCENTAR O NÚMERO DE PONTOS DE ÔNIBUS PRINCIPALMENTE NOS BAIRROS MAIS DISTANTES DO CENTRO, TAIS COMO MARIANA II, NOVA ROCCA.</t>
   </si>
   <si>
     <t>7970</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7970/7970_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7970/7970_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA A FIM DE REGULAMENTAR A LEI MUNICIPAL Nº 2.079, DE 04 DE AGOSTO DE 2005, QUE DISPÕE SOBRE O ATENDIMENTO AO CONSUMIDOR NOS CAIXAS DAS AGÊNCIAS BANCÁRIAS, QUE SEJA DESIGNADO O PROCON MUNICIPAL COMO ÓRGÃO RESPONSÁVEL PELA DENÚNCIA, FISCALIZAÇÃO E APLICAÇÃO DAS PUNIÇÕES PREVISTAS NA REFERIDA LEI, ASSIM COMO, QUANDO DA APLICAÇÃO DA MULTA, O SEU VALOR ENTRE PARA A DÍVIDA ATIVA DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>7971</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7971/7971_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7971/7971_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMAS PELO SETOR COMPETENTE DA PREFEITURA, A FIM DE QUE SE SEJA REALIZADA LIMPEZA NAS MARGENS DO RIO GUARIBA DENTRO DO PERÍMETRO URBANO LOCALIZADO NO RESIDENCIAL FUNICHELI SANTIN.</t>
   </si>
   <si>
     <t>7972</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7972/7972_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7972/7972_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMAS PELO SETOR COMPETENTE DA PREFEITURA, A FIM DE QUE SE SEJA REALIZADA LIMPEZA NAS MARGENS DO RIO GUARIBA, DENTRO DO PERÍMETRO URBANO LOCALIZADO NO JARDIM JUSSARA.</t>
   </si>
   <si>
     <t>7973</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7973/7973_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7973/7973_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMAS PELO SETOR COMPETENTE DA PREFEITURA, A FIM DE QUE  SEJAM RETIRADOS OS CARROS ABANDONADOS NA ÁREA  VERDE DO RESIDENCIAL FUNICHELI SANTIN.</t>
   </si>
   <si>
     <t>7974</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7974/7974_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7974/7974_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE,PARA QUE  PROCEDA-SE O RECAPEAMENTO DA RUA NICOLAU BALDAN NO RESIDENCIAL FUNICHELI SANTIN.</t>
   </si>
   <si>
     <t>7975</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7975/7975_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7975/7975_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE, EM RELAÇÃO AOS CAVALOS ABANDONADOS PELA CIDADE , ESPECIALMENTE NA ÁREA VERDE DO RESIDENCIAL FUNICHELLI SANTIM, TENDO EM VISTA A PROPAGAÇÃO DE CARRAPATOS NESTE LOCAL.</t>
   </si>
   <si>
     <t>7976</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7976/7976_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7976/7976_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA COM O OBJETIVO DE IMPLANTAÇÃO DE TELEFONIA FIXA RESIDENCIAL E PÚBLICA NO BAIRRO RESIDENCIAL BELA VISTA.</t>
   </si>
   <si>
     <t>7977</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7977/7977_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7977/7977_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA COM O OBJETIVO DE PODAR AS ÁRVORES LOCALIZADAS NO ENTORNO DO GINÁSIO DE ESPORTES MUNICIPAL VEREADOR &amp;#8220;EDUARDO ATIQUE&amp;#8221; NAS RUAS NELO PETRINI, JOSÉ MAZZI E AV. JOAQUIM CARLOS DE MATOS.</t>
   </si>
   <si>
     <t>7980</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7980/7980_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7980/7980_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA COM O OBJETIVO DE TRANSFERIR A DATA DO ENCONTRO DE FOLIA DE REIS DE GUARIBA DO CALENDÁRIO DOS FESTEJOS DO ANIVERSÁRIO DA CIDADE, PARA O ÚLTIMO DOMINGO DO MÊS DE JANEIRO.</t>
   </si>
   <si>
     <t>7981</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7981/7981_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7981/7981_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA IMPLANTADO NOS CERTAMES LICITATÓRIOS A COTA DE ATÉ VINTE E CINCO POR CENTO DO OBJETO PARA CONTRATAÇÃO DE MICRO EMPRESAS E EMPRESAS DE PEQUENO PORTE CONFORME PREVISTO NO ARTIGO 34 DA LEI COMPLEMENTAR Nº 2488/2011 QUE DISPÕE SOBRE A LEI GERAL MUNICIPAL, ASSIM COMO AS MESMAS SEJAM PREFERENCIALMENTE MICRO E PEQUENAS EMPRESAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7982</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7982/7982_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7982/7982_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 435 DA AVENIDA BAHIA, NO BAIRRO VILA AMORIM.</t>
   </si>
   <si>
     <t>7983</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7983/7983_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7983/7983_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM NOVOS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME JOSÉ DE JESUS BESSA.</t>
   </si>
   <si>
     <t>7984</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7984/7984_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7984/7984_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VER A POSSIBILIDADE DE TORNAR O TRÁFEGO DA AVENIDA LIBERDADE &amp;#8220;MÃO&amp;#8221; ÚNICA NO SENTIDO AV. FERES SADALLA.</t>
   </si>
   <si>
     <t>7985</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7985/7985_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7985/7985_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA A FIM DE VIABILIZAR A COLOCAÇÃO DE UM PONTO DE ÔNIBUS COBERTO NA AV. MILTON ROCCA CRUZAMENTO COM A RUA AMÉRICO FABIANO LUIZ, BAIRRO JARDIM SÃO BENTO. </t>
   </si>
   <si>
     <t>7986</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7986/7986_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7986/7986_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA A FIM DE VIABILIZAR MELHORIAS NO BAIRRO &amp;#8220;RECANTO DO GUERREIRO&amp;#8221;, TAIS COMO: REALIZAÇÃO DE GUIAS, SARJETAS, PAVIMENTAÇÃO ASFÁLTICA, GALERIAS DE ÁGUAS PLUVIAIS, REDE DE ÁGUA E ESGOTO, ILUMINAÇÃO PÚBLICA E SINALIZAÇÃO DO ACESSO. (FOTOS ANEXAS).</t>
   </si>
   <si>
     <t>7988</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7988/7988_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7988/7988_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO ARRUMAR  A CALÇADA DA LATERAL DO CEMITÉRIO MAIS PRECISAMENTE NA AVENIDA: ÍTALO POLÍTI.</t>
   </si>
   <si>
     <t>7989</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7989/7989_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7989/7989_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICAR AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR O SERVIÇO DE TAPA BURACO NA RUA ÂNGELO SCAION ENFRENTE AO NUMERO 128 JARDIM DAS TORRES.</t>
   </si>
   <si>
     <t>7993</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7993/7993_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7993/7993_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROMOVA JUNTO A SECRETARIA DO MEIO AMBIENTE AS GESTÕES NECESSÁRIAS NO SENTIDO DE FISCALIZAR E COIBIR A POLUIÇÃO DO CÓRREGO GUARIBA.  </t>
   </si>
   <si>
     <t>7994</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7994/7994_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7994/7994_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA COM O OBJETIVO DE CAPINAR O PASSEIO PÚBLICO (CALÇADA), SITUADA ENTRE A AVENIDA PERNAMBUCO CONFLUÊNCIA DA RUA JOSÉ MISSALI NO BAIRRO VILA AMORIM.</t>
   </si>
   <si>
     <t>7999</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7999/7999_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7999/7999_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONTRATAÇÃO DE UMA PODÓLOGA, COM ESPECIALIDADE EM PÉS DIABÉTICOS, PARA ATUAR NA REDE MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>8000</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8000/8000_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8000/8000_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA QUE, QUANDO HOUVER UMA OBRA PÚBLICA DE VULTO, CONCLUÍDA OU EM FASE DE CONCLUSÃO, SEJA DADO A ESSE PRÓPRIO MUNICIPAL O NOME DO SOLDADO PM ERICK HENRIQUE ARDENGHE, MORTO NO CUMPRIMENTO DO DEVER EM 13 DE MARÇO.</t>
   </si>
   <si>
     <t>8003</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8003/8003_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8003/8003_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE QUE SEJA ADITADO O CONTRATO DE PRESTAÇÃO DE SERVIÇO DE TRANSPORTE DOS ALUNOS DA APAE, CONTRATO ESTE RENOVADO EM 2016, PARA QUE SE CUMPRAM AS LEIS FEDERAIS 13.146/2015 E 10.098/2000, AS QUAIS ESTABELECEM QUE OS ÔNIBUS DEVEM SER ADEQUADOS EM SUAS ESPECIFICAÇÕES, SENDO OBRIGATÓRIO O ELEVADOR.</t>
   </si>
   <si>
     <t>8004</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8004/8004_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8004/8004_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA PERANTE A SECRETARIA DE POLÍTICAS PARA MULHERES DA PRESIDÊNCIA DA REPÚBLICA E A SECRETARIA DE SEGURANÇA PÚBLICA DO ESTADO DE SÃO PAULO, SUGERINDO A IMPLANTAÇÃO DA UMA UNIDADE DA CASA DA MULHER BRASILEIRA NO MUNICÍPIO DE GUARIBA. </t>
   </si>
   <si>
     <t>8005</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8005/8005_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8005/8005_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA À MESA  QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE SEJA DENOMINADA A UNIDADE DE SAÚDE DO JARDIM GAIVOTA COM O NOME DO DR. PAULO CÉSAR GONÇALVES VIANNA.</t>
   </si>
   <si>
     <t>8006</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8006/8006_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8006/8006_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDE DE PROTEÇÃO ATRÁS DE UMA DAS TRAVES DA QUADRA ESPORTIVA DA EMEB PROFº. ALFREDO ROLIM DE MOURA.</t>
   </si>
   <si>
     <t>8007</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8007/8007_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8007/8007_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO ASFÁLTICO DA RUA ANTÔNIO FARIA, NO BAIRRO COHAB II.</t>
   </si>
   <si>
     <t>8008</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8008/8008_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8008/8008_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER À LIMPEZA DE TODA A ÁREA DA PASSARELA QUE DÁ ACESSO AO RESIDENCIAL SANTA CRUZ.</t>
   </si>
   <si>
     <t>8010</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8010/8010_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8010/8010_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE COLOCAR PLACAS DE IDENTIFICAÇÃO (&amp;#8220;MASCULINO&amp;#8221; E &amp;#8220;FEMININO&amp;#8221;) NOS SANITÁRIOS DA PRAÇA SÍLVIO VAZ DE ARRUDA.</t>
   </si>
   <si>
     <t>8012</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8012/8012_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8012/8012_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 351 DA AVENIDA JOSÉ UBIRAJARA JATOBÁ, NO BAIRRO VILA ROCCA.</t>
   </si>
   <si>
     <t>8015</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8015/8015_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8015/8015_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 530 DA AVENIDA SAGRADO CORAÇÃO DE JESUS, PRÓXIMO AO QUIOSQUE ALI EXISTENTE, NA VILA JORDÃO.</t>
   </si>
   <si>
     <t>8016</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8016/8016_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8016/8016_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTORES DE VELOCIDADE (LOMBADAS)NA ALTURA DOS NÚMEROS 111 E 691 DA AVENIDA ANDRÉ MÁRIO D'MIGUEL.</t>
   </si>
   <si>
     <t>8017</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8017/8017_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8017/8017_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A DRAGAGEM DO LEITO, CAPINA DO MATO E RETIRADA DE ENTULHOS EXISTENTES NA ENCOSTA E MARGENS DO CÓRREGO QUE PASSA ATRÁS DO  RESIDENCIAL SÓZIO CAPORUSSO.</t>
   </si>
   <si>
     <t>8018</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8018/8018_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8018/8018_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE RESOLVER O PROBLEMA DE VAZAMENTO NO TELHADO DO PRÉDIO DA ANTIGA RODOVIÁRIA (TERMINAL RODOVIÁRIO "VEREADOR JOSÉ CHARTUNE").</t>
   </si>
   <si>
     <t>8019</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8019/8019_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8019/8019_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, DENTRO DA DISPONIBILIDADE FINANCEIRA, OBJETIVANDO RESOLVER O PROBLEMA DO ESCOAMENTO DE ÁGUA E BARRO QUE ATINGE E SE ACUMULA NO QUIOSQUE DA PRAÇA HERMÍNIO DE LAURENTIZ, LINDEIRA À RUA DONATO JAFELICE, NO RESIDENCIAL LAURENTIZ.</t>
   </si>
   <si>
     <t>8020</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8020/8020_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8020/8020_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO,  DE ACORDO COM A DISPONIBILIDADE FINANCEIRA, ORGANIZAR UMA LISTA A SER FIXADA NAS ESCOLAS E DEMAIS SETORES PÚBLICOS ACERCA DA SELEÇÃO DE EMBALAGENS A SEREM SEPARADAS PARA COLETA SELETIVA, COM INTUITO DE ORIENTAR QUAIS EMBALAGENS DEVEM SER SEPARADAS E QUAIS SERÃO RECOLHIDAS.</t>
   </si>
   <si>
     <t>8021</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8021/8021_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8021/8021_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, DENTRO DA DISPONIBILIDADE FINANCEIRA, NO SENTIDO DE PROCEDER À ANÁLISE PARA SANAR O PROBLEMA QUANTO AO ALAGAMENTO QUE OCORRE NOS PERÍODOS DE CHUVA NO CRUZAMENTO DA RUA AMÉRICO FABIANO LUIZ COM AVENIDA MILTON ROCCA, NO BAIRRO JARDIM SÃO BENTO. </t>
   </si>
   <si>
     <t>8022</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8022/8022_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8022/8022_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A TROCA DAS ATUAIS LÂMPADAS POR OUTRAS MAIS EFICIENTES, NA ILUMINAÇÃO PÚBLICA DA AVENIDA ANITA VIEZI DE OLIVEIRA, NO BAIRRO VILA ROCCA.</t>
   </si>
   <si>
     <t>8023</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8023/8023_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8023/8023_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE COLOCAR PLACAS DE &amp;#8220;PROIBIDO JOGAR LIXO&amp;#8221; NO TÉRMINO DA RUA PASCHOAL LUCIZANI, RUA MARIA APARECIDA CIGANHA CAPORUSSO E AVENIDA RICIERI DE OLIVEIRA; LOCALIZADAS NO BAIRRO RESIDENCIAL PAINEIRAS.</t>
   </si>
   <si>
     <t>8024</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8024/8024_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8024/8024_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SUBSTITUIR OU REPARAR OS BANCOS QUEBRADOS NA PRAÇA "JAQUELINE FERREIRA DE SOUZA".</t>
   </si>
   <si>
     <t>8025</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8025/8025_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8025/8025_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 139 DA AVENIDA JOSEPHINA DE CAMARGO NEVES, NO JARDIM MONTE ALEGRE.</t>
   </si>
   <si>
     <t>8027</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8027/8027_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8027/8027_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA RUA DOS GRIECO, ALTURA DO NÚMERO 151, NA VILA GOMES DE AZEVEDO, MAIS ESPECIFICAMENTE EM FRENTE À ESCOLA EMEB PROFª. MARIA DA PENHA FRATTI.</t>
   </si>
   <si>
     <t>8029</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8029/8029_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8029/8029_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA COM O OBJETIVO DE QUE SEJA REGULARIZADO O LOTEAMENTO CONHECIDO COMO &amp;#8220;CHÁCARA DOS LOUZADA&amp;#8221;, ASSIM COMO SEJAM REGISTRADOS SEUS TERRENOS NO CADASTRO IMOBILIÁRIO E FISCAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8030</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8030/8030_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8030/8030_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA COM O OBJETIVO DE QUE SEJA ASFALTADO O TRECHO EM TERRA QUE VAI DO FINAL DA RUA TUFIC JOSÉ ABIMUSSI ATÉ A PONTE DO CÓRREGO GUARIBA, NA ESTRADA DE DESVIO DE CAMINHÕES.</t>
   </si>
   <si>
     <t>8031</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8031/8031_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8031/8031_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PERANTE A CPFL OBJETIVANDO VIABILIZAR A TROCA DE POSTE DE MADEIRA POR UM DE CONCRETO, NA AV. JOÃO LOUZADA MARZABAL, NA ALTURA DO NÚMERO 545, NO BAIRRO COHAB II.</t>
   </si>
   <si>
     <t>8032</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8032/8032_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8032/8032_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE ARRUMAR O ALAMBRADO DE PROTEÇÃO NA GARAGEM EXISTENTE NA ENTRADA DA FAZENDA SANTA CRUZ.</t>
   </si>
   <si>
     <t>8033</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8033/8033_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8033/8033_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE SEJA IMPLANTADO UM ACESSO A CADEIRANTES NA CALÇADA EM FRENTE À CAPELA NOSSA SENHORA DOS MIGRANTES, LOCALIZADA NA AVENIDA PRIMO ROMA, NO JARDIM HORTÊNCIA. </t>
   </si>
   <si>
     <t>8039</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8039/8039_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8039/8039_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR UMA LIMPEZA (CORTAR O MATO E RETIRAR ENTULHOS DE CONSTRUÇÃO) EM UMA ÁREA VERDE QUE ESTÁ LOCALIZADA NA AV. MARIA APARECIDA ALBANEZ GOUVÊA, NO RESIDENCIAL ALPHEU BELLODI &amp;#8211; CDHU.  </t>
   </si>
   <si>
     <t>8040</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8040/8040_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8040/8040_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE FAZER UMA LIMPEZA NA ANTIGA GARAGEM DA USINA SÃO CARLOS, LOCALIZADA NO RESIDENCIAL SANTA CRUZ.</t>
   </si>
   <si>
     <t>8041</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8041/8041_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8041/8041_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE FAZER PODAS NAS ÁRVORES DA PRAÇA DA IGREJA MATRIZ SÃO MATEUS, EM ESPECIAL UMA ÁRVORE QUE ESTÁ COM GALHOS ALCANÇANDO O TETO DA SACRISTIA DA IGREJA. _x000D_
  </t>
   </si>
   <si>
     <t>8044</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8044/8044_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8044/8044_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA À MESA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM NOVOS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE JOSÉ CARLOS LOREDO.</t>
   </si>
   <si>
     <t>8046</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8046/8046_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8046/8046_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, DENTRO DA DISPONIBILIDADE FINANCEIRA, PERANTE A  TRIÂNGULO DO SOL AUTO-ESTRADAS S/A OBJETIVANDO A REPOSIÇÃO DO LETREIRO COM O TOPÔNIMO DE GUARIBA, LOCALIZADO NA RODOVIA BRIGADEIRO FARIA LIMA.</t>
   </si>
   <si>
     <t>8047</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8047/8047_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8047/8047_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, DE ACORDO COM A DISPONIBILIDADE FINANCEIRA, NO SENTIDO DE PROCEDER AOS SERVIÇOS DE TAPA-BURACOS NO ASFALTO DA RUA PRINCESA IZABEL, ALTURA DO NÚMERO 214, BAIRRO JARDIM SÃO BENTO.</t>
   </si>
   <si>
     <t>8048</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8048/8048_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8048/8048_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, DE ACORDO COM A DISPONIBILIDADE FINANCEIRA, NO SENTIDO DE PROCEDER AOS SERVIÇOS DE TAPA-BURACOS NO ASFALTO NA RUA BERNARDINO SANTILLI, PRÓXIMO À ANTIGA &amp;#8220;PIZZARIA DA MAMA&amp;#8221;, BAIRRO JARDIM VIRGÍNIA.</t>
   </si>
   <si>
     <t>8049</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8049/8049_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8049/8049_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA COM O OBJETIVO DE AMPLIAR A ÁREA DE REGULARIZAÇÃO FUNDIÁRIA DA ANTIGA ESTAÇÃO DA FEPASA, PARA TODA A FAIXA DA ANTIGA LINHA FÉRREA, SOLUCIONANDO O PROBLEMA, EM CONSEQUÊNCIA, DE TODAS AS RESIDÊNCIAS QUE, TOTAL OU PARCIALMENTE, ENCONTRAM-SE EDIFICADAS NAS ÁREAS DA ANTIGA LINHA FÉRREA, CONFORME PLANTAS EM ANEXO.  </t>
   </si>
   <si>
     <t>8050</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8050/8050_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8050/8050_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER À LIMPEZA E FECHAMENTO DO INÍCIO DA AVENIDA SANTOS DUMONT QUE DÁ ACESSO AO TRECHO EM TERRA E À RODOVIA JOSÉ CORONA.</t>
   </si>
   <si>
     <t>8055</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8055/8055_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8055/8055_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA AVENIDA JOSÉ MAZZI, NA ALTURA DO NÚMERO 1.307.</t>
   </si>
   <si>
     <t>8058</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8058/8058_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8058/8058_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 300 DA RUA JÚLIO MACIEL FERREIRA, RESIDENCIAL EMÍDIO DE PAULA.</t>
   </si>
   <si>
     <t>8059</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8059/8059_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8059/8059_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO ASFÁLTICO DA AVENIDA FERNANDO GONÇALVES MARTINS, NO RESIDENCIAL JARDIM DAS TORRES.</t>
   </si>
   <si>
     <t>8060</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8060/8060_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8060/8060_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, DENTRO DA DISPONIBILIDADE FINANCEIRA, NO SENTIDO DE VIABILIZAR A CAPINA DO MATO QUE SE ENCONTRA DENTRO DAS PISCINAS DE CONTENÇÃO E ÁREA VERDE LOCALIZADOS NO CRUZAMENTO DA RUA CASTELO BRANCO COM AV. DR. JORGE ATIQUE SOBRINHO, NO RESIDENCIAL MÁRIO CAZERI. (SEGUEM FOTOS ANEXAS)</t>
   </si>
   <si>
     <t>8061</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8061/8061_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8061/8061_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, DE ACORDO COM A DISPONIBILIDADE FINANCEIRA, NO SENTIDO DE PROCEDER AOS SERVIÇOS DE TAPA-BURACOS NO ASFALTO DA AV. EUGÊNIO MANGOLINI, PRÓXIMO AO RESERVATÓRIO DA SABESP, NO JARDIM PAULISTANO.</t>
   </si>
   <si>
     <t>8062</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8062/8062_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8062/8062_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, DENTRO DA DISPONIBILIDADE FINANCEIRA, NO SENTIDO DE REALIZAR MANUTENÇÃO GERAL NOS APARELHOS DE GINÁSTICA DAS ACADEMIAS AO AR LIVRE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>8063</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8063/8063_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8063/8063_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN A FIM DE ESTABELECER MÃO ÚNICA DE TRÂNSITO NA RUA NELLO PETRINI, QUE VÁ DA INTERSEÇÃO COM A AV. SAGRADO CORAÇÃO DE JESUS ATÉ A AV. OTÁVIO RANGEL, COM ESTACIONAMENTO PERMITIDO DOS DOIS LADOS DA RUA.</t>
   </si>
   <si>
     <t>8064</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8064/8064_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8064/8064_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE QUE SEJA EFETUADO UM LEVANTAMENTO DETALHADO DA SITUAÇÃO EM QUE SE ENCONTRAM OS GABIÕES QUE MARGEIAM O CÓRREGO GUARIBA NA RUA DONA CONSTÂNCIA, PRINCIPALMENTE EM FRENTE AO NUMERO 760, VISANDO A CONSERVAÇÃO E REPARO DAQUELES DISPOSITIVOS DE CANALIZAÇÃO. SOLICITA, AINDA, UMA LIMPEZA GERAL NAQUELE CURSO D&amp;#180;ÁGUA, QUE ESTÁ COM MUITO MATO EM SUAS MARGENS E DETRITOS EM SEU LEITO.</t>
   </si>
   <si>
     <t>8065</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8065/8065_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8065/8065_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR  CALÇADA  NA RUA ANDRÉ MÁRIO D'MIGUEL, NO TRECHO LINDEIRO AO CENTRO DE LAZER MUNICIPAL "JOSÉ DEODATO", NA VILA ROCCA.</t>
   </si>
   <si>
     <t>8070</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8070/8070_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8070/8070_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA CONSTRUÍDO UM ABRIGO PARA PASSAGEIROS, DO LADO OPOSTO ÀQUELE IMPLANTADO NO "RECANTO DO GUERREIRO". </t>
   </si>
   <si>
     <t>8071</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8071/8071_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8071/8071_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA  AO  CHEFE  DO  EXECUTIVO  MUNICIPAL  QUE  PROVIDÊNCIAS  SEJAM  TOMADAS  PELO  SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER À CAPINA E LIMPEZA NO ESTACIONAMENO DO IMÓVEL CONTÍGUO AO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>8074</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8074/8074_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8074/8074_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A DOAÇÃO DAS SUCATAS E MATERIAIS INSERVÍVEIS, QUE SE ENCONTRAM NA GARAGEM DA FAZENDA SANTA CRUZ, ÀS ENTIDADES FILANTRÓPICAS DA CIDADE. _x000D_
  </t>
   </si>
   <si>
     <t>8076</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8076/8076_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8076/8076_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO QUE NO SITE DA PREFEITURA WWW.GUARIBA.SP.GOV.BR NO ITEM LICITAÇÕES A PAGINA ESTA INEFICIENTE, COMO TAL NÃO SE ENCONTRA A OPÇÃO SE A LICITAÇÃO ESTÁ EM ANDAMENTO, FINALIZADA OU CANCELADA; NÃO MOSTRA AS EMPRESAS CONCORRENTES MUITO MENOS QUEM GANHOU A LICITAÇÃO; NÃO TEM A OPÇÃO DE PESQUISA POR PRODUTO E DENTRE OUTRAS COISAS. POR ISSO SOLICITO QUE SEJA MELHORADO O SITE PARA MELHOR ESCLARECIMENTO PARA QUEM PROCURA PARTICIPAR DAS LICITAÇÕES E TAMBÉM PARA TRANSPARÊNCIA PARA A POPULAÇÃO. (SEGUE EM ANEXO EXEMPLO). </t>
   </si>
   <si>
     <t>8077</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8077/8077_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8077/8077_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE SEJA SINALIZADA COM PLACA &amp;#8220;PROIBIDO VIRAR Á ESQUERDA&amp;#8221; NA ESQUINA DA RUA BARTOLOMEU MANNA COM A AVENIDA ANTÔNIO ALBINO, E TAMBÉM NA ESQUINA DA RUA DR. RAPHAEL CORREA DA SILVA COM A AVENIDA ANTÔNIO ALBINO E REFORÇAR A PINTURA DE &amp;#8220;PARE&amp;#8221; NO CHÃO EM AMBAS AS ESQUINAS. </t>
   </si>
   <si>
     <t>8078</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8078/8078_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8078/8078_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSERTAR OS REFLETORES DA QUADRA LOCALIZADA NO JARDIM PRIMAVERA ADJACENTE À NOVA RODOVIÁRIA.</t>
   </si>
   <si>
     <t>8079</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8079/8079_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8079/8079_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 131 NA AVENIDA PROFESSORA JOSEPHINA DE CAMARGO NEVES, NO JARDIM MONTE ALEGRE.</t>
   </si>
   <si>
     <t>8083</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8083/8083_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8083/8083_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VERIFICAR A LEI COMPLEMENTAR 157, DE 29 DE DEZEMBRO DE 2016 QUE TRATA SOBRE A COBRANÇA DO ISS NO MUNICÍPIO ONDE É REALIZADA A COMPRA. O PROJETO PREVÊ QUE O ISS SERÁ COBRADO NOS MUNICÍPIOS ONDE É FEITA A COMPRA, E NÃO MAIS NA CIDADE ONDE ESTÃO SEDIADAS AS LOJAS VIRTUAIS E AS ADMINISTRADORAS DE CARTÕES DE CRÉDITO. A ARRECADAÇÃO DE IMPOSTOS REFERENTE A ESSES SERVIÇOS SE CONCENTRA EM POUQUÍSSIMOS MUNICÍPIOS, JUSTAMENTE OS MAIS RICOS, CORROENDO AS FINANÇAS DE VÁRIAS CIDADES E GERANDO GRAVES DISTORÇÕES NO SISTEMA FEDERATIVO BRASILEIRO.</t>
   </si>
   <si>
     <t>8084</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8084/8084_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8084/8084_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER REPARO DE TAPA BURACO NO ASFALTO DA AVENIDA; SARGENTO FRANCISCO MARQUES NA ALTURA DO NUMERO 188.</t>
   </si>
   <si>
     <t>8085</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8085/8085_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8085/8085_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO PROCEDER À COLOCAÇÃO DE SUPORTES PARA ESTACIONAMENTO E GUARDA DE BICICLETAS NO AMBULATÓRIO MUNICIPAL "HERMÍNIO DE LAURENTIZ NETO".</t>
   </si>
   <si>
     <t>8086</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8086/8086_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8086/8086_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA AVENIDA: JOSÉ ZANOTTO NA ALTURA DO NUMERO 503 ENTRE 523.</t>
   </si>
   <si>
     <t>8087</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8087/8087_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8087/8087_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA DE ACORDO COM A DISPONIBILIDADE FINANCEIRA, A FIM DE REALIZAR MANUTENÇÃO DA CAIXA DE ENTRADA DE ENERGIA ELÉTRICA DO SISTEMA DE ILUMINAÇÃO DA PRAÇA BEATO JOÃO BATISTA SCALABRINI, NO BAIRRO COHAB II. (SEGUE ANEXA FOTO).</t>
   </si>
   <si>
     <t>8088</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8088/8088_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8088/8088_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, DENTRO DA DISPONIBILIDADE FINANCEIRA, A FIM DE ESTUDAR A POSSIBILIDADE DE MUDAR A LIXEIRA LOCALIZADA NA R. ATÍLIO GASPAR, BAIRRO VILA JORDÃO, PARA UM OUTRO LOCAL MAIS ADEQUADO.</t>
   </si>
   <si>
     <t>8089</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8089/8089_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8089/8089_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA DE ACORDO COM A DISPONIBILIDADE FINANCEIRA, A FIM DE REALIZAR A REFORMA DOS BANCOS QUE FORAM RETIRADOS DO PARQUE DOS LAGOS VEREADOR LUIZ DA CONCEIÇÃO E QUE SE ENCONTRAM INUTILIZADOS PARA SEREM POSTOS NA CALÇADA DA ÁREA VERDE LOCALIZADA NA R. NICOLAU BALDAN, LOTEAMENTO FUNICHELLI SANTIN. </t>
   </si>
   <si>
     <t>8092</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8092/8092_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8092/8092_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM FEITOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE AVALIAR A POSSIBILIDADE DE ADOTAR PROCEDIMENTO COMPATÍVEL PARA EVITAR ENGARRAFAMENTO DE TRÂNSITO ENTRE A AVENIDA DOUTOR SOBRAL NETO, AVENIDA RUI BARBOSA E AVENIDA 9 DE JULHO, SUGERINDO-SE A IMPLANTAÇÃO DE SEMÁFORO OU QUALQUER OUTRO INSTRUMENTO QUE POSSA VIABILIZAR O FLUXO DO TRÂNSITO NAQUELAS VIAS PÚBLICAS.</t>
   </si>
   <si>
     <t>8189</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8189/8189_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8189/8189_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE RECAPEAR A AV. WALDEMAR MORANDIM, NO BAIRRO NELSON CAPORUSSO.</t>
   </si>
   <si>
     <t>8191</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8191/8191_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8191/8191_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE TRANSFORMAR A ÁREA ONDE SE LOCALIZAM A BALDAN MÁQUINAS E EQUIPAMENTOS LTDA. E A FUNDIÇÃO BALDAN EM UM PARQUE OU DISTRITO INDUSTRIAL, DENOMINANDO-A DE PARQUE OU DISTRITO INDUSTRIAL &amp;#8220;FERNANDO BALDAN&amp;#8221;, EM HOMENAGEM AO EMPRESÁRIO E A TODA SUA FAMÍLIA.</t>
   </si>
   <si>
     <t>8136</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8136/8136_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8136/8136_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA AVENIDA LAZARO DA SILVA PORTO NO BAIRRO COHAB II.</t>
   </si>
   <si>
     <t>8138</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8138/8138_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8138/8138_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE COLOCAR UM PONTO DE ÔNIBUS COM COBERTURA E ILUMINAÇÃO ENTRE O JARDIM GAIVOTAS E O RESIDENCIAL CLEMENTINO POLITTI.</t>
   </si>
   <si>
     <t>8139</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8139/8139_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8139/8139_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE QUE SE TOME PROVIDÊNCIAS NA PRAÇA DA IGREJA MATRIZ EM RELAÇÃO À PROLIFERAÇÃO DE CUPINS.</t>
   </si>
   <si>
     <t>8140</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8140/8140_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8140/8140_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE SEJA IMPLANTADO UM ACESSO A CADEIRANTES (RAMPA) NO PÁTIO DO VELÓRIO MUNICIPAL, PARA QUE OS CADEIRANTES TENHA ACESSO ÁS SALAS.</t>
   </si>
   <si>
     <t>8141</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8141/8141_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8141/8141_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO AVERIGUAR O MATERIAL DE GINASTICA (STEP E COLCHONETES) DA ACADEMIA DE GINASTICA NO GINÁSIO DE ESPORTE &amp;#8220;VEREADOR EDUARDO ATIQUE&amp;#8221;, E SE NECESSÁRIO TROCA-LOS POR NOVOS. </t>
   </si>
   <si>
     <t>8142</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8142/8142_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8142/8142_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR A INDICAÇÃO DE Nº 0127/2017 AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS E ESTUDOS SEJAM REALIZADOS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE RECAPEAR A RUA FRANCISCO VITORINO, NO BAIRRO JARDIM SÃO BENTO.</t>
   </si>
   <si>
     <t>8143</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8143/8143_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8143/8143_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE RECAPEAR A RUA JOSÉ CAPORUSSO, NO BAIRRO COHAB II.</t>
   </si>
   <si>
     <t>8144</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8144/8144_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8144/8144_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE RECAPEAR A R. AMÉRICO FABIANO LUIZ, BAIRRO JD. SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>8145</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8145/8145_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8145/8145_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR O CONSERTO DA TAMPA DA &amp;#8220;BOCA DE LOBO&amp;#8221; LOCALIZADA NA CALÇADA DA ÁREA VERDE SITUADA NA AV. RICIERI DE OLIVEIRA, BAIRRO MARIANA II. (SEGUE ANEXA FOTO).</t>
   </si>
   <si>
     <t>8146</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8146/8146_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8146/8146_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REFORMAR A CALÇADA DA ÁREA VERDE LOCALIZADA NA AV. RICIERI DE OLIVEIRA, BAIRRO MARIANA II. (SEGUEM ANEXAS FOTOS).</t>
   </si>
   <si>
     <t>8147</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8147/8147_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8147/8147_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSERIR A 1ª FESTA DE TALENTOS EVANGÉLICOS NO CALENDÁRIO OFICIAL DE EVENTOS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>8149</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8149/8149_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8149/8149_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA AV. PRINCESA IZABEL, NA ALTURA DO NÚMERO 285.</t>
   </si>
   <si>
     <t>8150</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8150/8150_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8150/8150_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A INSTALAÇÃO UM BEBEDOURO DE ÁGUA FILTRADA E GELADA NA PRAÇA SÍLVIO VAZ DE ARRUDA, MAIS PRECISAMENTE NO ANTIGO PONTO DE TÁXI.</t>
   </si>
   <si>
     <t>8151</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8151/8151_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8151/8151_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELA SECRETARIA MUNICIPAL DE SAÚDE VISANDO ELABORAR A CAMPANHA DE VACINAÇÃO CONTRA RAIVA NO MÊS DE AGOSTO.</t>
   </si>
   <si>
     <t>8152</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8152/8152_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8152/8152_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSTALAR LIXEIRAS NA PRAÇA LOCALIZADA NO RESIDENCIAL CHIQUITO.</t>
   </si>
   <si>
     <t>8153</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8153/8153_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8153/8153_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 91 NA AVENIDA FERNANDO MARQUES NA VILA VIRGINIA.</t>
   </si>
   <si>
     <t>8154</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8154/8154_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8154/8154_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE RECAPEAR A RUA ANTÔNIO BENTO DAMÁSIO, NA COHAB 2.</t>
   </si>
   <si>
     <t>8155</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8155/8155_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8155/8155_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INSTALAR SINALIZAÇÃO HORIZONTAL NAS RUAS QUE CRUZAM COM A RUA MARIA AP. CIGANHA CAPORUSSO NO BAIRRO MARIANA I E II.</t>
   </si>
   <si>
     <t>8156</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8156/8156_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8156/8156_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO ALTERAR O DISPOSTO NAS ALÍNEAS "A" E "B, (ACRESCIDAS PELA LEI N°1.596, DE 27/11/1998), DO INCISO I, DO ARTIGO 11 DO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO, ELEVANDO O TETO DE RENDA MENSAL PARA EFEITO DE ISENÇÃO DO IPTU DE UM PARA UM SALÁRIO MÍNIMO E MEIO.</t>
   </si>
   <si>
     <t>8157</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8157/8157_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8157/8157_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE AVALIAR A POSSIBILIDADE DE PROMOVER UM PROGRAMA DE ESTAGIÁRIOS SENIORES NAS INSTITUIÇÕES PÚBLICAS E PARTICULARES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8158</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8158/8158_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8158/8158_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR UMA RAMPA DE ACESSO AO MORADOR PORTADOR DE NECESSIDADES ESPECIAIS IDOSOS, ETC., RESIDENTE NA AVENIDA; ANTÔNIO ALBINO 179 VILA LANDGRAF- GUARIBA-SP.</t>
   </si>
   <si>
     <t>8160</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8160/8160_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8160/8160_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE IMPLANTAR A &amp;#8220;FOLGA ANIVERSÁRIO&amp;#8221;, CONCEDENDO A TODOS OS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS O DIREITO A UM DIA DE FOLGA REMUNERADA NO DIA DE SEU ANIVERSÁRIO.</t>
   </si>
   <si>
     <t>8161</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8161/8161_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8161/8161_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE PASTOR MANOEL SILVA.</t>
   </si>
   <si>
     <t>8167</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8167/8167_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8167/8167_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE, SEJA DENOMINADO PRÓPRIO MUNICIPAL COM O NOME DO SAUDOSO DR. ANTONIO JOSÉ RODRIGUES FILHO.</t>
   </si>
   <si>
     <t>8168</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8168/8168_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8168/8168_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE, SEJA DENOMINADO PRÓPRIO MUNICIPAL COM O NOME DO DR. ROBERTO RODRIGUES.</t>
   </si>
   <si>
     <t>8174</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8174/8174_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8174/8174_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE QUE SEJAM FEITAM MELHORIAS NO CAMPO DE FUTEBOL DO RESIDENCIAL SANTA CRUZ, TAIS COMO PINTURA DO CAMPO, REDES PARA TRAVES DO GOL E TAMBÉM CERCAR O CAMPO, POIS DEVIDO AO TRÁFEGO DE PEDESTRES E MOTOS TEM DETERIORADO O CAMPO. </t>
   </si>
   <si>
     <t>8176</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8176/8176_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8176/8176_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE ACADEMIA AO AR LIVRE NA PRAÇA DOS TRABALHADORES, NA VILA CECAP.</t>
   </si>
   <si>
     <t>8180</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8180/8180_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8180/8180_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 331 DA RUA ROBERTO JÚLIO DA ROCHA, NO JARDIM SÃO BENTO.</t>
   </si>
   <si>
     <t>8177</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8177/8177_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8177/8177_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO QUE SEJA FEITO ALAMBRADO EM VOLTA DA ÁREA VERDE DO BAIRRO FUNICHELLI SANTIN, E INSTALADO DUAS LIXEIRAS COMUNITÁRIAS EM PONTOS DIFERENTES EM FRENTE À REFERIDA ÁREA VERDE.</t>
   </si>
   <si>
     <t>8179</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8179/8179_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8179/8179_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN DEPARTAMENTO MUNICIPAL DE TRÂNSITO NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA AVENIDA JOSÉ VIZIACK, PRÓXIMO AO NUMERO 521,JARDIM HORTÊNCIA. </t>
   </si>
   <si>
     <t>8181</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8181/8181_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8181/8181_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA AVENIDA JOSÉ MAZZI, PRÓXIMO AO NUMERO 1.898, JARDIM BOA VISTA.</t>
   </si>
   <si>
     <t>8182</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8182/8182_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8182/8182_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER À REFORMA GERAL NA BOCA DE LOBO LOCALIZADA NA AV. JOAQUIM MATHEUS CORRÊA, NA ALTURA DO NÚMERO 1445, ESQUINA COM A RUA BONFIM - VILA GARAVELLO.</t>
   </si>
   <si>
     <t>8184</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8184/8184_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8184/8184_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO PODAR ARVORES LOCALIZADA NA RUA:BARTOLOMEU MANA, DEFRONTE AO NUMERO 984 ENTRE VILA ROCCA COM A RODOVIA JOSÉ CORONA._x000D_
  </t>
   </si>
   <si>
     <t>8186</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8186/8186_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8186/8186_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS, DENTRO DA DISPONIBILIDADE FINANCEIRA, PELO DEMUTRAN (DEPARTAMENTO MUNICIPAL DE TRÂNSITO) NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA AVENIDA ÍTALO POLITI, NA ALTURA DO NÚMERO 1166, NO BAIRRO NOVA GUARIBA.</t>
   </si>
   <si>
     <t>8187</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8187/8187_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8187/8187_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR A INDICAÇÃO DE Nº 068/2017 AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS DE ACORDO COM A DISPONIBILIDADE FINANCEIRA E ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE UM PLAYGROUND NA ÁREA VERDE SITUADA NO CRUZAMENTO DA R. ATÍLIO CHARION E RAMIRO SUAREZ RODRIGUEZ, BAIRRO JARDIM PAULISTANO.</t>
   </si>
   <si>
     <t>8188</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8188/8188_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8188/8188_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR A INDICAÇÃO DE Nº 067/2017 AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR DENTRO DA DISPONIBILIDADE FINANCEIRA, A REUTILIZAÇÃO DA CAIXA D&amp;#8217;ÁGUA QUE SE ENCONTRA EM DESUSO NA FAZENDA SANTA CRUZ TRANSFERINDO-A PARA PRÓXIMO DOS BANHEIROS DA FEIRA DE DOMINGO.</t>
   </si>
   <si>
     <t>8195</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8195/8195_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8195/8195_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE QUE SEJA INSTALADO NA REDE PÚBLICA DE ENSINO DESTE MUNICÍPIO O SISTEMA DE  FREQUÊNCIA DIGITAL ESCOLAR FACIAL  QUE CONTROLE A FREQUÊNCIA DOS ALUNOS SEM A NECESSIDADE DE REALIZAR CHAMADAS, DIMINUINDO A EVASÃO ESCOLAR, REDUZINDO O USO DE PAPEL, CONTROLE EFICIENTE DA MERENDA, INFORMAÇÕES CENTRALIZADAS E TRANQUILIDADE PARA OS PAIS, POIS OS MESMOS RECEBEM UM SMS (TORPEDO) QUANDO O ALUNO ESTÁ AUSENTE OU QUANDO A UNIDADE ESCOLAR DESEJAR ENTRAR EM CONTATO COM OS PAIS OU RESPONSÁVEIS.</t>
   </si>
   <si>
     <t>8196</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8196/8196_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8196/8196_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE IMPLANTAR UM SISTEMA DE &amp;#8220;CENTRO DE AGENDAMENTO DE EXAMES MÉDICOS&amp;#8221; NA REDE MUNICIPAL DE SAÚDE; PARA QUE DE UMA FORMA SIMPLES E FÁCIL SEJAM AGENDADOS OS EXAMES MÉDICOS, PARA QUE NÃO HAJA REPETIÇÃO DE EXAMES._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>8197</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8197/8197_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8197/8197_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE SE TOMEM PROVIDENCIAS EM RELAÇÃO À PONTE, MAIS ESPECIFICAMENTE A CALÇADA DA PONTE DO CÓRREGO GUARIBA LOCALIZADA NO FIM DA RUA DR. JOSÉ RODRIGUES FABRÍCIO COM CRUZAMENTO COM O FIM DA AVENIDA DR. SOBRAL NETO E COMEÇO DA RUA SHINZU SHIMIZU.</t>
   </si>
   <si>
     <t>8198</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8198/8198_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8198/8198_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER A COLOCAÇÃO DA PLACA DENOMINATIVA "PRAÇA ROQUE DI MASTROGIROLAMO" NA PRAÇA DA CAPELA LOCALIZADA NO RESIDENCIAL SANTA CRUZ. </t>
   </si>
   <si>
     <t>8199</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8199/8199_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8199/8199_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REPAROS NA ILUMINAÇÃO NA PRAÇA DO JARDIM PAULISTANO NA RUA JOSÉ CORREIA LEITE FILHO EM FRENTE A CAPELA SÃO FRANCISCO DE ASSIS.</t>
   </si>
   <si>
     <t>8200</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8200/8200_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8200/8200_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE SEJA FEITA A COLOCAÇÃO DE REDES ATRÁS DAS TRAVES DÁ QUADRA DA ESCOLA EMEB. PROF. ALFREDO ROLIM DE MOURA.</t>
   </si>
   <si>
     <t>8201</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8201/8201_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8201/8201_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTINDO DA COLOCAÇÃO DE UM TOLDO EM FRENTE AO CENTRO ODONTOLÓGICO.</t>
   </si>
   <si>
     <t>8202</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8202/8202_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8202/8202_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CRIAR O ZAP TAP VOCÊ MANDA UM WHATZAPP E A EQUIPE DO TAPA-BURACOS DA PREFEITURA VAI ATÉ O LOCAL. </t>
   </si>
   <si>
     <t>8203</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8203/8203_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8203/8203_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO QUE SEJA FEITO ALAMBRADO EM VOLTA DA ÁREA VERDE DO BAIRRO RESIDENCIAL LAURENTIZ, E INSTALADO DUAS LIXEIRAS COMUNITÁRIAS EM PONTOS DIFERENTES EM FRENTE À REFERIDA ÁREA VERDE.</t>
   </si>
   <si>
     <t>8204</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8204/8204_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8204/8204_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR DENTRO DA DISPONIBILIDADE FINANCEIRA, A CONTRATAÇÃO DE 01 (UM) TERAPEUTA OCUPACIONAL PARA ATENDER AS NECESSIDADES DO PROGRAMA SAÚDE DA FAMÍLIA (PSF) UNIDADE I &amp;#8220;SEBASTIÃO BANDEIRA&amp;#8221; LOCALIZADA NA RUA ERNESTO DE ANGELIS Nº. 925, JARDIM PAULISTANO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>8205</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8205/8205_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8205/8205_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR DENTRO DA DISPONIBILIDADE FINANCEIRA, A CRIAÇÃO DO PROJETO CINE FELIZ PARA A POPULAÇÃO EM SITUAÇÃO DE RUA, COM O INTUITO DE LEVAR DIVERSÃO BEM COMO CULTURA DE ACORDO COM O DISPOSTO DO ARTIGO 8º, INCISO V, DA LEI ORGÂNICA DO MUNICÍPIO DE GUARIBA. </t>
   </si>
   <si>
     <t>8206</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8206/8206_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8206/8206_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR DENTRO DA DISPONIBILIDADE FINANCEIRA, A REDUÇÃO DA JORNADA DE TRABALHO DOS PROFISSIONAIS ASSISTENTES SOCIAIS (REFERÊNCIA SALARIAL 11) DE TRINTA HORAS SEMANAIS PARA VINTE HORAS SEMANAIS SEM PREJUÍZO DE SALÁRIO. (SEGUEM ANEXOS REQUERIMENTO DE REIVINDICAÇÃO DA CATEGORIA PROFISSIONAL DO ASSISTENTE SOCIAL E PARECER JURÍDICO DESTA CASA)._x000D_
 </t>
   </si>
   <si>
     <t>8210</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8210/8210_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8210/8210_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE INCLUIR NO CALENDÁRIO OFICIAL DE EVENTOS DESTE MUNICÍPIO A MINICORRIDA DE SÃO SILVESTRE (COM PERCURSO DE SEIS QUILÔMETROS), SEMPRE NO MÊS DE DEZEMBRO E ANTES DO NATAL. SUGERIMOS PARA ESTE ANO A DATA DE 17 DE DEZEMBRO, ÀS 17H.</t>
   </si>
   <si>
     <t>8212</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8212/8212_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8212/8212_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR UMA MANUTENÇÃO NOS PARQUINHOS INFANTIS.</t>
   </si>
   <si>
     <t>8213</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8213/8213_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8213/8213_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELA SECRETARIA MUNICIPAL DA SAÚDE NO SENTIDO DE VIABILIZAR A ENTREGA DE MEDICAMENTOS DE USO CONTÍNUO EM DOMICÍLIO ÀS PESSOAS ACAMADAS E/OU PORTADORAS DE DEFICIÊNCIA FÍSICA.</t>
   </si>
   <si>
     <t>8214</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8214/8214_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8214/8214_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO QUE SEJA REFEITA A CERCA OU QUE SEJA FEITO ALAMBRADO EM VOLTA DA ÁREA VERDE DO BAIRRO RESIDENCIAL BELA VISTA, E INSTALADAS DUAS LIXEIRAS COMUNITÁRIAS EM PONTOS DIFERENTES EM FRENTE À REFERIDA ÁREA VERDE.</t>
   </si>
   <si>
     <t>8215</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8215/8215_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8215/8215_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS, DENTRO DA DISPONIBILIDADE FINANCEIRA, PELO DEMUTRAN (DEPARTAMENTO MUNICIPAL DE TRÂNSITO) NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE 02 REDUTORES DE VELOCIDADE (LOMBADAS) NA AVENIDA HELIO DELACORTE NO RESIDENCIAL BELA VISTA.</t>
   </si>
   <si>
     <t>8216</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8216/8216_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8216/8216_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO DEMUTRAN NO SENTIDO DE IMPLANTAR DEMARCAÇÃO DE VAGA DE ESTACIONAMENTO, ATRAVÉS DE PINTURA DE SOLO (CONFORME FOTOS EM ANEXO) DE ATÉ 5,5 METROS EM TODOS QUARTEIRÕES DE MAIOR MOVIMENTO NO CENTRO DE GUARIBA, E DEFINIR 1 LOCAL PARA CARGA E DESCARGA DE CAMINHÕES E LOCAL ESPECÍFICO PARA ESTACIONAMENTO DE MOTOS PARA CADA QUARTEIRÃO.</t>
   </si>
   <si>
     <t>8217</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8217/8217_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8217/8217_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO QUE SEJA FEITO ALAMBRADO EM VOLTA DA ÁREA VERDE DO BAIRRO JARDIM PRIMAVERA, NA RUA DOS MEIRELES, E INSTALADO DUAS LIXEIRAS COMUNITÁRIAS EM PONTOS DIFERENTES EM FRENTE À REFERIDA ÁREA VERDE.</t>
   </si>
   <si>
     <t>8218</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>Jurandir Turmeiro</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8218/8218_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8218/8218_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN OBJETIVANDO RETIRAR O REDUTOR DE VELOCIDADE (LOMBADA) EXISTENTE NA AVENIDA ERNESTO DE ANGELIS, MAIS PRECISAMENTE DEFRONTE AO AUTO POSTO NIVALDO MAZZI. INDICA, AINDA, A CONSTRUÇÃO DE UMA LOMBADA DEFRONTE À EMEB &amp;#8220;PROFª MARIA CECÍLIA PACÍFICO DE FARIA&amp;#8221;, LOCALIZADA NO NÚMERO 461 DAQUELA AVENIDA.</t>
   </si>
   <si>
     <t>8219</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8219/8219_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8219/8219_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO DEMUTRAN NO SENTIDO DE PERMITIR O ESTACIONAMENTO EM APENAS UM DOS LADOS DA AVENIDA ERNESTO DE ANGELIS, MAIS PRECISAMENTE DO LADO DIREITO DE QUEM DESCE, A EXEMPLO DA AVENIDA OTÁVIO RANGEL.</t>
   </si>
   <si>
     <t>8220</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8220/8220_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8220/8220_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS, DENTRO DA DISPONIBILIDADE FINANCEIRA, PELO DEMUTRAN (DEPARTAMENTO MUNICIPAL DE TRÂNSITO) NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA R. FERES SADALLA NA ALTURA DO NÚMERO 467, AO LADO DO URSO MATERIAIS ELÉTRICOS, NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>8221</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8221/8221_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8221/8221_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA DENTRO DA DISPONIBILIDADE FINANCEIRA NO SENTIDO DE VIABILIZAR O RECAPEAMENTO DA AVENIDA CAMPOS SALLES, TRECHO COMPREENDIDO ENTRE AS RUAS JOÃO DE ANGELÍS JUNIOR ATÉ A FERES SADALLA.</t>
   </si>
   <si>
     <t>8222</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8222/8222_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8222/8222_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA, DENTRO DA DISPONIBILIDADE, TOME AS PROVIDÊNCIAS NECESSÁRIAS EM RELAÇÃO AOS CAVALOS SOLTOS NA VILA MARIANA DANDO, ASSIM, CUMPRIMENTO AO CÓDIGO DE POSTURAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8228</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8228/8228_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8228/8228_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO QUE SEJA INSTALADO NOS REFLETORES DAS QUADRAS DO MUNICÍPIO RELÊ FOTOCÉLULA, POIS COM O NASCER E PÔR DO SOL AUTOMATICAMENTE AS LUZES SE ACENDEM E APAGAM, SEM INTERFERÊNCIA HUMANA.</t>
   </si>
   <si>
     <t>8229</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8229/8229_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8229/8229_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO QUE INTENSIFICADO A COLETA DO LIXO ONDE É CONHECIDA COMO A &amp;#8220;CHÁCARA DOS LOUZADAS&amp;#8221;, POIS O RECOLHIMENTO REALIZADO NÃO ESTÁ SENDO O SUFICIENTE PARA SUPRIR A NECESSIDADES DOS MUNÍCIPES QUE ALI RESIDEM, POIS ESTÁ ACONTECENDO O ACÚMULO DE LIXO DE UMA COLETA ATÉ PRÓXIMA, ONDE AO QUAL VEM TRAZENDO GRANDES TRANSTORNOS PARA OS MUNÍCIPES QUE ALI RESIDEM.</t>
   </si>
   <si>
     <t>8232</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8232/8232_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8232/8232_texto_integral.xml</t>
   </si>
   <si>
     <t>RECAPEAR A RUA GUIDO GARAVELLO, SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>8233</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8233/8233_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8233/8233_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE SE SANAR OS ENTRAVES JUDICIAIS, PARA QUE SE POSSA ASFALTAR AS MARGENS DO CÓRREGO GUARIBA, NO BAIRRO JARDIM JUSSARA._x000D_
 </t>
   </si>
   <si>
     <t>8234</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8234/8234_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8234/8234_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONTRATAÇÃO DE AUXILIAR DE SESSÃO PARA O NÚCLEO DE SAÚDE MENTAL.</t>
   </si>
   <si>
     <t>8235</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8235/8235_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8235/8235_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONTRATAÇÃO DE AUXILIAR OU TÉCNICO DE FARMÁCIA PARA O AMBULATÓRIO MUNICIPAL. </t>
   </si>
   <si>
     <t>8237</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8237/8237_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8237/8237_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS, DENTRO DA DISPONIBILIDADE FINANCEIRA, PELO DEMUTRAN (DEPARTAMENTO MUNICIPAL DE TRÂNSITO) NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA R. FRANCISCO EMÍDIO DE SOUZA, NA ALTURA DO NÚMERO 2.250, BAIRRO CLEMENTINO POLITI.</t>
   </si>
   <si>
     <t>8238</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8238/8238_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8238/8238_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS, DENTRO DA DISPONIBILIDADE FINANCEIRA, PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A RECOLOCAÇÃO DA TABELA DE BASQUETE DA QUADRA ESPORTIVA LOCALIZADA NA PRAÇA SEBASTIÃO DE CASTRO, NA VILA CHIQUITO.</t>
   </si>
   <si>
     <t>8239</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8239/8239_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8239/8239_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS, DENTRO DA DISPONIBILIDADE FINANCEIRA, PELO DEMUTRAN (DEPARTAMENTO MUNICIPAL DE TRÂNSITO) NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA R. MILTON ROCCA, NO JARDIM SÃO BENTO.</t>
   </si>
   <si>
     <t>8240</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8240/8240_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8240/8240_texto_integral.xml</t>
   </si>
   <si>
     <t>NDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE APLICAR NA PRAÇA "LIONS CLUBE DE GUARIBA", NO RESIDENCIAL SÓZIO CAPORUSSO, AS MESMAS MEDIDAS QUE FORAM TOMADAS NA PRAÇA "HERMÍNIO DE LAURENTIZ", NO RESIDENCIAL LAURENTIZ, OU SEJA, PROIBIR O ESTACIONAMENTO DE VEÍCULOS DAS 22 ÀS 06 HORAS.</t>
   </si>
   <si>
     <t>8241</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8241/8241_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8241/8241_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA COM O OBJETIVO DE IMPLANTAR TELEFONIA FIXA RESIDENCIAL E PÚBLICA NO BAIRRO RESIDENCIAL BELA VISTA.</t>
   </si>
   <si>
     <t>8242</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8242/8242_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8242/8242_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE QUE SEJAM RECOLHIDOS COM UMA PERIODICIDADE REGULAR E CURTA, DE ATÉ DOIS DIAS, OS MATERIAIS DESCARTADOS NO ECOPONTO MUNICIPAL.</t>
   </si>
   <si>
     <t>8243</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8243/8243_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8243/8243_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ALTERAÇÕES SEJAM FEITAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE APRIMORAR E COMPLEMENTAR A LEI Nº2.163 DE 14 DE DEZEMBRO DE 2006 EM SEU TÍTULO III, CAPÍTULO II, SEÇÃO XIV QUE TRATA SOBRE OS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>8244</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8244/8244_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8244/8244_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR UMA LIMPEZA, CORTAR O MATO E RETIRAR ENTULHOS NA AVENIDA LUIZ BARICHELLO N° 426 FUNDOS DA ETEC BENTO CARLOS BOTELHO DO AMARAL.</t>
   </si>
   <si>
     <t>8250</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>Nivaldo, Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Jurandir Turmeiro, Magna Rocha, Marcelinho do Lino, Márcia Alves, Néia Guimarães, Paulo de Sa</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8250/8250_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8250/8250_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE VIABILIZAR EM FAVOR DA IGREJA CATÓLICA (DIOCESE DE JABOTICABAL) A CESSÃO EM COMODATO DO PRÉDIO DA IGREJA EXISTENTE NO RESIDENCIAL SANTA CRUZ.</t>
   </si>
   <si>
     <t>8251</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8251/8251_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8251/8251_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE INSTALAR UM REDUTOR DE VELOCIDADE (LOMBADA) NAS PROXIMIDADES DO ENTRONCAMENTO DA AVENIDA MILTON ROCCA COM A RUA JOSÉ CAPORUSSO, NO JARDIM SÃO BENTO.</t>
   </si>
   <si>
     <t>8252</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8252/8252_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8252/8252_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE RESTAURAR A ILUMINAÇÃO NA PRAÇA &amp;#8220;ANTONIO CARLOS ROCCA&amp;#8221; NO RESIDENCIAL MORADA DO SOL RUA FRANCISCO RIBAS.</t>
   </si>
   <si>
     <t>8253</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>Nivaldo, Dr. Carósio</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8253/8253_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8253/8253_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE RESTAURAR A ILUMINAÇÃO NA PRAÇA "MARIA RODRIGUES DA SILVA DE LIMA" NO JARDIM VIRGÍNIA.</t>
   </si>
   <si>
     <t>8254</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8254/8254_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8254/8254_texto_integral.xml</t>
   </si>
   <si>
     <t>NDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA AVENIDA JOSÉ ZANOTTO, NA ALTURA DO NÚMERO 370.</t>
   </si>
   <si>
     <t>8256</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8256/8256_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8256/8256_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO EM NOSSA CIDADE DE UMA BRIGADA DE INCÊNDIO MUNICIPAL.</t>
   </si>
   <si>
     <t>8258</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8258/8258_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8258/8258_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN OBJETIVANDO REGULAMENTAR E SINALIZAR COM PLACA DE CARGA E DESCARGA NA AVENIDA VICTOR VALENTIM DE OLIVEIRA 619 VILA JORDÃO.CONSIDERANDO QUE NO LOCAL EXISTE UM ESTABELECIMENTO COMERCIAL DO TIPO DEPOSITO DE GÁS LIQUEFEITO DE PETRÓLEO, JÁ INSTALADO ANTERIORMENTE À ALTERAÇÃO DE PROIBIÇÃO DE ESTACIONAMENTO, E QUE TAL RAMO DE ATIVIDADE NECESSITA DE PROXIMIDADE PARA CARGA E DESCARGA, EM VIRTUDE DO PESO DO PRODUTO.</t>
   </si>
   <si>
     <t>8259</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8259/8259_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8259/8259_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR CANALETA DE ESCOAMENTO DE ÁGUAS PLUVIAIS NA JUNÇÃO DA RUA MIGUEL PACÍFICO COM A AV. LAÍS (LALÁ) SADALLA, NO RESIDENCIAL LAURENTIZ.</t>
   </si>
   <si>
     <t>8261</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8261/8261_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8261/8261_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDENCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE RESTAURAR A ILUMINAÇÃO DA PRAÇA AMADOR BUENO BARRIOS, LOCALIZADA NA COHAB II.</t>
   </si>
   <si>
     <t>8262</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8262/8262_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8262/8262_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR MANUTENÇÃO GERAL NOS APARELHOS DE GINÁSTICA DA ACADEMIA AO AR LIVRE DA PRAÇA AMADOR BUENO BARRIOS, LOCALIZADA NA COHAB II. </t>
   </si>
   <si>
     <t>8263</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8263/8263_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8263/8263_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR MANUTENÇÃO GERAL NOS APARELHOS DE GINÁSTICA DA ACADEMIA AO AR LIVRE DA PRAÇA PROFESSOR EUGÊNIO EDEMO CHRISTOFO, CRUZAMENTO AV. LUIZ BARRICHELLO E R. FREDERICO POLITI, BAIRRO PARQUE DOS LAGOS.</t>
   </si>
   <si>
     <t>8265</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8265/8265_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8265/8265_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA QUE PROVIDÊNCIAS SEJAM TOMADAS PELA SECRETARIA DA CASA NO SENTIDO DE QUE, ASSIM QUE HOUVER DISPONIBILIDADE EM NOVOS LOTEAMENTOS, SEJA DENOMINADA VIA OU ESPAÇO PÚBLICO COM O NOME DE SEBASTIÃO MENDES FERREIRA.</t>
   </si>
   <si>
     <t>8269</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8269/8269_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8269/8269_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE O SETOR COMPETENTE DA PREFEITURA FAÇA OS DEVIDOS REPAROS NA PRAÇA DA AVENIDA DA PAZ, LOCALIZADA NA COHAB II, SOBRETUDO NA QUESTÃO DE TROCA DE LÂMPADAS E FIAÇÃO ADEQUADA, BEM COMO SEU REJARDINAMENTO.</t>
   </si>
   <si>
     <t>8270</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8270/8270_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8270/8270_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO AO CHEFE DO EXECUTIVO MUNICIPAL, SOLICITANDO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE FAZER O RECAPEAMENTO DA RUA DIOLINDO AMBRÓSIO, NA COHAB II.</t>
   </si>
   <si>
     <t>8275</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8275/8275_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8275/8275_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS, DENTRO DA DISPONIBILIDADE FINANCEIRA, SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR REPAROS E MANUTENÇÃO DE TODAS AS PISCINAS DA REDE MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>8277</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8277/8277_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8277/8277_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PERANTE A CPFL OBJETIVANDO VIABILIZAR A TROCA DE POSTE DE MADEIRA POR UM DE CONCRETO, E ACERTAR SUA LOCALIZAÇÃO NA CALÇADA PARA FACILITAR A CIRCULAÇÃO DE PEDESTRES NA RUA 9 DE JULHO NA ALTURA DO NÚMERO 31.</t>
   </si>
   <si>
     <t>8279</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8279/8279_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8279/8279_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA AVENIDA ERNESTO DE ANGELIS N°465 COHAB 2.</t>
   </si>
   <si>
     <t>8280</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8280/8280_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8280/8280_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA AVENIDA FRANCISCO  VOLK N° 448 VILA GOMES DO AZEVEDO.</t>
   </si>
   <si>
     <t>8282</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8282/8282_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8282/8282_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR AS DEMARCAÇÕES DA QUADRA ESPORTIVA LOCALIZADA PRÓXIMA AO "SUPERMERCADO LIBIANO", NA CONFLUÊNCIA DAS AVENIDAS ÍTALO POLITI E JOÃO ALVES BARBOSA. </t>
   </si>
   <si>
     <t>8283</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8283/8283_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8283/8283_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE REALIZAR PINTURA DE ESTACIONAMENTO NA RUA JOÃO VIZIACK N°70 NO DISTRITO INDUSTRIAL GOVERNADOR MÁRIO COVAS.</t>
   </si>
   <si>
     <t>8284</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8284/8284_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8284/8284_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR A SINALIZAÇÃO DE TRANSITO NO SOLO NO RESIDENCIAL ALPHEU BELLODI &amp;#8211; CDHU.</t>
   </si>
   <si>
     <t>8285</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8285/8285_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8285/8285_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE SE REALIZAR UMA VISTORIA NOS COQUEIROS E NAS ÁRVORES DE GRANDE PORTE QUE FICAM AO REDOR DO HOSPITAL REGIONAL FRANCISCO CARNEIRO D'ALBUQUERQUE.</t>
   </si>
   <si>
     <t>8286</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8286/8286_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8286/8286_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS, DENTRO DA DISPONIBILIDADE FINANCEIRA, PELO DEMUTRAN (DEPARTAMENTO MUNICIPAL DE TRÂNSITO) NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA RUA FERES SADALLA, NA ALTURA DO NÚMERO 886, BAIRRO CENTRO. </t>
   </si>
   <si>
     <t>8287</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8287/8287_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8287/8287_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE DESLOCAR O PONTO DE ÔNIBUS QUE ESTÁ LOCALIZADO NA RUA OTÁVIO EVANGELISTA DE SOUZA, NA ESQUINA NA IGREJA BATISTA, PARA O PRÓXIMO QUARTEIRÃO QUE CRUZA COM A AVENIDA DOS BALDAN.</t>
   </si>
   <si>
     <t>8293</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8293/8293_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8293/8293_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO DEMUTRAN, DENTRO DA DISPONIBILIDADE FINANCEIRA, NO SENTIDO DE VIABILIZAR A ADOÇÃO DE MÃO ÚNICA DE DIREÇÃO NA RUA ROBERTO JÚLIO DA ROCHA, JARDIM SÃO BENTO.</t>
   </si>
   <si>
     <t>8294</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8294/8294_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8294/8294_texto_integral.xml</t>
   </si>
   <si>
     <t>REITERAR A INDICAÇÃO DE Nº 172/2017 AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS E PROVIDÊNCIAS SEJAM TOMADAS DENTRO DA DISPONIBILIDADE FINANCEIRA PELO SETOR COMPETENTE DA PREFEITURA A FIM DE VIABILIZAR A COLOCAÇÃO DE UM PONTO DE ÔNIBUS COBERTO NA AV. MILTON ROCCA CRUZAMENTO COM A RUA AMÉRICO FABIANO LUIZ, BAIRRO JARDIM SÃO BENTO.</t>
   </si>
   <si>
     <t>8295</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8295/8295_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8295/8295_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS, DENTRO DA DISPONIBILIDADE FINANCEIRA, PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A TROCA DOS BANCOS DA PRAÇA SEBASTIÃO DE CASTRO, NA VILA CHIQUITO.</t>
   </si>
   <si>
     <t>8297</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8297/8297_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8297/8297_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZA UM LOCAL (SALA); COM MESA, CADEIRAS E INSTALAÇÃO DE AR CONDICIONADO, COM ESPAÇO PARA REFEIÇÕES E CAFÉ, DOS MOTORISTAS E OPERADORES DE MAQUINAS DA GARAGEM MUNICIPAL.</t>
   </si>
   <si>
     <t>8298</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8298/8298_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8298/8298_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS, DENTRO DA DISPONIBILIDADE FINANCEIRA, PELO DEMUTRAN (DEPARTAMENTO MUNICIPAL DE TRÂNSITO) NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA AVENIDA: AMADEU MAZZI NA ALTURA DOS NÚMEROS 201 E 211 E DO OUTRO LADO NA ALTURA DOS NÚMEROS 261 E 251, NO CRUZAMENTO COM A FRANCISCO VOLCH.</t>
   </si>
   <si>
     <t>8299</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8299/8299_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8299/8299_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONTEMPLAR OS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS O ABONO NATALINO NO VALOR ÚNICO DE R$ 400,00 (QUATROCENTOS REAIS) ACRESCIDOS EM SEU VALE ALIMENTAÇÃO SOMENTE NO MÊS DE DEZEMBRO DE 2017.</t>
   </si>
   <si>
     <t>8300</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8300/8300_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8300/8300_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE ESTENDER AOS OUTROS SERVIDORES MUNICIPAIS O MESMO VALOR PAGO COMO AUXÍLIO ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS ELENCADOS NO ARTIGO 1º ,II DA LEI COMPLEMENTAR 2937 DE 1º DE OUTUBRO DE 2015.</t>
   </si>
   <si>
     <t>8301</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8301/8301_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8301/8301_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE PROCEDER À REPINTURA DA SINALIZAÇÃO DE SOLO (INDICAÇÃO DE "PARE" E FAIXA DE PEDESTRES), E PLACAS INDICATIVAS EM TODAS AS RUAS DAS VILAS MARIANA I E II.</t>
   </si>
   <si>
     <t>8302</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8302/8302_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8302/8302_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE DESTINAR VAGAS DE ESTACIONAMENTO EXCLUSIVO PARA IDOSOS, NA RUA NOVE DE JULHO, NO QUARTEIRÃO DA PRAÇA SÍLVIO VAZ DE ARRUDA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>8303</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8303/8303_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8303/8303_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA MUNICIPAL DE GUARIBA, NO SENTIDO DE QUE SEJA IMPLANTADO COLETORES SELETIVOS SUBTERRÂNEO DE LIXO ORGÂNICO E RECICLÁVEL EM VÁRIOS BAIRROS DE GUARIBA,INICIANDO-SE PELO CENTRO DA CIDADE. REFERIDO PROJETO OBJETIVA MELHORAR OS PROBLEMAS ASSOCIADOS AOS RESÍDUOS SÓLIDOS GERADOS NA CIDADE, PROMOVENDO AINDA A EDUCAÇÃO AMBIENTAL._x000D_
 </t>
   </si>
   <si>
     <t>8305</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8305/8305_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8305/8305_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE DOIS REDUTORES DE VELOCIDADE (LOMBADAS) NA RUA FRANCISCO VOLCH, NA ALTURA DOS NÚMEROS 800 E 900 (PRÓXIMO AO CRUZAMENTO COM A AV. AMADEU MAZZI.</t>
   </si>
   <si>
     <t>8306</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8306/8306_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8306/8306_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA RUA ROMUALDA DE MORANDIM NA VILA ROCCA, NA ALTURA DO NÚMERO 20, EXATAMENTE ANTES DA AV. AMADEU MAZZI.</t>
   </si>
   <si>
     <t>8307</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8307/8307_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8307/8307_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA RUA SHINZU SHIMIZU NO JARDIM IRAJÁ, EXATAMENTE ANTES DA AV. AMADEU MAZZI.</t>
   </si>
   <si>
     <t>8308</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8308/8308_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8308/8308_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO QUE SE REALIZE NO GALPÃO DO AGRONEGÓCIO &amp;#8220;JOSÉ LIMA DE OLIVEIRA&amp;#8221;, SEMANALMENTE, UMA FEIRA DE HORTIFRUTIGRANJEIROS, TODAS AS QUARTAS-FEIRAS, DAS 17:00HS ÀS 21:00HS</t>
   </si>
   <si>
     <t>8309</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8309/8309_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8309/8309_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REVER O TEXTO JURÍDICO DO ARTIGO 7º, PARÁGRAFO ÚNICO, INCISO I, ALÍNEA A, DA LEI Nº 2483 DE 25 FEVEREIRO DE 2011.</t>
   </si>
   <si>
     <t>8311</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8311/8311_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8311/8311_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA DESTA CASA DE LEIS QUE DENOMINE DOIS PRÓPRIOS PÚBLICOS (RUAS), COM OS NOMES DOS SENHORES LENO NAZARENO LUCIZANI E RUA LUIZ POLITI, RESPECTIVAMENTE.</t>
   </si>
   <si>
     <t>8327</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8327/8327_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8327/8327_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA OBJETIVANDO IMPLANTAR MELHORIAS NA ÁREA VERDE DO JARDIM PAULISTANO, LOCALIZADA NAS PROXIMIDADES DA EMEB PREFEITO PAULO MANGOLINI, TAIS COMO CONSTRUÇÃO DE QUIOSQUE E DE PONTO DE ÔNIBUS COBERTO.</t>
   </si>
   <si>
     <t>8328</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8328/8328_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8328/8328_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADO PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE QUE A RUA ITALO POLITI PROSSEGUISSE A SER MÃO ÚNICA SUBINDO MAIS UM QUARTEIRÃO, ATÉ O CRUZAMENTO COM A RUA VICENTE MARAFIOTI.</t>
   </si>
   <si>
     <t>8331</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8331/8331_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8331/8331_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE FAZER A CANALIZAÇÃO DO RIO JORDÃO.</t>
   </si>
   <si>
     <t>8332</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8332/8332_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8332/8332_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE EFETUAR REFORMA NOS BANHEIROS DO GINÁSIO DE ESPORTES </t>
   </si>
   <si>
     <t>8334</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8334/8334_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8334/8334_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEMUTRAN NO SENTIDO DE VIABILIZAR A COLOCAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ALTURA DO NÚMERO 455 DA AVENIDA ERNESTO DE ANGELIS, ESQUINA COM A AVENIDA JOSÉ ZANOTTO.</t>
   </si>
   <si>
     <t>8335</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8335/8335_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8335/8335_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DA CRIAÇÃO ESPAÇO ÁRVORE: LOCAL PROJETADO,DEMARCADO E IMPLANTADO NA ÁREA DE SERVIÇO NAS CALÇADAS DOS NOVOS PARCELAMENTOS DE SOLO, PRÉDIOS, LOCAIS E INSTALAÇÕES PÚBLICAS PRÓPRIAS MUNICIPAIS, RESIDENCIAIS, COMERCIAIS E DE SERVIÇOS, CONSTITUINDO ÁREA OU ESPAÇO QUE CONTENHA UNICA E EXCLUSIVAMENTE A ARVORE. ENTENDE-SE POR ESPAÇO ARVORE O LOCAL DO ENTORNO DAS ESPECIES ARBÓREAS EM ESPAÇO PÚBLICO OU NÃO COM AS DIMENSÕES ESTABELECIDAS.</t>
   </si>
   <si>
     <t>8336</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8336/8336_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8336/8336_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REQUERER QUE SEJA IMPLANTADO NO NOSSO MUNICIPIO UMA LIXEIRA EM SISTEMA MOLOK; EM ALGUNS PONTOS DA CIDADE ONDE A POPULAÇÃO DISPENSA MAIS LIXOS.</t>
   </si>
   <si>
     <t>8337</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8337/8337_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8337/8337_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER À CONSTRUÇÃO DE CANALETA PARA ESCOAMENTO DE ÁGUAS PLUVIAIS NA AVENIDA DOUTOR SOBRAL NETTO NA ALTURA DO NÚMERO 1124 ESQUINA COM A RUA NELLO PETRINI, JARDIM BOA VISTA.</t>
   </si>
   <si>
     <t>8338</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8338/8338_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8338/8338_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PERANTE O DER - DEPARTAMENTO DE ESTRADAS DE RODAGEM NO SENTIDO DE PROCEDER À REPINTURA DA SINALIZAÇÃO DE SOLO (INDICAÇÃO DE "PARE" E FAIXA DE PEDESTRES) DE TODA EXTENSÃO DA AVENIDA; ERNESTO DE ANGELIS POIS A MESMA NÃO TEM PLACAS DE IDENTIFICAÇÃO, E NEM EM FRENTE À ESCOLA EMEB PROFESSORA MARIA CECILIA PACIFICO DE FARIA, E ESCOLA EMEB PROFESSOR HAMILTON PERRONE, ONDE HÁ GRANDE FLUXO DE CRIANÇAS.</t>
   </si>
   <si>
     <t>8339</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8339/8339_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8339/8339_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE EFETUAR REPAROS E MANUTENÇÃO NA ILUMINAÇÃO DO PARQUE DOS LAGOS </t>
   </si>
   <si>
     <t>8340</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8340/8340_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8340/8340_texto_integral.xml</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CRIAR ECOPONTO COM CAÇAMBAS NO JARDIM PRIMAVERA, PARA DESCARTE E CORRETA DESTINAÇÃO PELA PREFEITURA DE ENTULHOS COMO MÓVEIS, ELETRODOMÉSTICOS, PILHAS, BATERIAS DE CELULAR, PNEUS, LÂMPADAS, ENTULHO DE CONSTRUÇÃO, ENTRE OUTROS QUE A POPULAÇÃO PRECISE DESCARTAR.</t>
   </si>
   <si>
     <t>7771</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7771/7771_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7771/7771_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO JOVEM OTAVIO MANNA QUEIROZ  PELA CONCLUSÃO DO CURSO  DE ENGENHARIA DE PRODUÇÃO ,NA INSTITUIÇÃO DE ENSINO UNIFEB-BARRETOS, VOTOS ESTES EXTENSIVOS A SEUS FAMILIARES POR TODO TRABALHO, ESFORÇO E DEDICAÇÃO QUE TIVERAM PARA QUE ESSA CONQUISTA SE TORNASSE REALIDADE.</t>
   </si>
   <si>
     <t>7772</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7772/7772_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7772/7772_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO JOVEM DOUGLAS DE SOUZA  PELA CONCLUSÃO DO CURSO DE ARQUITETURA E URBANISMO, NO CENTRO UNIVERSITÁRIO BARÃO DE MAUÁ, VOTOS ESTES EXTENSIVOS A SEUS PAIS POR TODO TRABALHO, ESFORÇO E DEDICAÇÃO QUE TIVERAM PARA QUE ESSA CONQUISTA SE TORNASSE REALIDADE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7773</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7773/7773_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7773/7773_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À JOVEM VICTÓRIA VITTI DE LAURENTIZ  PELA CONCLUSÃO DO CURSO DE DIREITO, NA FACULDADE DE DIREITO DE RIBEIRÃO PRETO - USP, VOTOS ESTES EXTENSIVOS A SEUS PAIS POR TODO TRABALHO, ESFORÇO E DEDICAÇÃO QUE TIVERAM PARA QUE ESSA CONQUISTA SE TORNASSE REALIDADE.</t>
   </si>
   <si>
     <t>7774</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7774/7774_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7774/7774_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À JOVEM BEATRIZ BALDAN D&amp;#8217;ELIA PELA CONCLUSÃO DO CURSO DE ENGENHARIA DE PRODUÇÃO ,NA INSTITUIÇÃO DE ENSINO UNIFEB-BARRETOS, VOTOS ESTES EXTENSIVOS A SEUS FAMILIARES POR TODO TRABALHO, ESFORÇO E DEDICAÇÃO QUE TIVERAM PARA QUE ESSA CONQUISTA SE TORNASSE REALIDADE.</t>
   </si>
   <si>
     <t>7779</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7779/7779_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7779/7779_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A PROFESSORA ANDRÉA MORATO DE FARIA DA E.M.E.B. &amp;#8220;GINO BELLODI&amp;#8221;</t>
   </si>
   <si>
     <t>7780</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7780/7780_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7780/7780_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO ALUNO JOHNATA LIMA DA SILVA DA E.M.E.B. &amp;#8220;GINO BELLODI&amp;#8221;</t>
   </si>
   <si>
     <t>7781</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7781/7781_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7781/7781_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A ALUNA VITORIA LUISY LEMOS DA ESCOLA E.M.E.B. &amp;#8220;GINO BELLODI&amp;#8221;</t>
   </si>
   <si>
     <t>7814</t>
   </si>
   <si>
     <t>Néia Guimarães, Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7814/7814_texto_integral.docx</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7814/7814_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A SENHORA ELÍDIA APARECIDA DE PAULA FERREIRA, CHEFE DO CARTÓRIO ELEITORAL DA COMARCA DE GUARIBA, BEM COMO A TODA SUA EQUIPE, PELO EXCELENTE TRABALHO PRESTADO À POPULAÇÃO GUARIBENSE.</t>
   </si>
   <si>
     <t>7869</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7869/7869_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7869/7869_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. VALDEMAR DIONÍSIO DE SÁ, PAI DO VEREADOR PAULO DIONÍSIO DE SÁ, OCORRIDO EM 24 DE FEVEREIRO.</t>
   </si>
   <si>
     <t>7876</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7876/7876_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7876/7876_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SENHOR LUIZ LONGO, SÓCIO PROPRIETÁRIO DA EMPRESA SEMAG &amp;#8211; EQUIPAMENTOS INDUSTRIAIS DE GUARIBA, BEM COMO A TODA SUA EQUIPE E FAMÍLIA, A QUAL É UMA DAS MAIS EMPREGADORAS E INVESTIDORAS EMPRESAS DESTA CIDADE,  PAGANDO EM DIAS TODOS OS ENCARGOS SOCIAIS E IMPOSTOS QUE AS LEIS BRASILEIRAS IMPÕEM, ONDE A RESPONSABILIDADE E COMPROMISSO COM NOSSA POPULAÇÃO É TRANSFERIDA DE GERAÇÕES A GERAÇÕES, GERANDO EMPREGO E DESENVOLVIMENTO.</t>
   </si>
   <si>
     <t>7906</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7906/7906_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7906/7906_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SOLDADO ERICK HENRIQUE ARDENGHE, OCORRIDO 13 DE MARÇO. </t>
   </si>
   <si>
     <t>7908</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7908/7908_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7908/7908_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO SR. SANTO CHIQUITO, OCORRIDO NO DIA 07 DE MARÇO.</t>
   </si>
   <si>
     <t>7990</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7990/7990_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7990/7990_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO JOVEM ATLETA VALMIR SPAGNOL, PELA CONQUISTA DO TORNEIO DE TÊNIS: 20º OPEN DE TENIS DA MASCAGNI REALIZADO EM JABOTICABAL. </t>
   </si>
   <si>
     <t>7991</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7991/7991_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7991/7991_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AOS EX VEREADORES ALEX RICARDO MALASKIENE, MARCOS HENRIQUE OSTI, ANSELMO ANTONIO PEREIRA, JANIR AURELIO DA SILVA, DR.PEDRO CARLOS GARCIA DIAS, PELOS RECURSOS QUE SOLICITARAM A NÍVEL FEDERAL E ESTADUAL, E ESTÃO SENDO IMPLANTADOS DEPOIS DE SUAS GESTÕES.</t>
   </si>
   <si>
     <t>7995</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7995/7995_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7995/7995_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO CONGRESSO NACIONAL PARA QUE NÃO SEJA APROVADA A PEC Nº 287/2016, CONHECIDA POR PROPOSTA DE REFORMA DA PREVIDÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>7996</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7996/7996_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7996/7996_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO CONGRESSO NACIONAL PARA QUE NÃO SEJA APROVADO O PROJETO DE_x000D_
 REFORMA TRABALHISTA (PL 6.787/16).</t>
   </si>
   <si>
     <t>8009</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8009/8009_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8009/8009_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A TODOS OS INTEGRANTES DO GRUPO DE JOVENS TLC (TREINAMENTO DE LIDERANÇA CRISTÃ) DE GUARIBA, PELO MARAVILHOSO RETIRO 18º TLC DE GUARIBA, REALIZADO NOS DIA 21, 22 E 23 DE ABRIL DE 2017, EM ESPECIAL AO CHEFE DO RETIRO, EVERTON MENDES, À SUBCHEFE, ADRIANA LOPES, E AOS COORDENADORES GERAIS DO TLC, ARIANE PEREIRA DE ARAÚJO E MURILO HENRIQUE DA SILVA.</t>
   </si>
   <si>
     <t>8013</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8013/8013_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8013/8013_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À JOVEM ATLETA JÉSSICA VITÓRIA MOREIRA DE OLIVEIRA PELA CONQUISTA DA VAGA PARA DISPUTAR O MUNDIAL DE ATLETISMO QUE SERÁ REALIZADO NO QUÊNIA.</t>
   </si>
   <si>
     <t>8028</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8028/8028_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8028/8028_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO EMPRESÁRIO ELMO POLITI, PROPRIETÁRIO DA POLITIPLASTIC, PELA EXPOSIÇÃO DE SEUS PRODUTOS NA AGRISHOW 2017, REPRESENTANDO DE MANEIRA SOBERBA A CIDADE DE GUARIBA NA MAIOR FEIRA DE AGRONEGÓCIO DA AMÉRICA LATINA E TERCEIRA MAIOR DO MUNDO.</t>
   </si>
   <si>
     <t>8042</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8042/8042_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8042/8042_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A TODOS OS DIRETORES, PROFESSORES, COORDENADORES E PROFISSIONAIS LIGADOS À EDUCAÇÃO DO NOSSO MUNICÍPIO, PELO CARINHO E DEDICAÇÃO COM QUE CUIDAM DAS NOSSAS ESCOLAS E, PRINCIPALMENTE, DAS NOSSAS CRIANÇAS.</t>
   </si>
   <si>
     <t>8043</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8043/8043_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8043/8043_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO PADRE OSVALDO BALDAN, OCORRIDO NO DIA 17 DE MAIO.</t>
   </si>
   <si>
     <t>8052</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8052/8052_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8052/8052_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DE IVETTE SGARBOSA.</t>
   </si>
   <si>
     <t>8075</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8075/8075_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8075/8075_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO LIONS CLUBE DE GUARIBA,PELA COMEMORAÇÃO DO CENTENÁRIO DA ASSOCIAÇÃO INTERNACIONAL DE LIONS CLUBES, TRANSCORRIDO NO DIA 07 DE JUNHO.</t>
   </si>
   <si>
     <t>8080</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8080/8080_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8080/8080_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A TODOS DO GRUPO ECC (ENCONTRO DE CASAIS COM CRISTO) QUE REALIZARAM COM GRANDE EMPENHO O EVENTO &amp;#8220;ARRAIÁ DA FAMÍLIA&amp;#8221; NO GALPÃO DO AGRONEGÓCIO &amp;#8220;JOSÉ LIMA DE OLIVEIRA&amp;#8221; NO DIA 03 DE JUNHO, EVENTO PELO QUAL CONTOU COM AFINCO DA PARTICIPAÇÃO DOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>8090</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8090/8090_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8090/8090_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À DOUTORA ELENI ELENA MARQUES PELA MERECIDA HOMENAGEM RECEBIDA DA OAB, COM O RECEBIMENTO DA LÁUREA COMO DECANA DA REGIÃO DESTA SUBSEÇÃO.</t>
   </si>
   <si>
     <t>8159</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8159/8159_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8159/8159_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO JOVEM HEITOR TESSARI CHIQUITO PELA CONCLUSÃO DO CURSO DE CIÊNCIA DA COMPUTAÇÃO NA FACULDADE UNIP DE RIBEIRÃO PRETO, VOTOS ESTES EXTENSIVOS A SEUS PAIS POR TODO TRABALHO, ESFORÇO E DEDICAÇÃO QUE TIVERAM PARA QUE ESSA CONQUISTA SE TORNASSE REALIDADE.</t>
   </si>
   <si>
     <t>8162</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8162/8162_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8162/8162_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À SERVIDORA MARIELE MARIN FERNANDEZ, LOTADA NA 147ª CIRETRAN, PELA EXCELÊNCIA DOS SERVIÇOS PRESTADOS AOS CIDADÃOS GUARIBENSES NA QUALIDADE DE AGENTE ESTADUAL DE TRÂNSITO.</t>
   </si>
   <si>
     <t>8163</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8163/8163_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8163/8163_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DE EURÍPEDES GOBBI DA SILVA.</t>
   </si>
   <si>
     <t>8164</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8164/8164_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8164/8164_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE SENTIDO PESAR PELO FALECIMENTO DO PASTOR MANOEL SILVA.</t>
   </si>
   <si>
     <t>8165</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8165/8165_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8165/8165_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO PASTOR ISAÍAS MENDES DA SILVA PELA POSSE COMO PASTOR PRESIDENTE DO CAMPO DE GUARIBA DA IGREJA ASSEMBLEIA DE DEUS MINISTÉRIO DO BELÉM.</t>
   </si>
   <si>
     <t>8175</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8175/8175_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8175/8175_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A MIRAÇÃO FILMES SOBRE O PROJETO &amp;#8220;BR3 AMORES MIGRANTES&amp;#8221;, PROPÕE EM 13 EPISÓDIOS CONTAR HISTÓRIAS DE AMOR QUE OCORRERAM DURANTE GRANDES IMIGRAÇÕES NO BRASIL. NO PRIMEIRO EPISÓDIO &amp;#8220;AMOR DE CANAVIEIRO&amp;#8221; CONTA A HISTÓRIA DE VALDOMIRO RODRIGUES SOIER E LUCINDA ALVES SOIER MIGRANTES DE MINAS GERAIS PARA GUARIBA.</t>
   </si>
   <si>
     <t>8178</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8178/8178_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8178/8178_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A WELLINGTON MARAFIOTTI BROISLER, AO CORAL PRIMAVERA E SEUS SOLISTAS, PELO BRILHANTE CONCERTO REALIZADO NO ÚLTIMO DIA 12 DE AGOSTO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>8185</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8185/8185_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8185/8185_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À FUNERÁRIA BALDAN LTDA., NAS PESSOAS DE SEU SÓCIO-PROPRIETÁRIO FLÁVIO BALDAN, FAMILIARES E TODA EQUIPE, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE GUARIBENSE E PELA CONDUÇÃO DESSA CONCEITUADA EMPRESA DE NOSSA CIDADE, FATOS ESSES QUE OS FAZEM CREDORES DO RESPEITO, ADMIRAÇÃO E APREÇO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>8190</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8190/8190_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8190/8190_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A COPLANA E A CENTRAL DE RECEBIMENTO DE EMBALAGENS DE DEFENSIVOS PELO 13° DIA NACIONAL DO CAMPO LIMPO EVENTO REALIZADO NO DIA 18 DE AGOSTO DE 2017, ONDE FOI APRESENTADO RESULTADOS DA LOGÍSTICA REVERSA NO CAMPO E OS BENEFÍCIOS ALCANÇADOS PARA A AGRICULTURA E O MEIO AMBIENTE. PARABENIZAMOS PELA INICIATIVA E RESPONSABILIDADE SOCIAL E ECOLÓGICA.</t>
   </si>
   <si>
     <t>8207</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8207/8207_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8207/8207_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO EMPRESÁRIO LUCIANO QUALIO, PROPRIETÁRIO DA EMPRESA &amp;#8220;3 IRMÃOS MATERIAIS PARA CONSTRUÇÃO&amp;#8221;, PELO SUCESSO E IMPORTÂNCIA DAQUELE EMPREENDIMENTO PARA NOSSO MUNICÍPIO. DESTAQUE-SE QUE AGORA TAMBÉM ESTÁ INVESTINDO EM EXTRAÇÃO DE AREIA, ATIVIDADE QUE AJUDARÁ A TRAZER MAIS DESENVOLVIMENTO PARA NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8208</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8208/8208_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8208/8208_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A SENHORA MARIA APARECIDA BARRIOS RAGAZZI (LIA), SECRETÁRIA MUNICIPAL DE ASSISTÊNCIA E PROMOÇÃO SOCIAL, BEM COMO A TODA SUA EQUIPE, PELO EXCELENTE TRABALHO PRESTADO DIA A DIA EM PROL DA POPULAÇÃO CARENTE E PESSOAS EM SITUAÇÃO DE RUA DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8211</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8211/8211_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8211/8211_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A PARÓQUIA SÃO MATEUS DE GUARIBA PELA GRANDIOSA QUERMESSE DO PADROEIRO DA CIDADE SÃO MATEUS, EVENTO PELO QUAL ESTÁ SENDO REALIZADO NESTE MÊS DE SETEMBRO NO GALPÃO DO AGRONEGÓCIO &amp;#8220;JOSÉ LIMA DE OLIVEIRA&amp;#8221; COM PARTICIPAÇÃO E DOAÇÃO DOS MUNÍCIPES DE GUARIBA.</t>
   </si>
   <si>
     <t>8223</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8223/8223_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8223/8223_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SENHOR RODRIGO ALVES MEDEIROS PELA EXCELÊNCIA DOS SERVIÇOS PRESTADOS AOS CIDADÃOS GUARIBENSES NA QUALIDADE DE ENCARREGADO ADMINISTRATIVO DA SABESP.</t>
   </si>
   <si>
     <t>8225</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8225/8225_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8225/8225_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À PONTO CERTO LOCAÇÕES LTDA. - ME, NAS PESSOAS DE SEUS DIRETORES ROGÉRIO DE ARAÚJO E OSÉIAS DE OLIVEIRA, PELO SUCESSO E IMPORTÂNCIA DO_x000D_
 EMPREENDIMENTO PARA NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8226</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8226/8226_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8226/8226_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À EMPRESA "ENGE SERVICE", NA PESSOA DE SEU DIRETOR THIAGO LOPES DOS SANTOS, PELO SUCESSO E IMPORTÂNCIA DO EMPREENDIMENTO PARA NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8231</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8231/8231_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8231/8231_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO JOVEM MATHEUS POLITI PELA CONCLUSÃO DO CURSO DE ENGENHARIA DE PRODUÇÃO PELA UNIVERSIDADE FEDERAL DE MINAS GERAIS (UFMG).</t>
   </si>
   <si>
     <t>8236</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8236/8236_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8236/8236_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SENHOR PAULO JOSÉ PORFIDA &amp;#8211; PROPRIETÁRIO DA CASA DE SHOWS TOCA COUNTRY &amp;#8211; BEM COMO A TODA SUA EQUIPE, PELA EXEMPLAR ORGANIZAÇÃO E REALIZAÇÃO DA FESTA DO PEÃO DE GUARIBA 2017 E DESTINAÇÃO DE PARTE DO SEU LUCRO À CASA DA CRIANÇA DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8257</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8257/8257_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8257/8257_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO HEMOCENTRO DE RIBEIRÃO PRETO E AO COLÉGIO DOM BOSCO COC PELO EXCELENTE TRABALHO QUE FOI REALIZADO NO DIA 07 DE OUTUBRO DE 2017 COM A COLETA DE SANGUE EM NOSSA CIDADE, E TAMBÉM A TODOS OS MUNÍCIPES QUE PARTICIPARAM DOANDO SANGUE. "DOAÇÃO DE SANGUE. UM SIMPLES GESTO PODE MUDAR O MUNDO".</t>
   </si>
   <si>
     <t>8266</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8266/8266_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8266/8266_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE BOAS-VINDAS AO DR. RENAN ONGARATTO DE ANDRADE, NOVO DELEGADO DE POLÍCIA DA COMARCA DE GUARIBA.</t>
   </si>
   <si>
     <t>8267</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8267/8267_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8267/8267_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE BOAS-VINDAS AO PASTOR GERALDO MAGELA, QUE ASSUMIU SUAS FUNÇÕES NA IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS MADUREIRA, NO DIA 18 DE OUTUBRO. ESTENDEMOS ESTES VOTOS A SUA ESPOSA, SENHORA VALENTINA MAGELA.</t>
   </si>
   <si>
     <t>8281</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8281/8281_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8281/8281_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO JOVEM GUARIBENSE VINÍCIUS CALAFATI RIBEIRO PELAS EXPRESSIVAS VITÓRIAS NO ENDURO DA FEDERAÇÃO INTERNACIONAL DE MOTOCICLISMO (FIM) OBTIDAS NOS ÚLTIMOS ANOS, ENTRE ELES; BICAMPEÃO PAULISTA (2011 &amp;#8211; 2013) CATEGORIA E2 E GERAL, VICE CAMPEÃO DA ETAPA BRASIL DO MUNDIAL DE SUPERENDURO 2014 CATEGORIA JÚNIOR, CAMPEÃO COPA SÃO PAULO 2014 CATEGORIA ELITE E GERAL, CAMPEÃO COPA BRASIL EFX 2017 CATEGORIA JÚNIOR, E BICAMPEÃO BRASILEIRO (2016 &amp;#8211; 2017) CATEGORIA JÚNIOR.</t>
   </si>
   <si>
     <t>8288</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8288/8288_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8288/8288_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A TODAS AS IGREJAS EVANGÉLICAS DE NOSSA CIDADE, ATRAVÉS DO CONSELHO MUNICIPAL DE PASTORES DE GUARIBA, EM COMEMORAÇÃO À PASSAGEM DOS 500 ANOS DA PUBLICAÇÃO DAS 95 TESES DO PROFESSOR TEÓLOGO ALEMÃO MARTINHO LUTERO, ATO QUE DEU INICIO À REFORMA PROTESTANTE, MOVIMENTO QUE CULMINOU NA CRIAÇÃO DE NOVOS CULTOS À RELIGIÃO CRISTÃ.</t>
   </si>
   <si>
     <t>8304</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8304/8304_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8304/8304_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À ENFERMEIRA PADRÃO ELIZABETH HELENA CORRÊA LEITE,PELO EXCELENTE TRABALHO QUE CONDUZIU POR 17 ANOS COMO SECRETÁRIA MUNICIPAL DA SAÚDE,DESEMPENHANDO NA ÁREA DA SAÚDE MUNICIPAL UM BOM ATENDIMENTO AOS NOSSOS MUNÍCIPES, AGINDO SEMPRE COM LISURA, MORAL E RESPONSABILIDADE._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>8310</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8310/8310_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8310/8310_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A TODOS OS ALUNOS E PROFESSORES DA NOSSA CIDADE QUE COM MUITO EMPENHO PARTICIPARAM DO PROGRAMA EDUCACIONAL &amp;#8220;AGRONEGÓCIO NA ESCOLA&amp;#8221; QUE É DESENVOLVIDO PELA ABAG-RP EM ESCOLAS PÚBLICAS DA REGIÃO DE RIBEIRÃO PRETO. E DENTRE 22 MIL ALUNOS E 536 PROFESSORES DE 174 ESCOLAS MUNICIPAIS DE 62 CIDADES DA REGIÃO DE RIBEIRÃO PRETO, NO CONCURSO DE REDAÇÃO A ALUNA EMILY VITÓRIA RIBEIRO DA EMEB MARIA CECILIA PACÍFICO DE FARIA FICOU EM 1° LUGAR, NO PRÊMIO PROFESSOR O PROFESSOR LUCAS DETOGNI SIMI &amp;#8211; PROJETO &amp;#8220;DA PLANTA AO PRATO&amp;#8221;; EMEB GINO BELLODI FICOU EM 1° LUGAR E O PROFESSOR WALTINHO APARECIDO DA SILVA &amp;#8211; PROJETO &amp;#8220;BIOENERGIA E COGERAÇÃO: NO FUTURO DO AGRONEGÓCIO&amp;#8221;; EMEB MARIA CECÍLIA PACÍFICO DE FARIA FICOU EM 3° LUGAR.</t>
   </si>
   <si>
     <t>8322</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8322/8322_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8322/8322_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À JOVEM NAIARA PRISCILA QUALIO PELA CONCLUSÃO DO CURSO DE ODONTOLOGIA PELA UNIVERSIDADE DE SÃO PAULO (USP)._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>8323</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8323/8323_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8323/8323_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO PREFEITO DR. FRANCISCO DIAS MANÇANO JÚNIOR PELA ADMINISTRAÇÃO QUE VEM IMPLEMENTANDO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8324</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8324/8324_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8324/8324_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO CONSELHO DE PASTORES, NA PESSOA DO PASTOR PRESIDENTE, OSWALDO RODRIGO CHIQUITELLI, PELA ORGANIZAÇÃO DO EVENTO "NOITE DOS CORAIS", REALIZADO NO DIA 25 DE NOVEMBRO, NA PRIMEIRA IGREJA BATISTA DE GUARIBA.</t>
   </si>
   <si>
     <t>8325</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8325/8325_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8325/8325_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A TODOS OS INTEGRANTES DO "CORAL ELLEN", DA IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS MINISTÉRIO DE GUARIBA, NA PESSOA DO PRIMEIRO REGENTE, DANILO PEREIRA DE MORAES, PELA BELÍSSIMA APRESENTAÇÃO NO EVENTO "NOITE DE CORAIS", REALIZADO EM 25 DE NOVEMBRO, NA PRIMEIRA IGREJA BATISTA DE GUARIBA.</t>
   </si>
   <si>
     <t>8326</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8326/8326_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8326/8326_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A TODOS OS INTEGRANTES DO "CORAL NOVO CANTO", DA PRIMEIRA IGREJA BATISTA DE GUARIBA, NAS PESSOAS DO PASTOR GERSON CELESTINO DOS SANTOS E DO REGENTE PEDRO SGARBOSA, PELA BELÍSSIMA APRESENTAÇÃO NO EVENTO "NOITE DE CORAIS", REALIZADO EM 25 DE NOVEMBRO, NA PRIMEIRA IGREJA BATISTA DE GUARIBA.</t>
   </si>
   <si>
     <t>8341</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8341/8341_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8341/8341_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SENHOR DORIVAL SILVA (CONHECIDO COMO ABACAXI) BEM COMO A TODA SUA EQUIPE, PELO EXCELENTE TRABALHO PRESTADO DIA A DIA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8342</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8342/8342_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8342/8342_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO DEPARTAMENTO DE TRANSITO A INAIARA CASERI, PAULO APARECIDO ALONSO, MILTON GARRIDO SOUZA E TODA EQUIPE DO DEMUTRAN PELO EXCELENTE TRABALHO REALIZADO EM NOSSA CIDADE, DANDO MAIOR SEGURANÇA AO TRÂNSITO.</t>
   </si>
   <si>
     <t>8343</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8343/8343_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8343/8343_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES À SECRETÁRIA MUNICIPAL DO MEIO AMBIENTE NO SETOR DE ROÇA E PODA CHEFE EXPEDITO APARECIDO JORGE CONHECIDO COMO PASTOR NENO E TODA SUA EQUIPE QUE CONSTA COM 10 INTEGRANTES. DANTAS, BALEIA, CATUAMA, FUMEIRO, VIEZI, ZÉ JOÃO, MARCOS, SENHOR URBANO, PEDRINHO, ZEZINHO, PARABÉNS A TODOS PELO ÓTIMO TRABALHO DESENVOLVIDO EM PROL DA POPULAÇÃO GUARIBENSE.</t>
   </si>
   <si>
     <t>8344</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8344/8344_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8344/8344_texto_integral.xml</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A TODOS OS INTEGRANTES DO 3º PELOTÃO DE POLÍCIA MILITAR DE GUARIBA, PELO DIA DO POLICIAL MILITAR DO ESTADO DE SÃO PAULO, EM 15 DE DEZEMBRO DE 1831, POR LEI DA ASSEMBLEIA PROVINCIAL, FOI CRIADO O CORPO E GUARDAS MUNICIPAIS PERMANENTES, COMPOSTO DE CEM PRAÇAS A PÉ, E TRINTA PRAÇAS A CAVALO; ESTAVA FUNDADA A POLICIA MILITAR DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>8034</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8034/8034_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8034/8034_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER LEGISLATIVO A CONCEDER EM COMODATO, BENS DE SEU PATRIMÔNIO QUE ESPECIFICA, PARA USO DA IRMANDADE DA SANTA DE MISERICÓRDIA DE GUARIBA. </t>
   </si>
   <si>
     <t>8035</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8035/8035_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8035/8035_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER LEGISLATIVO A CONCEDER EM COMODATO, BENS DE SEU PATRIMÔNIO QUE ESPECIFICA, PARA USO DA ASSOCIAÇÃO DAITÔO DE JUDÔ DE GUARIBA. </t>
   </si>
   <si>
     <t>8128</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8128/8128_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8128/8128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO GUARIBENSE AO DEPUTADO FEDERAL BENEDITO ROBERTO ALVES FERREIRA. </t>
   </si>
   <si>
     <t>8192</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8192/8192_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8192/8192_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS CONTAS DA PREFEITURA MUNICIPAL DE GUARIBA, RELATIVAS AO EXERCÍCIO DE 2015. </t>
   </si>
   <si>
     <t>8292</t>
   </si>
   <si>
     <t>Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Jurandir Turmeiro, Magna Rocha, Marcelinho do Lino, Márcia Alves, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8292/8292_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8292/8292_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE DIPLOMA DE HONRA AO MÉRITO AOS POLICIAIS MILITARES QUE EXERCERAM SUAS FUNÇÕES NO ÂMBITO DO MUNICÍPIO DE GUARIBA. </t>
   </si>
   <si>
     <t>7753</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7753/7753_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7753/7753_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 2.579, DE 14 DE FEVEREIRO DE 2012, QUE DISPÕE SOBRE O QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE GUARIBA, O PLANO DE CARREIRA E REMUNERAÇÃO DE SEUS SERVIDORES.</t>
   </si>
   <si>
     <t>7754</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7754/7754_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7754/7754_texto_integral.pdf</t>
   </si>
   <si>
     <t>7757</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7757/7757_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7757/7757_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.189.809,24 (CENTO E OITENTA E NOVE MIL, OITOCENTOS E NOVE REAIS E VINTE E QUATRO CENTAVOS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>7758</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7758/7758_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7758/7758_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CONCEDER ABONO FINANCEIRO, NO VALOR ÚNICO DE R$.160,00 (CENTO E SESSENTA REAIS), NO MÊS DE JANEIRO DE 2017, AOS SERVIDORES PÚBLICOS MUNICIPAIS DO QUADRO GERAL DE PESSOAL DA PREFEITURA MUNICIPAL DE GUARIBA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7852</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7852/7852_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7852/7852_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.2.924.249,36 (DOIS MILHÕES, NOVECENTOS E VINTE E QUATRO MIL, DUZENTOS E QUARENTA E NOVE REAIS E TRINTA E SEIS CENTAVOS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>7879</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7879/7879_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7879/7879_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO PARA INTEGRAR O MUNICÍPIO DE GUARIBA NO CONSÓRCIO DE MUNICÍPIOS DA MOGIANA (CMM), ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7884</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7884/7884_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7884/7884_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.3.050.000,00 (TRÊS MILHÕES E CINQUENTA MIL REAIS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>7885</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7885/7885_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7885/7885_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.93.885,40 (NOVENTA E TRÊS MIL, OITOCENTOS E OITENTA E CINCO REAIS E QUARENTA CENTAVOS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>7912</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7912/7912_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7912/7912_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS AO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.312.000,00 (TREZENTOS E DOZE MIL REAIS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>7929</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7929/7929_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7929/7929_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO, COM FUNDAMENTO NA LEI MUNICIPAL Nº. 2.947/2015, QUE INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO; NAS DISPOSIÇÕES PERTINENTES DA LEI FEDERAL Nº. 11.445/2007; E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7930</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7930/7930_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7930/7930_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NA LEI Nº. 2.308, DE 05/03/2009, QUE REGULA A REALIZAÇÃO DE ESTÁGIO REMUNERADO NA ADMINISTRAÇÃO MUNICIPAL, PARA EFEITO DE RESERVA DE VAGAS AOS ADOLESCENTES ABRIGADOS PELOS SERVIÇOS ASSISTENCIAIS DE ACOLHIMENTO INSTITUCIONAL, DO PROGRAMA DE PROTEÇÃO ESPECIAL DENOMINADO PROJETO CASULO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7942</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7942/7942_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7942/7942_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NA LEI Nº. 2.473, DE 15/12/2010, QUE DISPÕE SOBRE OS DÉBITOS DE PEQUENO VALOR, PARA QUE A FAZENDA PÚBLICA DO MUNICÍPIO DE GUARIBA OS PAGUE,EM VIRTUDE DE SENTENÇA JUDICIAL TRANSITADA EM JULGADO, INDEPENDENTEMENTE DE PRECATÓRIO REQUISITÓRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7978</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7978/7978_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7978/7978_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITO ADICIONAL NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.23.642,34 (VINTE E TRÊS MIL, SEISCENTOS E QUARENTA E DOIS REAIS E TRINTA E QUATRO CENTAVOS), VISANDO O ATENDIMENTO DE DESPESAS DE CAPITAL.</t>
   </si>
   <si>
     <t>7998</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7998/7998_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7998/7998_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.276.153,83 (DUZENTOS E SETENTA E SEIS MIL, CENTO E CINQUENTA E TRÊS REAIS E OITENTA E TRÊS CENTAVOS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>8001</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8001/8001_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8001/8001_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.118.160,00 (CENTO E DEZOITO MIL, CENTO E SESSENTA REAIS), VISANDO O ATENDIMENTO DESPESAS CORRENTES.</t>
   </si>
   <si>
     <t>8037</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8037/8037_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8037/8037_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO AO LIONS CLUBE DE GUARIBA - ASSOCIAÇÃO CIVIL SEM FINS LUCRATIVOS - PARA A CONSTRUÇÃO E INSTALAÇÃO, COM ENCARGOS, DE MONUMENTO COMEMORATIVO DO SEU CENTENÁRIO, NA PRAÇA SÍLVIO VAZ DE ARRUDA, CUJA PERMANÊNCIA SERÁ EM CARÁTER DEFINITIVO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8051</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8051/8051_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8051/8051_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$. 458.012,55 (QUATROCENTOS E CINQUENTA E OITO MIL, DOZE REAIS E CINQUENTA E CINCO CENTAVOS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>8053</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8053/8053_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8053/8053_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ALTERAÇÃO NOS VALORES DAS DIÁRIAS PAGAS AOS MOTORISTAS MUNICIPAIS, QUE SE DESLOCAM PARA OUTRAS CIDADES EM MISSÃO DE TRABALHO, CRIADAS PELA LEI Nº. 2.510/2012, COM A MODIFICAÇÃO DADA PELA LEI Nº. 2.721/2.013, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8054</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8054/8054_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8054/8054_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE VIA PÚBLICA NO RESIDENCIAL LUIZ CARLOS SANTIN DE "RUA ANTONIO CARLOS FUMAGALI".</t>
   </si>
   <si>
     <t>8056</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8056/8056_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8056/8056_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE VIA PÚBLICA NO RESIDENCIAL LUIZ CARLOS SANTIN DE "RUA JOSÉ CARLOS LOREDO".</t>
   </si>
   <si>
     <t>8057</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8057/8057_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8057/8057_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE VIA PÚBLICA NO RESIDENCIAL LUIZ CARLOS SANTIN DE "RUA GERALDO GONÇALVES SANTANA"</t>
   </si>
   <si>
     <t>8066</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8066/8066_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8066/8066_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO TRÁFEGO DE VEÍCULOS PESADOS, COMO CAMINHÕES, CARRETAS E SIMILARES, NO SISTEMA VIÁRIO DO PERÍMETRO URBANO DESTE MUNICÍPIO DE GUARIBA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8068</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8068/8068_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8068/8068_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.531.203,54 (QUINHENTOS E TRINTA E UM MIL, DUZENTOS E TRÊS REAIS E CINQUENTA E QUATRO CENTAVOS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>8072</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8072/8072_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8072/8072_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE VIA PÚBLICA NO RESIDENCIAL LUIZ CARLOS SANTIN DE "RUA NICOLA CAPORUSSO".</t>
   </si>
   <si>
     <t>8073</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8073/8073_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8073/8073_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DE "SOLDADO PM ERIK HENRIQUE ARDENGHE" AO ESPAÇO PÚBLICO SITUADO NA RUA CASTELO BRANCO, Nº. 1541, JARDIM MONTE ALEGRE, QUE ATUALMENTE ABRIGA O 2º PELOTÃO DE POLÍCIA MILITAR DE GUARIBA. </t>
   </si>
   <si>
     <t>8081</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8081/8081_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8081/8081_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DE VIA PÚBLICA NO RESIDÊNCIAL LUIZ CARLOS SANTIN DE "RUA IVETTE SGARBOSA". </t>
   </si>
   <si>
     <t>8082</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8082/8082_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8082/8082_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DE VIA PÚBLICA NO RESIDENCIAL LUIZ CARLOS SANTIN DE "RUA CARMELA IGNÁCIO CAZERI"_x000D_
 _x000D_
   </t>
   </si>
   <si>
     <t>8096</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8096/8096_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8096/8096_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DE ECOPONTO - EQUIPAMENTO PÚBLICO DE PEQUENO PORTE DESTINADO AO DESCARTE DE RESÍDUOS VOLUMOSOS E RECICLÁVEIS, DENTRE OUTROS - REGULA O SEU FUNCIONAMENTO, E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>8097</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8097/8097_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8097/8097_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.37.000,00 (TRINTA E SETE MIL REAIS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES.</t>
   </si>
   <si>
     <t>8118</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8118/8118_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8118/8118_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.60.000,00 (SESSENTA MIL REAIS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES.</t>
   </si>
   <si>
     <t>8119</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8119/8119_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8119/8119_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ARTIGO 2º, "CAPUT", DA LEI Nº. 2.874, DE 5 DE FEVEREIRO DE 2015, PARA AUMENTAR OS VALORES DAS FUNÇÕES GRATIFICADAS DE PREGOEIRO, MEMBROS DA EQUIPE DE APOIO E PRESIDENTE DA COMISSÃO DE LICITAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8124</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8124/8124_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8124/8124_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REAJUSTE DE SALÁRIOS AOS SERVIDORES PÚBLICOS MUNICIPAIS DA CÂMARA MUNICIPAL DE GUARIBA, À PARTIR DE 1º DE JULHO DE 2017. </t>
   </si>
   <si>
     <t>8125</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8125/8125_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8125/8125_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$. 1.350.000,00 (UM MILHÃO, TREZENTOS E CINQUENTA MIL REAIS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES.</t>
   </si>
   <si>
     <t>8127</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8127/8127_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8127/8127_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A PRORROGAÇÃO DA LICENÇA-MATERNIDADE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8130</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8130/8130_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8130/8130_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI E CONCEDE AOS SERVIDORES DA CÂMARA MUNICIPAL DE GUARIBA A "FOLGA ANIVERSÁRIO", E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8131</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8131/8131_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8131/8131_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.276.000,00 (DUZENTOS E SETENTA E SEIS MIL REAIS), VISANDO O ATENDIMENTO DE DESPESAS DE CAPITAL.</t>
   </si>
   <si>
     <t>8132</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8132/8132_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8132/8132_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.668.000,00 (SEISCENTOS E SESSENTA E OITO MIL REAIS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES.</t>
   </si>
   <si>
     <t>8133</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8133/8133_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8133/8133_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.3.454.000,00 (TRÊS MILHÕES, QUATROCENTOS E CINQUENTA E QUATRO MIL REAIS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>8166</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8166/8166_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8166/8166_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DE VIA PÚBLICA NO RESIDENCIAL LUIZ CARLOS SANTIN DE "AVENIDA SANTO E FULÔ CHIQUITO". </t>
   </si>
   <si>
     <t>8169</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8169/8169_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8169/8169_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A OFICIALIZAÇÃO E A INCLUSÃO DA "CORRIDA COPLANA PEGADA SUSTENTÁVEL", NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>8170</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8170/8170_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8170/8170_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DE PRAÇA PÚBLICA NO RESIDENCIAL LUIZ CARLOS SANTIN DE "PRAÇA FREDY OKUBO". </t>
   </si>
   <si>
     <t>8171</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8171/8171_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8171/8171_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE VIA PÚBLICA NO RESIDENCIAL LUIZ CARLOS SANTIN DE "AVENIDA ARNALDO AUGUSTO DE JESUS".</t>
   </si>
   <si>
     <t>8172</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8172/8172_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8172/8172_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.638.068,11 (SEISCENTOS E TRINTA E OITO MIL, SESSENTA E OITO REAIS E ONZE CENTAVOS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>8173</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8173/8173_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8173/8173_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ALTERAÇÃO E ACRÉSCIMOS DE PARÁGRAFOS AO ARTIGO 4º, DA LEI Nº. 2.352, DE 17/07/2009, COM AS MODIFICAÇÕES DADAS PELA LEI Nº. 2.771, DE 22/05/2.014, QUE TRATA DA REESTRUTURAÇÃO DO COMDEMA - CONSELHO MUNICIPAL DE DEFESA DO MEIO AMBIENTE, CRIADO PELA LEI Nº. 954, DE 22/06/1983, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8183</t>
   </si>
   <si>
     <t>Cassio Santa Cruz, Dr. Carósio</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8183/8183_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8183/8183_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O USO DO GALPÃO DO AGRONEGÓCIO "JOSÉ LIMA DE OLIVEIRA" POR ENTIDADES EDUCACIONAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8193</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8193/8193_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8193/8193_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">APROVA O PLANO PLURIANUAL DE INVESTIMENTOS DO MUNICÍPIO DE GUARIBA PARA O PERÍODO QUADRIENAL DE 2018 A 2021. </t>
   </si>
   <si>
     <t>8194</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8194/8194_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8194/8194_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.892.157,49 (OITOCENTOS E NOVENTA E DOIS MIL, CENTO E CINQUENTA E SETE REAIS E QUARENTA E NOVE CENTAVOS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>8209</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8209/8209_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8209/8209_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DA OUVIDORIA MUNICIPAL, ÓRGÃO AUXILIAR DESTINADO A APURAR AS RECLAMAÇÕES RELATIVAS À PRESTAÇÃO DE SERVIÇOS PÚBLICOS EM GERAL, BEM COMO DAS ORGANIZAÇÕES DA SOCIEDADE CIVIL, QUE PRESTEM SERVIÇOS ESSENCIAIS CUSTEADOS COM RECURSOS PÚBLICOS, À LUZ DO INCISO I, DO § 3º, DO ART. 37 DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8227</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8227/8227_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8227/8227_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.358.052,98 (TREZENTOS E CINQUENTA E OITO MIL, CINQUENTA E DOIS REAIS E NOVENTA E OITO CENTAVOS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>8245</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8245/8245_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8245/8245_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8246</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8246/8246_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8246/8246_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DE "UBS DR. PAULO CEZAR GONÇALVES VIANNA' A UNIDADE BÁSICA DE SAÚDE DO BAIRRO RESIDENCIAL "JARDIM GAIVOTAS", SITUADO NA ZONA OESTE DESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>8247</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8247/8247_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8247/8247_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.296.074,68 (DUZENTOS E NOVENTA E SEIS MIL, SETENTA E QUATRO REAIS E SESSENTA E OITO CENTAVOS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>8255</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8255/8255_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8255/8255_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA OS DISPOSITIVOS DA LEI Nº. 2.579/12, DE FEVEREIRO DE 2012, QUE DISPÕE SOBRE O QUADRO GERAL DE PESSOAL DA CÂMARA MUNICIPAL DE GUARIBA, O PLANO DE CARREIRA E REMUNERAÇÃO DE SEUS SERVIDORES. </t>
   </si>
   <si>
     <t>8260</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8260/8260_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8260/8260_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DE ESTADO DA SEGURANÇA PÚBLICA; CRIA A GRATIFICAÇÃO POR DESEMPENHO DE ATIVIDADE DELEGADA; E, DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>8273</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8273/8273_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8273/8273_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE GUARIBA, PARA O EXERCÍCIO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8289</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8289/8289_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8289/8289_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM O SINDICATO DOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS DE GUARIBA, PARA OS FINS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8291</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8291/8291_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8291/8291_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA OS DISPOSITIVOS DA LEI Nº. 2.579/12, DE 14 DE FEVEREIRO DE 2012, QUE DISPÕE SOBRE O QUADRO GERAL DE PESSOAL DA CÂMARA MUNICIPAL DE GUARIBA, O PLANO DE CARREIRA E REMUNERAÇÃO DE SEUS SERVIDORES. </t>
   </si>
   <si>
     <t>8312</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8312/8312_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8312/8312_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.471.646,65 (QUATROCENTOS E SETENTA E UM MIL, SEISCENTOS E QUARENTA E SEIS REAIS E SESSENTA E CINCO CENTAVOS), VISANDO O ATENDIMENTO DE DESPESAS DE CAPITAL.</t>
   </si>
   <si>
     <t>8313</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8313/8313_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8313/8313_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS - QUE PROMOVE A REGULARIZAÇÃO DE TRIBUTOS E RENDAS MUNICIPAIS, NOS TERMOS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8315</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8315/8315_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8315/8315_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE NORMAS URBANÍSTICAS ESPECÍFICAS PARA A IMPLANTAÇÃO DE INFRAESTRUTURA DE SUPORTE À REDE DE TELECOMUNICAÇÕES AUTORIZADA E HOMOLOGADA PELA ANATEL E O RESPECTIVO LICENCIAMENTO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8316</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8316/8316_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8316/8316_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$.561.048,00 (QUINHENTOS E SESSENTA E UM MIL, QUARENTA E OITO REAIS), VISANDO O ATENDIMENTO DE DESPESAS CORRENTES E DE CAPITAL.</t>
   </si>
   <si>
     <t>8317</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8317/8317_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8317/8317_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS INCISOS III E VII, DO PARÁGRAFO ÚNICO, DO ARTIGO 1º, DA LEI Nº. 3.023 DE 29/12/2016, QUE AUTORIZA O PODER EXECUTIVO A TRANSFERIR RECURSOS FINANCEIROS ÀS ENTIDADES DE FINS FILANTRÓPICOS, QUE MANTÉM PARCERIAS COM A ADMINISTRAÇÃO PÚBLICA, EM REGIME DE MÚTUA COOPERAÇÃO, DURANTE O EXERCÍCIO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8318</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8318/8318_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8318/8318_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO JUNTO À CAIXA ECONÔMICA FEDERAL, NO ÂMBITO DO PROGRAMA FINISA - FINANCIAMENTO À INFRAESTRUTURA E AO SANEAMENTO NA MODALIDADE APOIO FINANCEIRO DESTINADO A APLICAÇÃO EM DESPESA DE CAPITAL E A OFERECER GARANTIAS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8345</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8345/8345_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8345/8345_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CONCEDER ABONO FINANCEIRO NO AUXÍLIO ALIMENTAÇÃO, NO VALOR ÚNICO DE R$.160,00, NO MÊS DE JANEIRO DE 2018, A TODOS OS SERVIDORES MUNICIPAIS, ATIVOS E INATIVOS, DO QUADRO GERAL DE PESSOAL DA PREFEITURA MUNICIPAL DE GUARIBA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8346</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8346/8346_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8346/8346_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A ABRIR, NA LEI ORÇAMENTÁRIA ANUAL, CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$.425.000,00, VISANDO AO ATENDIMENTO DE DESPESAS DE CAPITAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8347</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8347/8347_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8347/8347_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO AO EXECUTIVO PARA CELEBRAR TERMO DE COOPERAÇÃO COM O TRIBUNAL DE JUSTIÇA DO ESTADO DE SÃO PAULO, PARA A EXECUÇÃO DOS SERVIÇOS DE PINTURA DO PRÉDIO SEDE DO FÓRUM DA COMARCA DE GUARIBA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8349</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8349/8349_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8349/8349_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A TRANSFERIR RECURSOS FINANCEIROS ÀS ORGANIZAÇÕES DA SOCIEDADE CIVIL, QUE MANTÉM PARCERIAS COM A ADMINISTRAÇÃO PÚBLICA, EM REGIME DE MÚTUA COOPERAÇÃO, MEDIANTE TERMO DE FOMENTO, DURANTE O EXERCÍCIO DE 2.018, E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>7851</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7851/7851_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7851/7851_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A TRANSFERÊNCIA DE DEPARTAMENTOS DA SECRETARIA DE PLANEJAMENTO E MEIO AMBIENTE PARA A SECRETARIA DE FINANÇAS E ORÇAMENTO, E DA SECRETARIA DE ADMINISTRAÇÃO GERAL PARA A SECRETARIA DE EDUCAÇÃO, CRIA A SECRETARIA DE ESPORTES E LAZER, E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>7853</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7853/7853_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7853/7853_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE READEQUAÇÕES NA ESTRUTURA ORGANIZACIONAL E FUNCIONAL DO DEPARTAMENTO MUNICIPAL DE TRANSPORTE E TRÂNSITO, JUNTO À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA URBANA; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7854</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7854/7854_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7854/7854_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE UMA FUNÇÃO DE CONFIANÇA DE CHEFE DA PROCURADORIA GERAL DO MUNICÍPIO, NO SUB - QUADRO DAS FUNÇÕES DE CONFIANÇA, DE QUE TRATA O INCISO III,DO ART. 2º, DA LEI COMPLEMENTAR Nº. 2.026/2005, COM AS ALTERAÇÕES DADAS PELO INCISO I, DO ART. 4º, DA LEI COMPLEMENTAR Nº. 2.679/2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7855</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7855/7855_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7855/7855_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DE FUNÇÃO GRATIFICADA PARA SERVIDOR MÉDICO, DEVIDAMENTE HABILITADO, QUE PRESTAR TODOS DOS SERVIÇOS DE PEQUENAS CIRURGIAS AMBULATORIAIS AGENDADAS, DIARIAMENTE, PELA REPARTIÇÃO COMPETENTE, DESDE QUE COM COMPATIBILIDADE DE HORÁRIOS, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7931</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7931/7931_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7931/7931_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE REVALORIZAÇÃO DO PADRÃO DE REFERÊNCIA SALARIAL E ALTERAÇÃO DAS ATRIBUIÇÕES E HABILIDADES DO EMPREGO PÚBLICO DE PROVIMENTO EFETIVO DE ENGENHEIRO DE SEGURANÇA DO TRABALHO, CRIADO PELO INCISO I, DO ART. 1º, DA LEI COMPLEMENTAR Nº. 2.889, DE 30/04/2015, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7932</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7932/7932_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7932/7932_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DE QUATRO VAGAS OU POSTOS DE TRABALHO DO EMPREGO PÚBLICO DE PROVIMENTO EFETIVO DE APANHADOR DE LIXO, JUNTO AO QUADRO GERAL DE PESSOAL DA PREFEITURA MUNICIPAL, A QUE SE REFERE O INCISO I, DO ART. 2º, DA LEI COMPLEMENTAR Nº. 2.026/2005, COM AS ALTERAÇÕES DADAS PELO INCISO I, DO ART. 4º, DA LEI COMPLEMENTAR Nº. 2.679/2013, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7979</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7979/7979_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7979/7979_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DO EMPREGO PÚBLICO DE PROVIMENTO EFETIVO DE AGENTE DE APOIO ADMINISTRATIVO, E A READEQUAÇÃO DO REQUISITO DE INVESTIDURA DO EMPREGO PÚBLICO DE AUXILIAR DE SEÇÃO, ASSISTENTE ADMINISTRATIVO E AGENTE DE ORGANIZAÇÃO ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8038</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8038/8038_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8038/8038_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS, DOS MEMBROS DO CONSELHO TUTELAR E DOS SUBSÍDIOS DE SECRETÁRIOS MUNICIPAIS, PREFEITO E VICE-PREFEITO MUNICIPAL, A PARTIR DE 01/05/2017, COM FUNDAMENTO NO INCISO X, DO ARTIGO 37, DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8120</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8120/8120_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8120/8120_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ALTERAÇÕES QUE ESPECIFICA, NO PLANO DIRETOR DO DESENVOLVIMENTO URBANO E NO SISTEMA DE PLANEJAMENTO E GESTÃO URBANA, INSTITUÍDOS PELA LEI Nº. 2.163, DE 14 DE DEZEMBRO DE 2006, COM AS MODIFICAÇÕES DADAS PELA LEI Nº. 2.606, DE 14 DE JUNHO DE 2012, E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>8121</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8121/8121_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8121/8121_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NOVA REDAÇÃO AO ARTIGO 159 E §§ 1º A 6º, DA LEI COMPLEMENTAR Nº. 1.951, DE 18 DE DEZEMBRO DE 2003 (CÓDIGO DE POSTURAS DO MUNICÍPIO), QUE REGULAM A CONSTRUÇÃO DE CALÇADAS OU PASSEIOS PÚBLICOS, NO PERÍMETRO URBANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8122</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8122/8122_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8122/8122_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INCLUSÃO DA PASTA DO TURISMO, NA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO, CRIADA PELO ART. 2º, INCISO V, LETRA "I", E § 1º, DA LEI Nº. 1.733/2000, REESTRUTURADA PELO ART. 6º, INCISO X, DA LEI COMPLEMENTAR Nº 2.679/2013, QUE FICA DENOMINADA COMO SECRETARIA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO E TURISMO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8126</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8126/8126_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8126/8126_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE VAGAS PARA OS EMPREGOS PÚBLICOS DE PROVIMENTO EFETIVO DE PROCURADOR MUNICIPAL, CONTADOR MUNICIPAL, OFICIAL DE MANUTENÇÃO (BORRACHEIRO), OFICIAL DE MANUTENÇÃO (MECÂNICO), TÉCNICO EM ENFERMAGEM, MÉDICO E AGENTE DE DESENVOLVIMENTO INFANTIL, JUNTO AO QUADRO DE SERVIDORES EFETIVOS (QSE), A QUE SE REFERE O ART. 2º, INCISO I, DA LEI COMPLEMENTAR Nº. 2.026/2005, COM AS ALTERAÇÕES DADAS PELO ART. 4º, INCISO I, DA LEI COMPLEMENTAR Nº. 2.679/2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8129</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8129/8129_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8129/8129_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS ALTERAÇÕES QUE ESPECIFICA, NA LEI COMPLEMENTAR Nº. 1.805/2001, COM AS MODIFICAÇÕES DADAS PELAS LEIS COMPLEMENTARES Nº 1.953/2003 E Nº 2.248/2007 (CÓDIGO TRIBUTÁRIO DO MUNICÍPIO), PARA EFEITO DE ADEQUAÇÃO DAS NORMAS DO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA ÀS MODIFICAÇÕES DADAS PELA LEI COMPLEMENTAR FEDERAL Nº. 157, DE 29/12/2016, E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>8248</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8248/8248_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8248/8248_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ALTERAÇÕES NA LEI COMPLEMENTAR Nº. 3.039, DE 19/04/2017, QUE DISPÕE SOBRE A CRIAÇÃO DO EMPREGO PÚBLICO DE PROVIMENTO EFETIVO DE AGENTE DE APOIO ADMINISTRATIVO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8249</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8249/8249_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8249/8249_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REGULAMENTA O DISPOSTO NO § 2º, DO ART. 78, DA LEI ORGÂNICA DO MUNICÍPIO, PARA EFEITO DE AUTORIZAR O EXECUTIVO A DELEGAR FUNÇÃO ADMINISTRATIVA A AUXILIAR IMEDIATO, PARA EXARAR ORDEM DE PAGAMENTO LIMITADO, EXCLUSIVAMENTE, ÀS DESPESAS MENSAIS DE PESSOAL, EM DOCUMENTOS PROCESSADOS PELOS SERVIÇOS DE CONTABILIDADE, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8290</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8290/8290_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8290/8290_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ALTERAÇÕES, QUE ESPECIFICA, NA LEI COMPLEMENTAR Nº. 2.022, DE 14/12/2004, COM AS MODIFICAÇÕES DADAS PELA LEI COMPLEMENTAR Nº. 2.873, DE 19/12/2014, QUE INSTITUIU A CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DA ILUMINAÇÃO PÚBLICA - CIP, PREVISTA NO ART. 149-A, DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>8314</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8314/8314_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8314/8314_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO EXECUTIVO PARA CONTRATAR COM A DESENVOLVE SP - AGÊNCIA DE FOMENTO DO ESTADO DE SÃO PAULO - OPERAÇÃO DE CRÉDITO COM OUTORGA DE GARANTIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7755</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7755/7755_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7755/7755_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS NO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE GUARIBA - SEÇÃO V - DAS SESSÕES ORDINÁRIAS.</t>
   </si>
   <si>
     <t>7759</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7759/7759_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7759/7759_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A ALIENAR VEÍCULOS E SUCATAS INSERVÍVEIS DE PROPRIEDADE DA CÂMARA MUNICIPAL DE GUARIBA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7941</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7941/7941_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7941/7941_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS NO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE GUARIBA, NO CAPÍTULO I - SEÇÃO II - DAS COMISSÕES PERMANENTES. </t>
   </si>
   <si>
     <t>8348</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8348/8348_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8348/8348_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PAGAMENTO EM CARÁTER EXTRAORDINÁRIO, SOMENTE NO MÊS DE DEZEMBRO DE 2017, O VALOR ÚNICO DE R$.400,00 (QUATROCENTOS REAIS), QUE SERÁ ACRESCIDO NO "AUXILIO ALIMENTAÇÃO" EM PECÚNIA, AOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE GUARIBA. </t>
   </si>
   <si>
     <t>7762</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7762/7762_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7762/7762_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA SEJA OFICIADO DO DIRETOR DO DER - DEPARTAMENTO DE ESTRADAS DE RODAGEM - DR4 ARARAQUARA, ENGº. MÁRIO AUGUSTO FATTORI BOSCHIERO, SOLICITANDO PROVIDÊNCIAS DAQUELE ÓRGÃO NO SENTIDO DE VIABILIZAR O RECAPEAMENTO DA RODOVIA SP 253 (DEPUTADO CUNHA BUENO), NO TRECHO QUE VAI DE PRADÓPOLIS ATÉ JABOTICABAL, E - SE POSSÍVEL - NOS INFORME O PRAZO PARA EXECUÇÃO DESSE SERVIÇO.</t>
   </si>
   <si>
     <t>7763</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7763/7763_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7763/7763_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO QUE O SETOR COMPETENTE DA PREFEITURA INFORME SE FOI FORMADA OU NÃO A BRIGADA DE INCÊNDIO MUNICIPAL, OBJETO DE VÁRIOS PEDIDOS POR ESTA CASA EM LEGISLATURAS PASSADAS.</t>
   </si>
   <si>
     <t>7782</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7782/7782_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7782/7782_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE ENVIE A ESTA CASA, PARA CONHECIMENTO DA VEREADORA QUE ESTE SUBSCREVE, RELAÇÃO DETALHADA DE TODOS OS CARGOS EM COMISSÃO, ABRANGENDO TODOS OS SETORES DA PREFEITURA, COM NOME, FUNÇÃO E SE O OCUPANTE É SERVIDOR EFETIVO OU NÃO. QUE INFORME TAMBÉM SE PORVENTURA HÁ RELAÇÃO DE PARENTESCO ENTRE OS OCUPANTES DE CARGOS COMISSIONADOS E/OU OCUPANTES DE FUNÇÃO DE CONFIANÇA. </t>
   </si>
   <si>
     <t>7783</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7783/7783_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7783/7783_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA QUE SEJA OFICIADA A EMPRESA OU RESPONSÁVEL PELA TORRE DE TV E SINAL DA CIDADE DE GUARIBA.</t>
   </si>
   <si>
     <t>7784</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7784/7784_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7784/7784_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL ESCLARECIMENTO SOBRE TODOS OS PRÓPRIOS PÚBLICOS QUE ESTÃO DESTINADOS,E/OU,SENDO OCUPADOS PARA FINS PARTICULARES.</t>
   </si>
   <si>
     <t>7785</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7785/7785_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7785/7785_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE MANIFESTE-SE E DÊ INFORMAÇÕES EM RELAÇÃO AO ESTADO EM QUE SE ENCONTRA E O MOTIVO DA DESATIVAÇÃO DO CENTRO DE LAZER "JOSÉ DEODATO",LOCALIZADO NA VILA ROCCA.</t>
   </si>
   <si>
     <t>7786</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7786/7786_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7786/7786_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE INFORME A ESTA CASA QUAIS FORAM AS MEDIDAS ADOTADAS ATÉ O PRESENTE MOMENTO  EM RELAÇÃO AOS CAVALOS SOLTOS PELAS RUAS DA CIDADE.</t>
   </si>
   <si>
     <t>7817</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7817/7817_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7817/7817_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA SEJA OFICIADO AO GERENTE DA AGÊNCIA DE GUARIBA DA EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS, SR. AUGUSTO CÉSAR DOS SANTOS, SOLICITANDO ESCLARECIMENTOS SOBRE AS RAZÕES DA NÃO ENTREGA DE CORRESPONDÊNCIA EM ALGUNS BAIRROS DE GUARIBA, TAIS COMO RESIDENCIAL ALPHEU BELLODI (CDHU) E RESIDENCIAIS CLEMENTINO POLITI I E II.</t>
   </si>
   <si>
     <t>7818</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7818/7818_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7818/7818_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO QUE A SECRETARIA MUNICIPAL DE EDUCAÇÃO PRESTE ESCLARECIMENTOS, QUE ESPECIFICA, A ESTA CASA A RESPEITO DE RECLAMAÇÃO POSTADA NA OUVIDORIA DESTA CASA.</t>
   </si>
   <si>
     <t>7850</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7850/7850_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7850/7850_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DÊ CUMPRIMENTO À LEGISLAÇÃO PERTINENTE NO QUE DIZ RESPEITO AO SOM DE ALTA INTENSIDADE PELA CIDADE.</t>
   </si>
   <si>
     <t>7877</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7877/7877_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7877/7877_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE O ENVIO A ESTA CASA RELAÇÃO COM O NOME DE TODOS OS PROFESSORES DE EDUCAÇÃO FÍSICA DO CENTRO DE LAZER DOS TRABALHADORES </t>
   </si>
   <si>
     <t>7878</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7878/7878_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7878/7878_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE O ENVIO A ESTA CASA DE RELAÇÃO COM O NOME DE TODOS OS INSTRUTORES DE ESPORTE DO MUNICÍPIO, DISCRIMINANDO A CARGA HORÁRIA QUE TÊM DE CUMPRIR, SE EXISTE HORÁRIO ESTABELECIDO PARA CADA UM DELES E QUE TIPO DE ATIVIDADE FÍSICA CADA UM DESENVOLVE. QUE ENVIE TAMBÉM CÓPIA DOS CARTÕES DE PONTO DOS ÚLTIMOS DOZE MESES.</t>
   </si>
   <si>
     <t>7897</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7897/7897_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7897/7897_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL E QUE O SETOR COMPETENTE REMETA A ESTA CASA, PARA CONHECIMENTO DA VEREADORA QUE ESTE SUBSCREVE,ULTIMO CONTRATO E SEUS ANEXOS FIRMADO ENTRE A PREFEITURA E A SABESP.</t>
   </si>
   <si>
     <t>7898</t>
   </si>
   <si>
     <t>Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7898/7898_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7898/7898_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA SEJA OFICIADO AO DR. ALBERTO JOSÉ MACEDO FILHO, SECRETÁRIO DE ESTADO DE LOGÍSTICA E TRANSPORTES, SOLICITANDO DUPLICAÇÃO DA SP 253 - RODOVIA DEPUTADO CUNHA BUENO, NO TRECHO QUE VAI DO TREVO DA USINA SÃO MARTINHO ATÉ O TREVO DA CIDADE DE PRADÓPOLIS. REQUER, AINDA, SEJA OFICIADO AOS PODERES LEGISLATIVO E EXECUTIVO DOS MUNICÍPIOS CIRCUNVIZINHOS PEDINDO APOIO A ESTA PROPOSTA E INÍCIO DE MOVIMENTO DE CUNHO REGIONAL VISANDO OBTER A CONSTRUÇÃO DA SEGUNDA PISTA MENCIONADA.</t>
   </si>
   <si>
     <t>7899</t>
   </si>
   <si>
     <t>Dr. Carósio, Néia Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7899/7899_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7899/7899_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA SEJA OFICIADO À DIRETORIA DA USINA SÃO MARTINHO, ENCAMINHANDO PEDIDO DESTA CASA E TAMBÉM ABAIXO-ASSINADO DE MUNÍCIPES GUARIBENSES QUE SOLICITAM O NÃO FECHAMENTO DA PASSAGEM DA FAZENDA SÃO BENTO QUE DÁ ACESSO ÀS MARGENS DO RIO MOGI GUAÇU.</t>
   </si>
   <si>
     <t>7900</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7900/7900_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7900/7900_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DETERMINE AO SETOR COMPETENTE DA PREFEITURA REMETER A ESTA CASA, INFORMAÇÕES SOBRE OS LOTES DO DISTRITO EMPRESARIAL &amp;#8220;GOVERNADOR MÁRIO COVAS&amp;#8221; QUE ESTÃO IRREGULARES, OU SEJA, IMPRODUTIVOS E/OU FECHADOS, ALUGADOS OU COM DÉBITOS.</t>
   </si>
   <si>
     <t>7903</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7903/7903_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7903/7903_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA INFORME A ESTA CASA, SOBRE QUAL SITUAÇÃO E CIRCUNSTÂNCIA A CONSTRUÇÃO DA COZINHA INDUSTRIAL ANEXA AO GALPÃO DO AGRONEGÓCIO &amp;#8220;JOSÉ LIMA DE OLIVEIRA&amp;#8221; AINDA NÃO COMEÇO, UMA VEZ QUE JÁ FOI APROVADA. </t>
   </si>
   <si>
     <t>7928</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7928/7928_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7928/7928_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA ANALISE  DOCUMENTAÇÃO ANEXA QUE MORADORES DA VILA GARAVELLO ENVIARAM A ESTE PODER LEGISLATIVO, PEDINDO PROVIDÊNCIAS QUANTO À EMISSÃO DE FUMAÇA POR PARTE DE ESTABELECIMENTO COMERCIAL LOCALIZADO NAQUELE BAIRRO.</t>
   </si>
   <si>
     <t>7950</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7950/7950_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7950/7950_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DÊ CUMPRIMENTO À LEI MUNICIPAL Nº. 1458, DE 12/06/1997, ALTERADA PELAS LEIS Nº. 2118, DE 02/03/2006, E Nº. 2357, DE 17/08/2011, QUE DISPÕE SOBRE O EMPLACAMENTO OBRIGATÓRIO DE BICICLETAS NO MUNICÍPIO DE GUARIBA, EM OBSERVÂNCIA DAS LEIS DE TRÂNSITO, E DA OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7951</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7951/7951_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7951/7951_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS SE HÁ RESIDÊNCIAS EM DESUSO NA FAZENDA SANTA CRUZ OU SE TODAS ENCONTRAM-SE OCUPADAS.</t>
   </si>
   <si>
     <t>7987</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7987/7987_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7987/7987_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA ANALISE E INFORME A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES RELATIVAS AO PROCESSO LICITATÓRIO DO SEGURO DOS VEÍCULOS E MÁQUINAS DA PREFEITURA MUNICIPAL DE GUARIBA: SÃO 36 VEÍCULOS QUE TIVERAM SEU VALOR DE SEGURO AUMENTADOS DE UM ANO PARA OUTRO, SEGUNDO INFORMAÇÕES DO PORTAL DA TRANSPARÊNCIA, CONFORME DOCUMENTOS ANEXOS.</t>
   </si>
   <si>
     <t>7992</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7992/7992_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7992/7992_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER À MESA QUE SEJA OFICIADO À DIRETORIA DA RAÍZEN - BONFIM PARA QUE A MESMA POSSA DETALHAR QUANTOS FUNCIONÁRIOS PORTADORES DE DEFICIÊNCIA FÍSICA, FORAM CONTRATADOS E QUE RESIDEM NO MUNICÍPIO DE GUARIBA. </t>
   </si>
   <si>
     <t>8002</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8002/8002_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8002/8002_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE DÊ CUMPRIMENTO AO ARTIGO 43, § 2º, DO CÓDIGO DE POSTURAS DO MUNICÍPIO (LEI Nº. 1.951, DE 18/12/2003), NOTIFICANDO O PROPRIETÁRIO OU PROPRIETÁRIOS DE VEÍCULOS OU SUCATAS ABANDONADAS.</t>
   </si>
   <si>
     <t>8011</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8011/8011_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8011/8011_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL INFORMAÇÕES SOBRE A MUDANÇA NO CRITÉRIO DE CONCESSÃO DAS FALTAS ABONADAS NO SERVIÇO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>8014</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8014/8014_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8014/8014_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE QUE SE REALIZE UMA VISTORIA GERAL NO GALPÃO DA COLETA SELETIVA DE RECICLÁVEIS E INFORME A ESTA CASA DE LEIS QUAIS AS CONDIÇÕES DE TRABALHO, DISPONIBILIDADE DE VEÍCULOS, ETC.</t>
   </si>
   <si>
     <t>8026</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8026/8026_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8026/8026_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR DE ENGENHARIA DA PREFEITURA NO SENTIDO DE REALIZAR UMA VISTORIA E AVALIAÇÃO GERAL NAS CASAS DO RESIDENCIAL ALPHEU BELLODI (CDHU) E, APÓS, REMETA A ESTA CASA LAUDO TÉCNICO CIRCUNSTANCIADO E MEMORIAL DESCRITIVO DE CADA UNIDADE QUE PORVENTURA APRESENTAR PROBLEMAS.</t>
   </si>
   <si>
     <t>8036</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8036/8036_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8036/8036_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA REMETA A ESTA CASA, PARA CONHECIMENTO DO VEREADOR QUE ESTE SUBSCREVE, INFORMAÇÕES ACERCA DE UM DEPÓSITO DE AREIA E QUEM É O SEU PROPRIETÁRIO, SITUADO NO NÚMERO 211 DA RUA PASCHOAL LUCIZANI, NO RESIDENCIAL VILA MARIANA I.</t>
   </si>
   <si>
     <t>8045</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8045/8045_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8045/8045_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA INFORME A ESTA CASA, PARA CONHECIMENTO DA VEREADORA QUE ESTE SUBSCREVE, QUAIS SÃO OS MOTORISTAS QUE TRABALHAM NO DEPARTAMENTO MUNICIPAL DE TRANSPORTES E TRÂNSITO, COM SUAS RESPECTIVAS JORNADAS DE TRABALHO, QUAIS REALIZAM HORAS EXTRAS, SEUS SALÁRIOS BASES E QUAIS SÃO PLANTONISTAS.</t>
   </si>
   <si>
     <t>8067</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8067/8067_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8067/8067_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA INFORME A ESTA CASA, PARA CONHECIMENTO DA VEREADORA QUE ESTE SUBSCREVE, QUANTAS ESCOLAS E CRECHES ESTÃO EM FUNCIONAMENTO NESTE MUNICÍPIO, COM SUAS RESPECTIVAS QUANTIDADES DE SALAS E QUANTOS ALUNOS FREQUENTAM CADA UMA (INCLUINDO EJA - EDUCAÇÃO DE JOVENS E ADULTOS); QUANTOS PROFESSORES DA REDE MUNICIPAL SÃO CONCURSADOS E QUANTOS SÃO CONTRATOS POR PROCESSO SELETIVO, QUANTOS ESTÃO AFASTADOS DAS SALAS DE AULA E QUAIS OS MOTIVOS DO AFASTAMENTO, ENVIANDO A COMPROVAÇÃO DO MESMO.</t>
   </si>
   <si>
     <t>8069</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8069/8069_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8069/8069_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE INFORME A ESTA CASA, PARA CONHECIMENTO DA VEREADORA QUE ESTE SUBSCREVE, DE QUEM É A RESPONSABILIDADE SOBRE O PRÉDIO QUE ABRIGAVA O CENTRO DE SAÚDE III - "DR. ÁLVARO LANDGRAF"; SE É DA PREFEITURA OU DA IRMANDADE DA SANTA CASA DE MISERICÓRDIA. QUE INFORME TAMBÉM QUAIS AS MEDIDAS QUE O ATUAL RESPONSÁVEL ESTÁ TOMANDO OU PRETENDE TOMAR QUANTO ÀS INVASÕES QUE ESTÃO OCORRENDO NO LOCAL POR PARTE DE USUÁRIOS DE DROGAS, DESOCUPADOS E MELIANTES. </t>
   </si>
   <si>
     <t>8091</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8091/8091_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8091/8091_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA INFORMADO A ESTA CASA LEGISLATIVA, QUAL O CRITÉRIO DE DISTRIBUIÇÃO DE CESTAS BÁSICAS E O LAPSO TEMPORAL ENTRE A ENTREGA DAS MESMAS, SE REALMENTE DEPOIS DE 5 MESES APÓS HÁ ENTREGA DA CESTA PRIMITIVA.</t>
   </si>
   <si>
     <t>8094</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8094/8094_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8094/8094_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA INFORME A ESTA CASA SOBRE A APLICAÇÃO E FISCALIZAÇÃO DA LEGISLAÇÃO PERTINENTE À PROTEÇÃO AOS ANIMAIS.</t>
   </si>
   <si>
     <t>8095</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8095/8095_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8095/8095_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA FORNEÇA A ESTA CASA INFORMAÇÕES QUE ESPECIFICA SOBRE A ILUMINAÇÃO PÚBLICA DO LOTEAMENTO &amp;#8220;RECANTO DO GUERREIRO&amp;#8221;.</t>
   </si>
   <si>
     <t>8137</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8137/8137_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8137/8137_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA FORNEÇA A ESTA CASA DE LEIS O ITINERÁRIO DA COLETA SELETIVA DESTA CIDADE.</t>
   </si>
   <si>
     <t>8148</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8148/8148_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8148/8148_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER DO CHEFE DO EXECUTIVO MUNICIPAL QUE DÊ CUMPRIMENTO AO CÓDIGO DE POSTURAS DO MUNICÍPIO, ARTIGOS 52 AO 57, NO QUE DIZ RESPEITO AOS ANIMAIS (CAVALOS) QUE ANDAM SOLTOS PELAS VIAS DA CIDADE.</t>
   </si>
   <si>
     <t>8230</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8230/8230_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8230/8230_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA INFORME A ESTA CASA O ESTÁGIO DAS OBRAS DO ANFITEATRO DO RESIDENCIAL MACAÚBAS E DA EMEB &amp;#8220;PROFª. LUCIMAR SANTOS CUNHA DE OLIVEIRA, NO RESIDENCIAL LAURENTIZ.</t>
   </si>
   <si>
     <t>8264</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8264/8264_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8264/8264_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE INFORME A ESTA CASA, PARA CONHECIMENTO DA VEREADORA QUE ESTE SUBSCREVE, QUANTOS FUNCIONÁRIOS SÃO HABILITADOS ATRAVÉS DO TREINAMENTO DE OPERAÇÃO ESTIAGEM, CURSO ESTE REALIZADO PELO 9º AGRUPAMENTO DE BOMBEIROS DE RIBEIRÃO PRETO/SP; QUAIS SÃO AS COMPETÊNCIAS QUE ESTES FUNCIONÁRIOS POSSUEM APÓS A REALIZAÇÃO DESTE TREINAMENTO; QUAL A ESCALA DESTES PROFISSIONAIS PARA A REALIZAÇÃO DE PLANTÕES E A PREVISÃO PARA A FORMAÇÃO DA EQUIPE MUNICIPAL DE BRIGADA DE INCÊNDIO.</t>
   </si>
   <si>
     <t>8268</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8268/8268_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8268/8268_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA INFORME A ESTA CASA QUANTAS PRAÇAS EXISTEM NA CIDADE; ONDE CADA UMA DELAS ESTÁ LOCALIZADA (BAIRRO E ENDEREÇO); E NOME DE CADA UMA, SE TIVER. QUE INFORME TAMBÉM SE EXISTEM RESPONSÁVEIS POR ELAS E O ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRAM.</t>
   </si>
   <si>
     <t>8271</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8271/8271_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8271/8271_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO QUE A SECRETARIA MUNICIPAL DA EDUCAÇÃO INFORME A ESTA CASA SE SÃO PROCEDENTES OS RUMORES QUE CORREM PELA CIDADE E DÃO CONTA DE QUE A ADMINISTRAÇÃO PRETENDE, JÁ NO PRÓXIMO ANO LETIVO DE 2018, PROCEDER AO FECHAMENTO DA EMEB PROFESSOR BARROS.</t>
   </si>
   <si>
     <t>8272</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8272/8272_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8272/8272_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA PRESTE A ESTA CASA INFORMAÇÕES QUE ESPECIFICA SOBRE A FAZENDA SANTA CRUZ.</t>
   </si>
   <si>
     <t>8274</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8274/8274_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8274/8274_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE INFORME A ESTA CASA, PARA CONHECIMENTO DA VEREADORA QUE ESTE SUBSCREVE, A RELAÇÃO COMPLETA E ATUALIZADA DOS CARGOS COMISSIONADOS E DE CONFIANÇA ATUAL DO QUADRO DE EMPREGOS PÚBLICOS DO PODER EXECUTIVO, CONSTANDO O NOME DO FUNCIONÁRIO, DATA DE ADMISSÃO, O CARGO OCUPADO, CARGA HORÁRIA E SALÁRIO.</t>
   </si>
   <si>
     <t>8276</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8276/8276_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8276/8276_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO CHEFE DO EXECUTIVO QUE O SETOR COMPETENTE DA PREFEITURA INFORME A ESTA CASA DE LEIS QUAL É A EMPRESA RESPONSÁVEL PELO PROCESSAMENTO DAS MULTAS MUNICIPAIS E SE ESTA EMPRESA ESTÁ  DESEMPENHANDO SUA FUNÇÃO DE FORMA SATISFATÓRIA._x000D_
 </t>
   </si>
   <si>
     <t>8296</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8296/8296_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8296/8296_texto_integral.xml</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE INFORME A ESTA CASA, PARA CONHECIMENTO DO VEREADOR QUE ESTE SUBSCREVE, QUANTOS  ATENDIMENTOS POR MÊS CADA MÉDICO REALIZA NOS POSTOS DA REDE  DE MUNICIPAL SAÚDE.</t>
   </si>
   <si>
     <t>8319</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8319/8319_texto_integral.xml</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8319/8319_texto_integral.xml</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE INFORME A ESTA CASA, PARA CONHECIMENTO DA VEREADORA QUE ESTE SUBSCREVE, QUAIS CRITÉRIOS SÃO UTILIZADOS NA CONCESSÃO/AUTORIZAÇÃO PARA CORRETA UTILIZAÇÃO DE ÁREAS PÚBLICAS DO MUNICÍPIO DE GUARIBA PARA O EXERCÍCIO DE ATIVIDADES ECONÔMICAS E QUAIS FORAM ADVERTIDOS DA NECESSIDADE DE ADEQUAÇÃO PELO PODER PÚBLICO. NÃO LONGE AINDA, INFORME A ESTA SUBSCRITORA, A QUEM COMPETE A CONCESSÃO DE AUTORIZAÇÃO DE FISCALIZAÇÃO REGULAR. </t>
   </si>
   <si>
     <t>8329</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8329/8329_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8329/8329_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE ENVIE A ESTA CASA, PARA CONHECIMENTO DOS SENHORES VEREADORES, CÓPIA DO PRONTUÁRIO FUNCIONAL (CAPA A CAPA) DA SERVIDORA MUNICIPAL VANAILDA DE SANTANA DE ALMEIDA SOUZA, DESDE SUA NOMEAÇÃO.</t>
   </si>
   <si>
     <t>8330</t>
   </si>
   <si>
-    <t>https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8330/8330_texto_integral.pdf</t>
+    <t>http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8330/8330_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO EXECUTIVO MUNICIPAL QUE O SETOR COMPETENTE DA PREFEITURA INFORME A ESTA CASA, O MAIS BREVE POSSÍVEL, SE A SERVIDORA MUNICIPAL VANAILDA DE SANTANA DE ALMEIDA SOUZA SOFREU, DESDE SUA NOMEAÇÃO, ALGUM TIPO DE SANÇÃO DISCIPLINAR OU QUALQUER OUTRO TIPO DE PENALIDADE, NO EXERCÍCIO DE SUA FUNÇÃO. EM CASO AFIRMATIVO, INFORME TAMBÉM OS MOTIVOS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6704,67 +6704,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7760/7760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8123/8123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7761/7761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7764/7764_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7765/7765_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7766/7766_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7767/7767_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7768/7768_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7769/7769_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7770/7770_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7775/7775_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7776/7776_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7777/7777_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7778/7778_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7787/7787_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7788/7788_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7789/7789_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7790/7790_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7791/7791_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7792/7792_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7793/7793_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7794/7794_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7795/7795_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7796/7796_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7797/7797_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7798/7798_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7799/7799_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7800/7800_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7801/7801_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7802/7802_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7803/7803_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7804/7804_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7805/7805_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7806/7806_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7807/7807_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7808/7808_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7809/7809_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7810/7810_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7811/7811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7812/7812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7813/7813_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7815/7815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7816/7816_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7819/7819_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7820/7820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7821/7821_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7822/7822_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7823/7823_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7824/7824_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7825/7825_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7826/7826_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7827/7827_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7828/7828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7829/7829_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7830/7830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7831/7831_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7832/7832_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7833/7833_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7834/7834_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7835/7835_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7836/7836_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7837/7837_texto_integral.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7848/7848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7849/7849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7840/7840_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7841/7841_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7842/7842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7843/7843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7844/7844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7845/7845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7846/7846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7847/7847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7856/7856_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7857/7857_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7858/7858_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7859/7859_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7860/7860_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7861/7861_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7862/7862_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7863/7863_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7864/7864_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7896/7896_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7866/7866_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7867/7867_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7868/7868_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7870/7870_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7871/7871_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7872/7872_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7873/7873_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7874/7874_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7875/7875_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7880/7880_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7881/7881_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7882/7882_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7883/7883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7886/7886_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7887/7887_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7888/7888_texto_integral.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7889/7889_texto_integral.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7890/7890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7891/7891_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7892/7892_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7893/7893_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7894/7894_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7895/7895_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7901/7901_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7902/7902_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7904/7904_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7905/7905_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7907/7907_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7909/7909_texto_integral.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7910/7910_texto_integral.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7911/7911_texto_integral.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7913/7913_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7914/7914_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7915/7915_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7916/7916_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7917/7917_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7918/7918_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7919/7919_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7920/7920_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7921/7921_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7922/7922_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7923/7923_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7924/7924_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7925/7925_texto_integral.xml" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7926/7926_texto_integral.xml" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7927/7927_texto_integral.xml" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7933/7933_texto_integral.xml" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7934/7934_texto_integral.xml" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7935/7935_texto_integral.xml" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7936/7936_texto_integral.xml" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7937/7937_texto_integral.xml" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7938/7938_texto_integral.xml" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7939/7939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7940/7940_texto_integral.xml" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7944/7944_texto_integral.xml" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7945/7945_texto_integral.xml" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7946/7946_texto_integral.xml" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7947/7947_texto_integral.xml" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7948/7948_texto_integral.xml" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7949/7949_texto_integral.xml" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7952/7952_texto_integral.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7953/7953_texto_integral.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7954/7954_texto_integral.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7955/7955_texto_integral.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7956/7956_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7957/7957_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7958/7958_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7959/7959_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7960/7960_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7961/7961_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7962/7962_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7963/7963_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7964/7964_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7965/7965_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7997/7997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7967/7967_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7968/7968_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7969/7969_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7970/7970_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7971/7971_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7972/7972_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7973/7973_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7974/7974_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7975/7975_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7976/7976_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7977/7977_texto_integral.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7980/7980_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7981/7981_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7982/7982_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7983/7983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7984/7984_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7985/7985_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7986/7986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7988/7988_texto_integral.xml" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7989/7989_texto_integral.xml" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7993/7993_texto_integral.xml" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7994/7994_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7999/7999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8000/8000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8003/8003_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8004/8004_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8005/8005_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8006/8006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8007/8007_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8008/8008_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8010/8010_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8012/8012_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8015/8015_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8016/8016_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8017/8017_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8018/8018_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8019/8019_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8020/8020_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8021/8021_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8022/8022_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8023/8023_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8024/8024_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8025/8025_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8027/8027_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8029/8029_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8030/8030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8031/8031_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8032/8032_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8033/8033_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8039/8039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8040/8040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8041/8041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8044/8044_texto_integral.xml" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8046/8046_texto_integral.xml" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8047/8047_texto_integral.xml" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8048/8048_texto_integral.xml" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8049/8049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8050/8050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8055/8055_texto_integral.xml" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8058/8058_texto_integral.xml" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8059/8059_texto_integral.xml" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8060/8060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8061/8061_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8062/8062_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8063/8063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8064/8064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8065/8065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8070/8070_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8071/8071_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8074/8074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8076/8076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8077/8077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8078/8078_texto_integral.xml" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8079/8079_texto_integral.xml" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8083/8083_texto_integral.xml" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8084/8084_texto_integral.xml" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8085/8085_texto_integral.xml" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8086/8086_texto_integral.xml" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8087/8087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8088/8088_texto_integral.xml" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8089/8089_texto_integral.xml" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8092/8092_texto_integral.xml" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8189/8189_texto_integral.xml" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8191/8191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8136/8136_texto_integral.xml" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8138/8138_texto_integral.xml" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8139/8139_texto_integral.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8140/8140_texto_integral.xml" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8141/8141_texto_integral.xml" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8142/8142_texto_integral.xml" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8143/8143_texto_integral.xml" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8144/8144_texto_integral.xml" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8145/8145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8146/8146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8147/8147_texto_integral.xml" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8149/8149_texto_integral.xml" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8150/8150_texto_integral.xml" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8151/8151_texto_integral.xml" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8152/8152_texto_integral.xml" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8153/8153_texto_integral.xml" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8154/8154_texto_integral.xml" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8155/8155_texto_integral.xml" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8156/8156_texto_integral.xml" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8157/8157_texto_integral.xml" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8158/8158_texto_integral.xml" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8160/8160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8161/8161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8167/8167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8168/8168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8174/8174_texto_integral.xml" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8176/8176_texto_integral.xml" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8180/8180_texto_integral.xml" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8177/8177_texto_integral.xml" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8179/8179_texto_integral.xml" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8181/8181_texto_integral.xml" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8182/8182_texto_integral.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8184/8184_texto_integral.xml" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8186/8186_texto_integral.xml" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8187/8187_texto_integral.xml" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8188/8188_texto_integral.xml" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8195/8195_texto_integral.xml" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8196/8196_texto_integral.xml" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8197/8197_texto_integral.xml" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8198/8198_texto_integral.xml" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8199/8199_texto_integral.xml" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8200/8200_texto_integral.xml" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8201/8201_texto_integral.xml" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8202/8202_texto_integral.xml" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8203/8203_texto_integral.xml" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8204/8204_texto_integral.xml" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8205/8205_texto_integral.xml" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8206/8206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8210/8210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8212/8212_texto_integral.xml" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8213/8213_texto_integral.xml" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8214/8214_texto_integral.xml" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8215/8215_texto_integral.xml" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8216/8216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8217/8217_texto_integral.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8218/8218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8219/8219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8220/8220_texto_integral.xml" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8221/8221_texto_integral.xml" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8222/8222_texto_integral.xml" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8228/8228_texto_integral.xml" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8229/8229_texto_integral.xml" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8232/8232_texto_integral.xml" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8233/8233_texto_integral.xml" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8234/8234_texto_integral.xml" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8235/8235_texto_integral.xml" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8237/8237_texto_integral.xml" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8238/8238_texto_integral.xml" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8239/8239_texto_integral.xml" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8240/8240_texto_integral.xml" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8241/8241_texto_integral.xml" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8242/8242_texto_integral.xml" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8243/8243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8244/8244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8250/8250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8251/8251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8252/8252_texto_integral.xml" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8253/8253_texto_integral.xml" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8254/8254_texto_integral.xml" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8256/8256_texto_integral.xml" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8258/8258_texto_integral.xml" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8259/8259_texto_integral.xml" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8261/8261_texto_integral.xml" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8262/8262_texto_integral.xml" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8263/8263_texto_integral.xml" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8265/8265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8269/8269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8270/8270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8275/8275_texto_integral.xml" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8277/8277_texto_integral.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8279/8279_texto_integral.xml" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8280/8280_texto_integral.xml" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8282/8282_texto_integral.xml" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8283/8283_texto_integral.xml" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8284/8284_texto_integral.xml" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8285/8285_texto_integral.xml" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8286/8286_texto_integral.xml" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8287/8287_texto_integral.xml" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8293/8293_texto_integral.xml" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8294/8294_texto_integral.xml" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8295/8295_texto_integral.xml" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8297/8297_texto_integral.xml" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8298/8298_texto_integral.xml" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8299/8299_texto_integral.xml" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8300/8300_texto_integral.xml" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8301/8301_texto_integral.xml" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8302/8302_texto_integral.xml" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8303/8303_texto_integral.xml" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8305/8305_texto_integral.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8306/8306_texto_integral.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8307/8307_texto_integral.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8308/8308_texto_integral.xml" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8309/8309_texto_integral.xml" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8311/8311_texto_integral.xml" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8327/8327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8328/8328_texto_integral.xml" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8331/8331_texto_integral.xml" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8332/8332_texto_integral.xml" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8334/8334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8335/8335_texto_integral.xml" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8336/8336_texto_integral.xml" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8337/8337_texto_integral.xml" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8338/8338_texto_integral.xml" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8339/8339_texto_integral.xml" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8340/8340_texto_integral.xml" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7771/7771_texto_integral.xml" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7772/7772_texto_integral.xml" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7773/7773_texto_integral.xml" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7774/7774_texto_integral.xml" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7779/7779_texto_integral.xml" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7780/7780_texto_integral.xml" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7781/7781_texto_integral.xml" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7814/7814_texto_integral.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7869/7869_texto_integral.xml" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7876/7876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7906/7906_texto_integral.xml" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7908/7908_texto_integral.xml" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7990/7990_texto_integral.xml" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7991/7991_texto_integral.xml" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7995/7995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7996/7996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8009/8009_texto_integral.xml" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8013/8013_texto_integral.xml" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8028/8028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8042/8042_texto_integral.xml" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8043/8043_texto_integral.xml" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8052/8052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8075/8075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8080/8080_texto_integral.xml" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8090/8090_texto_integral.xml" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8159/8159_texto_integral.xml" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8162/8162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8163/8163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8164/8164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8165/8165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8175/8175_texto_integral.xml" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8178/8178_texto_integral.xml" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8185/8185_texto_integral.xml" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8190/8190_texto_integral.xml" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8207/8207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8208/8208_texto_integral.xml" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8211/8211_texto_integral.xml" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8223/8223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8225/8225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8226/8226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8231/8231_texto_integral.xml" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8236/8236_texto_integral.xml" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8257/8257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8266/8266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8267/8267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8281/8281_texto_integral.xml" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8288/8288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8304/8304_texto_integral.xml" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8310/8310_texto_integral.xml" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8322/8322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8323/8323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8324/8324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8325/8325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8326/8326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8341/8341_texto_integral.xml" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8342/8342_texto_integral.xml" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8343/8343_texto_integral.xml" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8344/8344_texto_integral.xml" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8034/8034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8035/8035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8128/8128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8192/8192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8292/8292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7753/7753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7754/7754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7757/7757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7758/7758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7852/7852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7879/7879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7884/7884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7885/7885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7912/7912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7929/7929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7930/7930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7942/7942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7978/7978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7998/7998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8001/8001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8037/8037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8051/8051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8053/8053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8054/8054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8056/8056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8057/8057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8066/8066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8068/8068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8072/8072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8073/8073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8081/8081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8082/8082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8096/8096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8097/8097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8118/8118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8119/8119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8124/8124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8125/8125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8127/8127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8130/8130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8131/8131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8132/8132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8133/8133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8166/8166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8169/8169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8170/8170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8171/8171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8172/8172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8173/8173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8183/8183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8193/8193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8194/8194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8209/8209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8227/8227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8245/8245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8246/8246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8247/8247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8255/8255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8260/8260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8273/8273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8289/8289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8291/8291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8312/8312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8313/8313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8315/8315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8316/8316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8317/8317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8318/8318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8345/8345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8346/8346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8347/8347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8349/8349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7851/7851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7853/7853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7854/7854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7855/7855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7931/7931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7932/7932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7979/7979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8038/8038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8120/8120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8121/8121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8122/8122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8126/8126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8129/8129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8248/8248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8249/8249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8290/8290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8314/8314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7755/7755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7759/7759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7941/7941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8348/8348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7762/7762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7763/7763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7782/7782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7783/7783_texto_integral.xml" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7784/7784_texto_integral.xml" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7785/7785_texto_integral.xml" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7786/7786_texto_integral.xml" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7817/7817_texto_integral.xml" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7818/7818_texto_integral.xml" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7850/7850_texto_integral.xml" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7877/7877_texto_integral.xml" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7878/7878_texto_integral.xml" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7897/7897_texto_integral.xml" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7898/7898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7899/7899_texto_integral.xml" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7900/7900_texto_integral.xml" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7903/7903_texto_integral.xml" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7928/7928_texto_integral.xml" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7950/7950_texto_integral.xml" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7951/7951_texto_integral.xml" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7987/7987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7992/7992_texto_integral.xml" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8002/8002_texto_integral.xml" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8011/8011_texto_integral.xml" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8014/8014_texto_integral.xml" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8026/8026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8036/8036_texto_integral.xml" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8045/8045_texto_integral.xml" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8067/8067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8069/8069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8091/8091_texto_integral.xml" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8094/8094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8095/8095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8137/8137_texto_integral.xml" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8148/8148_texto_integral.xml" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8230/8230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8264/8264_texto_integral.xml" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8268/8268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8271/8271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8272/8272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8274/8274_texto_integral.xml" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8276/8276_texto_integral.xml" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8296/8296_texto_integral.xml" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8319/8319_texto_integral.xml" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8329/8329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8330/8330_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7760/7760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8123/8123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7761/7761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7764/7764_texto_integral.xml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7765/7765_texto_integral.xml" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7766/7766_texto_integral.xml" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7767/7767_texto_integral.xml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7768/7768_texto_integral.xml" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7769/7769_texto_integral.xml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7770/7770_texto_integral.xml" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7775/7775_texto_integral.xml" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7776/7776_texto_integral.xml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7777/7777_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7778/7778_texto_integral.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7787/7787_texto_integral.xml" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7788/7788_texto_integral.xml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7789/7789_texto_integral.xml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7790/7790_texto_integral.xml" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7791/7791_texto_integral.xml" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7792/7792_texto_integral.xml" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7793/7793_texto_integral.xml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7794/7794_texto_integral.xml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7795/7795_texto_integral.xml" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7796/7796_texto_integral.xml" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7797/7797_texto_integral.xml" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7798/7798_texto_integral.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7799/7799_texto_integral.xml" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7800/7800_texto_integral.xml" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7801/7801_texto_integral.xml" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7802/7802_texto_integral.xml" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7803/7803_texto_integral.xml" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7804/7804_texto_integral.xml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7805/7805_texto_integral.xml" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7806/7806_texto_integral.xml" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7807/7807_texto_integral.xml" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7808/7808_texto_integral.xml" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7809/7809_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7810/7810_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7811/7811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7812/7812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7813/7813_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7815/7815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7816/7816_texto_integral.xml" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7819/7819_texto_integral.xml" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7820/7820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7821/7821_texto_integral.xml" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7822/7822_texto_integral.xml" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7823/7823_texto_integral.xml" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7824/7824_texto_integral.xml" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7825/7825_texto_integral.xml" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7826/7826_texto_integral.xml" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7827/7827_texto_integral.xml" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7828/7828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7829/7829_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7830/7830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7831/7831_texto_integral.xml" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7832/7832_texto_integral.xml" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7833/7833_texto_integral.xml" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7834/7834_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7835/7835_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7836/7836_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7837/7837_texto_integral.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7848/7848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7849/7849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7840/7840_texto_integral.xml" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7841/7841_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7842/7842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7843/7843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7844/7844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7845/7845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7846/7846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7847/7847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7856/7856_texto_integral.xml" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7857/7857_texto_integral.xml" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7858/7858_texto_integral.xml" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7859/7859_texto_integral.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7860/7860_texto_integral.xml" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7861/7861_texto_integral.xml" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7862/7862_texto_integral.xml" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7863/7863_texto_integral.xml" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7864/7864_texto_integral.xml" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7896/7896_texto_integral.xml" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7866/7866_texto_integral.xml" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7867/7867_texto_integral.xml" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7868/7868_texto_integral.xml" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7870/7870_texto_integral.xml" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7871/7871_texto_integral.xml" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7872/7872_texto_integral.xml" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7873/7873_texto_integral.xml" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7874/7874_texto_integral.xml" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7875/7875_texto_integral.xml" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7880/7880_texto_integral.xml" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7881/7881_texto_integral.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7882/7882_texto_integral.xml" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7883/7883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7886/7886_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7887/7887_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7888/7888_texto_integral.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7889/7889_texto_integral.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7890/7890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7891/7891_texto_integral.xml" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7892/7892_texto_integral.xml" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7893/7893_texto_integral.xml" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7894/7894_texto_integral.xml" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7895/7895_texto_integral.xml" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7901/7901_texto_integral.xml" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7902/7902_texto_integral.xml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7904/7904_texto_integral.xml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7905/7905_texto_integral.xml" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7907/7907_texto_integral.xml" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7909/7909_texto_integral.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7910/7910_texto_integral.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7911/7911_texto_integral.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7913/7913_texto_integral.xml" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7914/7914_texto_integral.xml" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7915/7915_texto_integral.xml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7916/7916_texto_integral.xml" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7917/7917_texto_integral.xml" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7918/7918_texto_integral.xml" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7919/7919_texto_integral.xml" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7920/7920_texto_integral.xml" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7921/7921_texto_integral.xml" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7922/7922_texto_integral.xml" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7923/7923_texto_integral.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7924/7924_texto_integral.xml" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7925/7925_texto_integral.xml" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7926/7926_texto_integral.xml" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7927/7927_texto_integral.xml" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7933/7933_texto_integral.xml" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7934/7934_texto_integral.xml" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7935/7935_texto_integral.xml" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7936/7936_texto_integral.xml" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7937/7937_texto_integral.xml" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7938/7938_texto_integral.xml" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7939/7939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7940/7940_texto_integral.xml" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7944/7944_texto_integral.xml" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7945/7945_texto_integral.xml" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7946/7946_texto_integral.xml" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7947/7947_texto_integral.xml" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7948/7948_texto_integral.xml" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7949/7949_texto_integral.xml" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7952/7952_texto_integral.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7953/7953_texto_integral.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7954/7954_texto_integral.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7955/7955_texto_integral.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7956/7956_texto_integral.xml" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7957/7957_texto_integral.xml" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7958/7958_texto_integral.xml" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7959/7959_texto_integral.xml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7960/7960_texto_integral.xml" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7961/7961_texto_integral.xml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7962/7962_texto_integral.xml" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7963/7963_texto_integral.xml" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7964/7964_texto_integral.xml" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7965/7965_texto_integral.xml" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7997/7997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7967/7967_texto_integral.xml" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7968/7968_texto_integral.xml" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7969/7969_texto_integral.xml" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7970/7970_texto_integral.xml" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7971/7971_texto_integral.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7972/7972_texto_integral.xml" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7973/7973_texto_integral.xml" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7974/7974_texto_integral.xml" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7975/7975_texto_integral.xml" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7976/7976_texto_integral.xml" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7977/7977_texto_integral.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7980/7980_texto_integral.xml" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7981/7981_texto_integral.xml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7982/7982_texto_integral.xml" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7983/7983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7984/7984_texto_integral.xml" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7985/7985_texto_integral.xml" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7986/7986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7988/7988_texto_integral.xml" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7989/7989_texto_integral.xml" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7993/7993_texto_integral.xml" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7994/7994_texto_integral.xml" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7999/7999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8000/8000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8003/8003_texto_integral.xml" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8004/8004_texto_integral.xml" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8005/8005_texto_integral.xml" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8006/8006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8007/8007_texto_integral.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8008/8008_texto_integral.xml" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8010/8010_texto_integral.xml" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8012/8012_texto_integral.xml" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8015/8015_texto_integral.xml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8016/8016_texto_integral.xml" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8017/8017_texto_integral.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8018/8018_texto_integral.xml" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8019/8019_texto_integral.xml" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8020/8020_texto_integral.xml" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8021/8021_texto_integral.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8022/8022_texto_integral.xml" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8023/8023_texto_integral.xml" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8024/8024_texto_integral.xml" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8025/8025_texto_integral.xml" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8027/8027_texto_integral.xml" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8029/8029_texto_integral.xml" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8030/8030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8031/8031_texto_integral.xml" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8032/8032_texto_integral.xml" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8033/8033_texto_integral.xml" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8039/8039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8040/8040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8041/8041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8044/8044_texto_integral.xml" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8046/8046_texto_integral.xml" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8047/8047_texto_integral.xml" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8048/8048_texto_integral.xml" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8049/8049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8050/8050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8055/8055_texto_integral.xml" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8058/8058_texto_integral.xml" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8059/8059_texto_integral.xml" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8060/8060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8061/8061_texto_integral.xml" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8062/8062_texto_integral.xml" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8063/8063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8064/8064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8065/8065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8070/8070_texto_integral.xml" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8071/8071_texto_integral.xml" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8074/8074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8076/8076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8077/8077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8078/8078_texto_integral.xml" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8079/8079_texto_integral.xml" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8083/8083_texto_integral.xml" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8084/8084_texto_integral.xml" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8085/8085_texto_integral.xml" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8086/8086_texto_integral.xml" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8087/8087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8088/8088_texto_integral.xml" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8089/8089_texto_integral.xml" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8092/8092_texto_integral.xml" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8189/8189_texto_integral.xml" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8191/8191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8136/8136_texto_integral.xml" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8138/8138_texto_integral.xml" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8139/8139_texto_integral.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8140/8140_texto_integral.xml" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8141/8141_texto_integral.xml" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8142/8142_texto_integral.xml" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8143/8143_texto_integral.xml" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8144/8144_texto_integral.xml" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8145/8145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8146/8146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8147/8147_texto_integral.xml" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8149/8149_texto_integral.xml" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8150/8150_texto_integral.xml" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8151/8151_texto_integral.xml" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8152/8152_texto_integral.xml" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8153/8153_texto_integral.xml" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8154/8154_texto_integral.xml" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8155/8155_texto_integral.xml" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8156/8156_texto_integral.xml" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8157/8157_texto_integral.xml" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8158/8158_texto_integral.xml" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8160/8160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8161/8161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8167/8167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8168/8168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8174/8174_texto_integral.xml" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8176/8176_texto_integral.xml" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8180/8180_texto_integral.xml" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8177/8177_texto_integral.xml" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8179/8179_texto_integral.xml" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8181/8181_texto_integral.xml" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8182/8182_texto_integral.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8184/8184_texto_integral.xml" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8186/8186_texto_integral.xml" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8187/8187_texto_integral.xml" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8188/8188_texto_integral.xml" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8195/8195_texto_integral.xml" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8196/8196_texto_integral.xml" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8197/8197_texto_integral.xml" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8198/8198_texto_integral.xml" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8199/8199_texto_integral.xml" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8200/8200_texto_integral.xml" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8201/8201_texto_integral.xml" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8202/8202_texto_integral.xml" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8203/8203_texto_integral.xml" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8204/8204_texto_integral.xml" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8205/8205_texto_integral.xml" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8206/8206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8210/8210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8212/8212_texto_integral.xml" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8213/8213_texto_integral.xml" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8214/8214_texto_integral.xml" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8215/8215_texto_integral.xml" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8216/8216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8217/8217_texto_integral.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8218/8218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8219/8219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8220/8220_texto_integral.xml" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8221/8221_texto_integral.xml" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8222/8222_texto_integral.xml" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8228/8228_texto_integral.xml" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8229/8229_texto_integral.xml" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8232/8232_texto_integral.xml" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8233/8233_texto_integral.xml" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8234/8234_texto_integral.xml" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8235/8235_texto_integral.xml" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8237/8237_texto_integral.xml" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8238/8238_texto_integral.xml" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8239/8239_texto_integral.xml" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8240/8240_texto_integral.xml" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8241/8241_texto_integral.xml" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8242/8242_texto_integral.xml" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8243/8243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8244/8244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8250/8250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8251/8251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8252/8252_texto_integral.xml" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8253/8253_texto_integral.xml" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8254/8254_texto_integral.xml" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8256/8256_texto_integral.xml" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8258/8258_texto_integral.xml" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8259/8259_texto_integral.xml" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8261/8261_texto_integral.xml" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8262/8262_texto_integral.xml" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8263/8263_texto_integral.xml" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8265/8265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8269/8269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8270/8270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8275/8275_texto_integral.xml" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8277/8277_texto_integral.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8279/8279_texto_integral.xml" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8280/8280_texto_integral.xml" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8282/8282_texto_integral.xml" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8283/8283_texto_integral.xml" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8284/8284_texto_integral.xml" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8285/8285_texto_integral.xml" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8286/8286_texto_integral.xml" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8287/8287_texto_integral.xml" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8293/8293_texto_integral.xml" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8294/8294_texto_integral.xml" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8295/8295_texto_integral.xml" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8297/8297_texto_integral.xml" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8298/8298_texto_integral.xml" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8299/8299_texto_integral.xml" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8300/8300_texto_integral.xml" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8301/8301_texto_integral.xml" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8302/8302_texto_integral.xml" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8303/8303_texto_integral.xml" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8305/8305_texto_integral.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8306/8306_texto_integral.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8307/8307_texto_integral.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8308/8308_texto_integral.xml" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8309/8309_texto_integral.xml" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8311/8311_texto_integral.xml" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8327/8327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8328/8328_texto_integral.xml" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8331/8331_texto_integral.xml" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8332/8332_texto_integral.xml" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8334/8334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8335/8335_texto_integral.xml" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8336/8336_texto_integral.xml" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8337/8337_texto_integral.xml" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8338/8338_texto_integral.xml" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8339/8339_texto_integral.xml" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8340/8340_texto_integral.xml" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7771/7771_texto_integral.xml" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7772/7772_texto_integral.xml" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7773/7773_texto_integral.xml" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7774/7774_texto_integral.xml" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7779/7779_texto_integral.xml" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7780/7780_texto_integral.xml" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7781/7781_texto_integral.xml" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7814/7814_texto_integral.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7869/7869_texto_integral.xml" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7876/7876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7906/7906_texto_integral.xml" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7908/7908_texto_integral.xml" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7990/7990_texto_integral.xml" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7991/7991_texto_integral.xml" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7995/7995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7996/7996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8009/8009_texto_integral.xml" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8013/8013_texto_integral.xml" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8028/8028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8042/8042_texto_integral.xml" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8043/8043_texto_integral.xml" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8052/8052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8075/8075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8080/8080_texto_integral.xml" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8090/8090_texto_integral.xml" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8159/8159_texto_integral.xml" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8162/8162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8163/8163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8164/8164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8165/8165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8175/8175_texto_integral.xml" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8178/8178_texto_integral.xml" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8185/8185_texto_integral.xml" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8190/8190_texto_integral.xml" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8207/8207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8208/8208_texto_integral.xml" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8211/8211_texto_integral.xml" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8223/8223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8225/8225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8226/8226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8231/8231_texto_integral.xml" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8236/8236_texto_integral.xml" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8257/8257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8266/8266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8267/8267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8281/8281_texto_integral.xml" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8288/8288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8304/8304_texto_integral.xml" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8310/8310_texto_integral.xml" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8322/8322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8323/8323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8324/8324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8325/8325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8326/8326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8341/8341_texto_integral.xml" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8342/8342_texto_integral.xml" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8343/8343_texto_integral.xml" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8344/8344_texto_integral.xml" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8034/8034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8035/8035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8128/8128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8192/8192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8292/8292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7753/7753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7754/7754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7757/7757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7758/7758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7852/7852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7879/7879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7884/7884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7885/7885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7912/7912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7929/7929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7930/7930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7942/7942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7978/7978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7998/7998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8001/8001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8037/8037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8051/8051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8053/8053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8054/8054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8056/8056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8057/8057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8066/8066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8068/8068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8072/8072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8073/8073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8081/8081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8082/8082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8096/8096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8097/8097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8118/8118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8119/8119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8124/8124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8125/8125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8127/8127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8130/8130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8131/8131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8132/8132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8133/8133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8166/8166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8169/8169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8170/8170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8171/8171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8172/8172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8173/8173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8183/8183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8193/8193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8194/8194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8209/8209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8227/8227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8245/8245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8246/8246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8247/8247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8255/8255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8260/8260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8273/8273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8289/8289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8291/8291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8312/8312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8313/8313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8315/8315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8316/8316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8317/8317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8318/8318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8345/8345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8346/8346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8347/8347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8349/8349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7851/7851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7853/7853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7854/7854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7855/7855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7931/7931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7932/7932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7979/7979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8038/8038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8120/8120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8121/8121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8122/8122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8126/8126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8129/8129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8248/8248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8249/8249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8290/8290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8314/8314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7755/7755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7759/7759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7941/7941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8348/8348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7762/7762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7763/7763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7782/7782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7783/7783_texto_integral.xml" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7784/7784_texto_integral.xml" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7785/7785_texto_integral.xml" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7786/7786_texto_integral.xml" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7817/7817_texto_integral.xml" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7818/7818_texto_integral.xml" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7850/7850_texto_integral.xml" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7877/7877_texto_integral.xml" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7878/7878_texto_integral.xml" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7897/7897_texto_integral.xml" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7898/7898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7899/7899_texto_integral.xml" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7900/7900_texto_integral.xml" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7903/7903_texto_integral.xml" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7928/7928_texto_integral.xml" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7950/7950_texto_integral.xml" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7951/7951_texto_integral.xml" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7987/7987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/7992/7992_texto_integral.xml" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8002/8002_texto_integral.xml" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8011/8011_texto_integral.xml" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8014/8014_texto_integral.xml" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8026/8026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8036/8036_texto_integral.xml" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8045/8045_texto_integral.xml" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8067/8067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8069/8069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8091/8091_texto_integral.xml" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8094/8094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8095/8095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8137/8137_texto_integral.xml" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8148/8148_texto_integral.xml" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8230/8230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8264/8264_texto_integral.xml" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8268/8268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8271/8271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8272/8272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8274/8274_texto_integral.xml" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8276/8276_texto_integral.xml" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8296/8296_texto_integral.xml" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8319/8319_texto_integral.xml" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8329/8329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guariba.sp.leg.br/media/./sapl/public/materialegislativa/2017/8330/8330_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H564"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="143.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>