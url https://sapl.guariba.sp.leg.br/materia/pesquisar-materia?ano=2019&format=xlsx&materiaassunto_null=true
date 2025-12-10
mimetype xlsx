--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8835</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Magna Fiscal</t>
+    <t>Magna Rocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8835/indicacao_001-2019_UODhdqe.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de viabilizar a colocação de redutor de velocidade (lombada) na altura do número 150 da Rua João Viziack, na Vila Gomes de Azevedo (Distrito Industrial).</t>
   </si>
   <si>
     <t>8836</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8836/indicacao_002-2019_14QgAlV.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura no sentido de proceder à construção de canaleta de escoamento de águas pluviais na esquina da Rua Bonfim com a Avenida Segismundo Mangolini, no Jardim Boa Vista.</t>
   </si>
   <si>
     <t>8837</t>
   </si>
   <si>
     <t>3</t>
   </si>
@@ -285,66 +285,66 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8857/indicacao_017-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura no sentido de readequar a canaleta de escoamento de águas pluviais localizada entre a Avenida 10 de Abril e a Rua Rui Barbosa, na altura do número 389.</t>
   </si>
   <si>
     <t>8858</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8858/indicacao_018-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de implantar redutor de velocidade (lombada) na altura do número 866 da Rua Rui Barbosa.</t>
   </si>
   <si>
     <t>8859</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Néia Guimarães, Nivaldo, Paulo de Sa, Ze Carioca</t>
+    <t>Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Néia Guimarães, Nivaldo, Paulo de Sa, Ze Carioca</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8859/indicacao_019-2019_ZOoMmCV.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de viabilizar a colocação de redutor de velocidade (lombada) nas proximidades da curva existente na altura do nº 244 da Rua José Corrêa Leite Filho.</t>
   </si>
   <si>
     <t>8860</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>Cassio Santa Cruz, Calão - Galeto, Dr. Carósio, Dr. Dayan, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Néia Guimarães, Nivaldo, Paulo de Sa, Ze Carioca</t>
+    <t>Cassio Santa Cruz, Calão - Galeto, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Néia Guimarães, Nivaldo, Paulo de Sa, Ze Carioca</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8860/indicacao_020-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura no sentido de colocar as lâmpadas nos postes existentes na praça localizada na Rua José Corrêa Leite Filho, ao lado do reservatório da SABESP.</t>
   </si>
   <si>
     <t>8861</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Calão - Galeto</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8861/indicacao_21-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de viabilizar a colocação de redutor de velocidade (lombada) na altura do número 60 da Avenida Lázaro Porto, na COHAB II.</t>
   </si>
   <si>
     <t>8862</t>
   </si>
@@ -600,51 +600,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8898/indicacao_042-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura perante a Empresa Brasileira de Correios e Telégrafos, Agência de Guariba, no sentido de integrar o Residencial Nova Rocca, bem como demais novos bairros da cidade, ao serviço de distribuição postal.</t>
   </si>
   <si>
     <t>8899</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8899/indicacao_043-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de instalar um redutor de velocidade (lombada) na altura do número 435 da Avenida da Saudade, no Centro.</t>
   </si>
   <si>
     <t>8900</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>Ze Carioca, Magna Fiscal</t>
+    <t>Ze Carioca, Magna Rocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8900/indicacao_044-2019_zRCcUyy.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura no sentido de – após o período chuvoso – proceder à manutenção das estradas que dão acesso às chácaras dos Louzada, dos Caporusso e do Recanto do Guerreiro.</t>
   </si>
   <si>
     <t>8901</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8901/indicacao_045-2019_Q8B3oLE.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a revitalização da quadra esportiva, do playground e do minicampo de futebol, localizados entre as avenidas Ítalo Politi e Luiz Maffei, no Residencial Monte Belo.</t>
   </si>
   <si>
     <t>8902</t>
   </si>
   <si>
     <t>46</t>
   </si>
@@ -846,51 +846,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8953/indicacao_062-2019_xXSOFui.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de asfaltar a entrada do Residencial Santa Cruz, desde o trevo de acesso, passando pela guarita de entrada, até o trevo lá dentro, após a guarita, que dá acesso a todas as dependências do local.</t>
   </si>
   <si>
     <t>8922</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8922/indicacao_063-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que o setor competente da Prefeitura altere o contrato, assim que possível, com as empresas que prestam serviço de transporte de estudantes, para que os ônibus utilizados em todas as linhas tenham ar-condicionado.</t>
   </si>
   <si>
     <t>8923</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>Magna Fiscal, Ze Carioca</t>
+    <t>Magna Rocha, Ze Carioca</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8923/indicacao_064-2019_EqyZJF2.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam elaborados pelo setor competente da Prefeitura no sentido de viabilizar a criação de creche para idoso em nosso Município, para atendimento de pessoas com 60 anos ou mais, objetivando proporcionar-lhes acolhimento, abrigo diurno, cuidados, proteção e convivência adequadas às suas necessidades, com atendimento de segunda a sexta-feira.</t>
   </si>
   <si>
     <t>8926</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8926/indicacao_065-2019_1GpvLcf.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas perante o Comando Aéreo de Pirassununga no sentido de agendar a apresentação da "Esquadrilha da Fumaça" nas comemorações do Dia da Cidade, em setembro próximo.</t>
   </si>
   <si>
     <t>8928</t>
   </si>
   <si>
     <t>66</t>
   </si>
@@ -1689,51 +1689,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9020/indicacao_132-2019_q49kI3f.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a aquisição pela Secretaria Municipal da Saúde de um aparelho de ECO para o Ambulatório Municipal "Prefeito Hermínio de Laurentiz Neto".</t>
   </si>
   <si>
     <t>9021</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9021/indicacao_133-2019_fV3J0XW.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no de viabilizar a aquisição pela Secretaria Municipal da Saúde de três aparelhos de HOLTER para o Ambulatório Municipal "Prefeito Hermínio de Laurentiz Neto".</t>
   </si>
   <si>
     <t>9022</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>Cassio Santa Cruz, Calão - Galeto, Dr. Carósio, Dr. Dayan, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
+    <t>Cassio Santa Cruz, Calão - Galeto, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9022/indicacao_134-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura perante a CPFL no sentido de proceder à melhoria na iluminação pública da Rua 9 de Julho, implantando um poste com braço de luz em local que especifica.</t>
   </si>
   <si>
     <t>9023</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9023/indicacao_135-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura no sentido de instalar um bebedouro d'água no novo Terminal Rodoviário, bem como a instalação de uma torneira no pátio daquele próprio.</t>
   </si>
   <si>
     <t>9024</t>
   </si>
   <si>
     <t>136</t>
   </si>
@@ -1860,51 +1860,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9039/indicacao_146-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura objetivando que seja analisada a possibilidade de adquirir um drone para o setor de Fiscalização do Município, que abrange o setor de Obras e Serviços, Vigilância Epidemiológica e Vigilância Sanitária, para realizarem com 100% de eficácia seus trabalhos em locais de difícil acesso, tais como terrenos fechados e/ou sujos, entre outros.</t>
   </si>
   <si>
     <t>9040</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9040/indicacao_147-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas perante a CPFL no sentido de proceder à troca de lâmpada da iluminação pública em frente ao número 585 da Rua Ramiro Suarez Rodriguez, no Jardim Paulistano.</t>
   </si>
   <si>
     <t>9041</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>Magna Fiscal, Marcelinho do Lino, Nivaldo</t>
+    <t>Magna Rocha, Marcelinho do Lino, Nivaldo</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9041/indicacao_148-2019.pdf</t>
   </si>
   <si>
     <t>Reitera indicações ao Chefe do Executivo Municipal solicitando que providências sejam tomadas pelo setor competente da Prefeitura no sentido de restaurar a iluminação da Praça "Rotary", localizada na confluência da Avenida Eugênio Mangolini com a Rua José Corrêa Leite Filho, no Jardim Paulistano.</t>
   </si>
   <si>
     <t>9044</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9044/indicacao_149-2019.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa que providências sejam tomadas pela Secretaria da Casa no sentido de que, assim que houver disponibilidade em novos loteamentos, seja denominada via ou espaço público com o nome de Ana Pereira de Souza.</t>
   </si>
   <si>
     <t>9045</t>
   </si>
   <si>
     <t>150</t>
   </si>
@@ -2181,78 +2181,78 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9075/indicacao_172-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de viabilizar a colocação de um redutor de velocidade (lombada) na altura do número 140 da Avenida Amadeu Mazzi.</t>
   </si>
   <si>
     <t>9090</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9090/indicacao_173-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de viabilizar a colocação de redutor de velocidade (lombada) na altura do número 555 da Rua Ramiro Suarez Rodriguez, no bairro Nova Guariba.</t>
   </si>
   <si>
     <t>9091</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>Magna Fiscal, Márcia Alves</t>
+    <t>Magna Rocha, Márcia Alves</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9091/indicacao_174-2019.pdf</t>
   </si>
   <si>
     <t>Reitera Indicação ao Chefe do Executivo Municipal solicitando que providências sejam tomadas pelo setor competente da Prefeitura no sentido de proceder ao conserto do passeio público da Avenida Ítalo Politi, no trecho lindeiro ao Cemitério Municipal.</t>
   </si>
   <si>
     <t>9092</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9092/indicacao_175-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido viabilizar a reforma do prédio da antiga rodoviária (Terminal Rodoviário Vereador José Chartune), pois o mesmo se encontra com a pintura ruim, precisando fazer troca de lâmpadas, reparos nos banheiros, na calçada, nos bancos, no telhado, dentre outros.</t>
   </si>
   <si>
     <t>9095</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>Magna Fiscal, Néia Guimarães</t>
+    <t>Magna Rocha, Néia Guimarães</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9095/indicacao_176-2019.pdf</t>
   </si>
   <si>
     <t>Reitera Indicação ao Chefe do Executivo Municipal solicitando que providências sejam tomadas pelo setor competente da Prefeitura no sentido de proceder aos reparos no asfalto e reconstrução da canaleta de escoamento de águas pluviais localizada no cruzamento da Avenida Coronel Neca Junqueira com a Rua Rui Barbosa, no Centro.</t>
   </si>
   <si>
     <t>9097</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9097/indicacao_177-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura a respeito de água suja empoçada e rampa fora dos padrões que se encontram na altura do número 511 da Rua Bonfim, no Jardim Monte Alegre.</t>
   </si>
   <si>
     <t>9098</t>
   </si>
   <si>
     <t>178</t>
   </si>
@@ -2988,51 +2988,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9198/indicacao_238-2019_dyCDKxF.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam elaborados pelo setor competente da Prefeitura no sentido de transferir o feriado municipal que comemora o "Dia da Consciência Negra" do dia 20 de novembro (quarta-feira) para o dia 18 de novembro (segunda-feira).</t>
   </si>
   <si>
     <t>9200</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9200/indicacao_239-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de executar uma completa revitalização da praça localizada na junção da Avenida Maria Aparecida Albanez Gouvêa com as ruas Valeriano Voltarel e Josefina Vidoretti de Oliveira, no Residencial Planalto Verde. Nessa revitalização, solicita a instalação de academia ao ar livre, playground, mais bancos, ponto de ônibus com abrigo, que seja também feita uma melhor arborização, limpeza periódica, bem como a reforma do passeio público.</t>
   </si>
   <si>
     <t>9201</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>Calão - Galeto, Magna Fiscal</t>
+    <t>Calão - Galeto, Magna Rocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9201/indicacao_240-2019_mnSSOUm.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que determine ao setor competente da Prefeitura proceder à recolocação da placa denominativa no Estádio Municipal "Domingos Baldan".</t>
   </si>
   <si>
     <t>9202</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9202/indicacao_241-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de viabilizar a colocação de redutor de velocidade (lombada) na altura do número 148 da Rua Atílio Gaspar, no Parque dos Lagos "Vereador Luiz da Conceição".</t>
   </si>
   <si>
     <t>9203</t>
   </si>
   <si>
     <t>242</t>
   </si>
@@ -3837,51 +3837,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9321/indicacao_308-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de fazer a proteção/contenção do barranco em volta do lago menor do Parque dos Lagos "Vereador Luiz da Conceição", visto que está ocorrendo desmoronamento em alguns pontos.</t>
   </si>
   <si>
     <t>9324</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9324/indicacao_309-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de diminuir a coluna da lateral do Estádio Municipal "Domingos Baldan", mais precisamente na Avenida Ítalo Politi; coluna essa muito larga e que tem espaço que pode passar uma pessoa, tornando-se perigoso por ser possível alguém se esconder ali para praticar ilícitos.</t>
   </si>
   <si>
     <t>9325</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
+    <t>Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9325/indicacao_310-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam elaborados pelo setor competente da Prefeitura objetivando iniciativa de um projeto de lei visando obter autorização legislativa para a Municipalidade instituir, de 1º a 31 de dezembro de 2019, o programa de Recuperação Fiscal - REFIS, promovendo a regularização de tributos e rendas municipais, nos moldes da Lei nº. 3.094, de 12 de dezembro de 2017.</t>
   </si>
   <si>
     <t>9327</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9327/indicacao_311-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura no sentido de realizar a pintura de faixa de pedestres na rotatória da Vila Rocca que fornece acesso ao Jardim Progresso (foto anexa).</t>
   </si>
   <si>
     <t>9328</t>
   </si>
   <si>
     <t>312</t>
   </si>
@@ -3900,51 +3900,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9329/indicacao_313-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de proceder à revitalização da Praça "Joaquim Carato", no Jardim Irajá.</t>
   </si>
   <si>
     <t>9330</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9330/indicacao_314-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam elaborados pelo setor competente da Prefeitura objetivando conceder adicional de insalubridade às merendeiras e auxiliares de cozinha da rede municipal de ensino.</t>
   </si>
   <si>
     <t>9331</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>Magna Fiscal, Paulo de Sa</t>
+    <t>Magna Rocha, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9331/indicacao_315-2019_6FM5OJF.pdf</t>
   </si>
   <si>
     <t>Reitera Indicação ao Chefe do Executivo Municipal solicitando que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a revitalização da quadra esportiva, do playground e do minicampo de futebol localizados entre as avenidas Ítalo Politi e Luiz Maffei, no Residencial Monte Belo.</t>
   </si>
   <si>
     <t>9333</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9333/indicacao_316-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de abrir vagas de Atendente de Farmácia através de concurso público.</t>
   </si>
   <si>
     <t>9334</t>
   </si>
   <si>
     <t>317</t>
   </si>
@@ -4101,51 +4101,51 @@
   <si>
     <t>Moção de Aplausos e Congratulações às jovens Isadora Montaia, Sarah Melquíades e Alana Beatriz, que representaram Guariba no concurso Miss São Paulo Estudantil, realizado na cidade de Votuporanga em 21 de julho, destacando que a jovem Isadora classificou-se como Miss São Paulo Pré-Teen 2019.</t>
   </si>
   <si>
     <t>9123</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9123/mocao_015-2019_tMzRODM.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Excelentíssimo Promotor de Justiça Dr. Hermes Duarte Morais pelo excelente trabalho que tem realizado em prol da Justiça e da sociedade.</t>
   </si>
   <si>
     <t>9124</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9124/mocao_015-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao senhor Paulo Henrique Pupim, da Agência de Modelos PHP Models, que agenciou as jovens Isadora Montaia, Sarah Melquíades e Alana Beatriz, que representaram muito bem Guariba no concurso Miss São Paulo Estudantil, realizado na cidade de Votuporanga em 21 de julho, destacando que a jovem Isadora classificou-se como Miss São Paulo Pré-Teen 2019. Isso posto, solicita ainda que do teor desta seja dado conhecimento ao homenageado, externando-lhe os votos de parabéns do Legislativo guaribense.</t>
   </si>
   <si>
     <t>9126</t>
   </si>
   <si>
-    <t>Paulo de Sa, Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo</t>
+    <t>Paulo de Sa, Calão - Galeto, Cassio Santa Cruz, Dr. Carósio, Dr. Dayan, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9126/mocao_016-2019_ZNDFCsT.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Dr. Marcelo Ometto, Presidente do Conselho de Administração do Grupo São Martinho e um dos seus acionistas majoritários, pela doação de R$. 260.000,00 para ajudar na reconstrução da Igreja Matriz de São Mateus de Guariba, sendo que essa importância é o custo total da cobertura da Igreja.</t>
   </si>
   <si>
     <t>9128</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9128/mocao_017-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Prefeito Dr. Francisco Dias Mançano Júnior e ao Assessor de Relações Institucionais, senhor Daniel Louzada, por terem disponibilizado ônibus para transporte de integrantes da Equipe Papa-Léguas e de outros atletas, para participarem da 11ª Corrida Emancipação de Pitangueiras, realizada naquela cidade no dia 11 de agosto.</t>
   </si>
   <si>
     <t>9129</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9129/mocao_018-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações à jovem atleta guaribense Jéssica Vitória Moreira de Oliveira pela conquista da medalha de ouro nos 400m com barreira, nos Jogos Pan-Americanos sub-20, realizados de 19 a 21 de julho, na Costa Rica; votos extensíveis aos seus treinadores, Nelson Leme e Marcelo Moreira.</t>
   </si>
@@ -6032,51 +6032,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8835/indicacao_001-2019_UODhdqe.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8836/indicacao_002-2019_14QgAlV.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8837/indicacao_003-2019_ODzyPNs.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8838/indicacao_004-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8839/indicacao_0005-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8840/indicacao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8841/indicacao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8842/indicacao_008-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8843/indicacao_009-2019_tHIopNf.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8844/indicacao_010-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8845/indicacao_011-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8849/indicacao_012-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8850/indicacao_013-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8851/indicacao_014-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8852/indicacao_015-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8853/indicacao_016-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8857/indicacao_017-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8858/indicacao_018-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8859/indicacao_019-2019_ZOoMmCV.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8860/indicacao_020-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8861/indicacao_21-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8862/indicacao_22-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8863/indicacao_23-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8866/indicacao_24-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8877/indicacao_025-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8878/indicacao_026-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8879/indicacao_027-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8880/indicacao_028-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8881/indicacao_029-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8883/indicacao_030-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8884/indicacao_031-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8885/indicacao_032-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8886/indicacao_033-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8887/indicacao_034-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8888/indicacao_035-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8889/indicacao_036-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8890/indicacao_037-2019_44PqG2E.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8891/indicacao_038-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8892/indiccacao_039-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8894/indicacao_040-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8895/indicacao_041-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8898/indicacao_042-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8899/indicacao_043-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8900/indicacao_044-2019_zRCcUyy.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8901/indicacao_045-2019_Q8B3oLE.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8902/indicacao_046-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8903/indicacao_047-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8904/indicacao_048-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8905/indicacao_049-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8906/indicacao_050-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8907/indicacao_051-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8911/indicacao_052-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8912/indicacao_053-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8913/indicacao_054-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8914/indicacao_055-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8915/indicacao_056-2019_ZqTrRyb.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8916/indicacao_057-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8917/indicacao_058-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8918/indicacao_059-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8919/indicacao_060-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8920/indicacao_061-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8953/indicacao_062-2019_xXSOFui.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8922/indicacao_063-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8923/indicacao_064-2019_EqyZJF2.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8926/indicacao_065-2019_1GpvLcf.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8928/indicacao_066-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8929/indicacao_067-2019_Nr20nhM.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8930/i_ndicacao_068-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8932/indicacao_069-2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8933/indicacao_070-2019_u7RTbjJ.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8934/indicacao_071-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8935/indicacao_072-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8936/indicacao_073-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8937/indicacao_074-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8938/indicacao_075-2019_X2qCouo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8939/indicacao_076-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8940/indicacao_077-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8941/indicacao_078-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8945/indicacao_079-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8946/indicacao_080-2019_aGA712H.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8947/indicacao_081-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8949/indicacao_082-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8951/indicacao_083-2019_sL2JeZc.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8952/indicacao_084-2019_Z2MCZST.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8954/indicacao_085-2019_qsoXkt9.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8955/indicacao_086-2009.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8957/indicacao_087-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8958/indicacao_088-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8959/indicacao_089-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8960/indicacao_090-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8961/indicacao_091-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8962/indicacao_092-2019_2BqlFGm.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8963/indicacao_093-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8964/indicacao_094-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8965/indicacao_095-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8967/indicacao_096-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8968/indicacao_097-2019_oajRtGp.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8972/indicacao_098-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8973/indicacao_099-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8974/indicacao_100-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8975/indicacao_101-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8976/indicacao_102-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8977/indicacao_103-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8978/indicacao_104-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8981/indicacao_105-2019_911881W.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8983/indicacao_106-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8984/indicacao_107-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8985/indicacao_108-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8986/indicacao_109-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8987/indicacao_110-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8988/indicacao_111-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8989/indicacao_112-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8990/indicacao_113-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8991/indicacao_114-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8992/indicacao_115-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8993/indicacao_116-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8994/indicacao_117-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8995/indicacao_118-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8996/indicacao_119-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8997/indicacao_120-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8998/indicacao_121-2019_hjFgC2V.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8999/indicacao_122-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9011/indicacao_0123-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9012/indicacao_124-2019_UhBXUu4.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9013/indicacao_125-2019_tj3z2Lo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9014/indicacao_126-2019_1GQx2AT.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9015/indicacao_127-2019_MsHfBtw.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9016/indicacao_128-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9017/indicacao_129-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9018/indicacao_130-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9019/indicacao_131-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9020/indicacao_132-2019_q49kI3f.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9021/indicacao_133-2019_fV3J0XW.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9022/indicacao_134-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9023/indicacao_135-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9024/indicacao_136-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9028/indicacao_137-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9029/indicacao_138-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9031/indicacao_139-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9033/indicacao_140-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9034/indicacao_141-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9035/indicacao_142-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9036/indicacao_143-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9037/indicacao_144-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9038/indicacao_145-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9039/indicacao_146-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9040/indicacao_147-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9041/indicacao_148-2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9044/indicacao_149-2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9045/indicacao_150-2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9046/indicacao_151-2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9047/indicacao_152-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9048/indicacao_153-2019_aU7GuQa.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9050/indicacao_154-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9052/indicacao_155-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9058/indicacao_156-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9060/indicacao_157-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9061/indicacao_158-2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9062/indicacao_159-2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9063/indicacao_160-2019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9064/indicacao_161-2019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9065/indicacao_162-2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9066/indicacao_163-2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9067/indicacao_164-2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9068/indicacao_165-2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9069/indicacao_166-2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9070/indicacao_167-2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9071/indicacao_168-2019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9072/indicacao_169-2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9073/indicacao_170-2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9074/indicacao_171-2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9075/indicacao_172-2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9090/indicacao_173-2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9091/indicacao_174-2019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9092/indicacao_175-2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9095/indicacao_176-2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9097/indicacao_177-2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9098/indicacao_178-2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9099/indicacao_179-2019_GbSvmzs.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9100/indicacao_180-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9101/indicacao_181-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9102/indicacao_182-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9103/indicacao_183-2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9105/indicacao_184-2019_5RCDS93.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9107/indicacao_185-2019_9yfZVTd.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9109/indicacao_186-2019.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9111/indicacao_187-2019_h0mqtCR.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9113/indicacao_188-2019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9114/indicacao_189-2019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9115/indicacao_190-2019.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9117/indicacao_191-2019.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9118/indicacao_192-2019.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9119/indicacao0_193-2019.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9125/indiccacao_194-2019.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9132/indicacao_195-2019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9134/indicacao_196-2019.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9137/indicacao_197-2019.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9138/indicacao_198-2019.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9139/indicacao_199-2019.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9140/indicacao_200-2019.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9141/indicacao0_201-2019.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9142/indicacao_202-2019.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9143/indicacao_203-2019.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9144/indicacao_204-2019.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9145/indicacao_205-2019.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9147/indicacao_206-2019_BBOft8D.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9148/indicacao_207-2019.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9149/indicacao_208-2019.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9150/indicacao_209-2019.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9151/indicacao_210-2019.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9152/indicacao_211-2019_WeTb8Xs.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9159/indicacao_212-2019.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9163/indicacao_213-2019.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9164/indicacao_214-2019.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9165/indicacao_215-2019.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9166/indicacao_216-2019.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9167/indicacao_217-2019_k2Plpuu.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9168/indicacao_218-2019.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9169/indicacao_219-2019.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9170/indicacao_220-109.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9171/indicacao_221-2019.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9173/indicacao_222-2019_UEc3roH.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9176/indicacao_223-2019.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9177/indicacao_224-2019.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9178/indicacao_225-2019.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9179/indicacao_226-2019.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9180/indicacao_227-2019.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9181/indicacao_228-2019.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9182/indicaclao_229-2019.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9185/indicacao_230-2019.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9186/indicacao_231-2019.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9187/indicacao_232-2019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9188/indicacao_233-2019.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9190/indicacao_234-2019_9Ozz7AG.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9192/indicacao_235-2019.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9195/indicacao_236-2019.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9197/indicacao_237-2019.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9198/indicacao_238-2019_dyCDKxF.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9200/indicacao_239-2019.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9201/indicacao_240-2019_mnSSOUm.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9202/indicacao_241-2019.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9203/indicacao_242-2019.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9213/indicacao_243-2019.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9214/indicacao_244-2019.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9215/indicacao_245-2019.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9216/indicacao_246-2019.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9217/indicacao_247-2019.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9218/indicacao_248-2019.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9219/indicacao_249-2019.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9220/indicacao_250-2019.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9221/indicacao_251-2019.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9222/indicacao_252-2019.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9223/indicacao_253-2019.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9224/indicacao_254-2019.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9227/indicacao_255-2019.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9228/indicacao_256-2019.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9229/indicacao_257-2019.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9230/indicacao_258-2019.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9231/indicacao_259-2019.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9232/indicacao_260-2019.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9246/indicacao_261-2019.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9247/indicacao_262-2019.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9248/indicacao_263-2019_UyFw8UT.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9250/indicacao_264-2019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9251/indicacao_265-2019.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9252/indicacao_266-2019.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9254/indicacao_267-2019.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9255/indicacao_268-2019.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9258/indicacao_269-2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9259/indicacao_270-2019.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9260/indicacao_271-2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9261/indicacao_272-2019.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9262/indicacao_273-2019.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9263/indicacao_274-2019.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9264/indicacao_275-2019_RHBa5rW.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9265/indicacao_276-2019.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9266/indicacao_277-2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9267/indicacao_278-2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9268/indicacao_279-2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9269/indicacao_280-2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9280/indicacao_281-2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9281/indicacao_282-2019.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9282/indicacao_283-2019.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9283/indicacao_284-2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9284/indicacao_285-2019.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9285/indicacao_286-2019.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9286/indicacao_287-2019.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9287/indicacao_288-2019_9fbG2m1.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9288/indicacao_289-2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9289/indicacao_290-2019.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9302/indicacao_291-2019.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9292/indicacao_292-2019.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9293/indicacao_293-2019.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9294/indicacao_294-2019.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9295/indicacao_295-2019.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9296/indicacao_296-2019.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9303/indicacao_297-2019.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9304/indicacao_298-2019.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9305/indicacao_299-2019.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9306/indicacao_300-2019.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9313/indicacao_301-2019_3l5uCJH.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9314/indicacao_302-2019.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9315/indicacao_303-2019.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9316/indicacao_304-2019.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9317/indicacao_305-2019_P3saX24.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9318/indicacao_306-2019.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9320/indicacao_307-2019.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9321/indicacao_308-2019.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9324/indicacao_309-2019.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9325/indicacao_310-2019.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9327/indicacao_311-2019.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9328/indicacao_312-2019.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9329/indicacao_313-2019.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9330/indicacao_314-2019.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9331/indicacao_315-2019_6FM5OJF.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9333/indicacao_316-2019.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9334/indicacao_317-2019.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9335/indicacao_318-2019.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9336/indicacao_319-2019.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8864/mocao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8865/mocao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8893/mocao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8896/mocao_004-2019.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8966/mocao_005-2019.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8982/mocao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9000/mocao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9001/mocao_008-2019.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9010/mocao_009-2019_rkKisbO.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9051/mocao_010-2019.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9057/mocao_011-2019.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9120/mocao_012-2019_zyPcSxP.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9122/mocao_013-2019_4o0x1tJ.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9123/mocao_015-2019_tMzRODM.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9124/mocao_015-2019.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9126/mocao_016-2019_ZNDFCsT.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9128/mocao_017-2019.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9129/mocao_018-2019.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9136/mocao_019-2019.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9146/mocao_020-2019.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9162/mocao_021-2019.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9183/mocao_022-2019.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9199/mocao_023-2019.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9210/mocao_024-1019.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9211/mocao_025-2019.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9212/mocao_026-2019.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9225/mocao_027-2019.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9226/mocao_028-2019.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9233/mocao_029-2019.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9234/mocao_030-2019.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9235/mocao_031-2019.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9236/mocao_032-2019.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9245/mocao_033-2019.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9253/mocao_034-2019.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9257/mocao_035-2019.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9270/mocao_036-2019.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9291/mocao_037-2019.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9307/mocao_038-2019_PJHdErx.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9308/mocao_039-2019_Cce1cYJ.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9309/mocao_040-2019.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9312/mocao_041-2019_2DLzpEE.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9332/mocao_042-2019.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9337/mocao_043-2019.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8931/projeto_de_decreto_legislativo_no_001.2019.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9059/projeto_de_decreto_legislativo_no._002.2019_de__4kzYC6I.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9089/projeto_de_decreto_legislativo_no._003.2019_de__AgMjDBt.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9242/projeto_de_decreto_legislativo_no._004.2019_de__nDY0RMv.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9243/projeto_de_decreto_legislativo_no._005.2019_de__AoCpvPK.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9244/projeto_de_decreto_legislativo_no._006.2019_de__4tBt5IZ.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8831/projeto_1.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8832/projeto_2.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8833/projeto_3.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8834/projeto_4.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8846/projeto_de_lei_-_suplementacao_40000.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8847/projeto_de_lei_-_repasse_entidades.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8848/projeto_de_lei_-_suplementacao_370.98020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8870/projeto_de_lei_-_alteracao_jari.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8871/projeto_de_lei_no._009.2019_de_31.01.2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8872/pl_-_suplementacao_r_2.149.10949.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8873/pl_-_suplementacao_r_98.12111.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8874/pl_-_suplementacao_r_759.15416.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8876/projeto_de_lei_no._013.2019_de_20.02.2019.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8882/projeto_13.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8897/projeto_de_lei_no._015.2019_de_07_de_marco_de_2019.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8908/mensagem_14_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8909/mensagem_15_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8910/projeto_de_lei_no_018.2019_de_12.03.2019.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8924/mensagem_16_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8942/mensagem_17_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8943/mensagem_18_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8948/mensagem_20_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8956/mensagem_21_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8969/mensagem_22_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8970/mensagem_23_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8971/projeto_de_lei_no._026.2019_de_29.04.2019.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8979/mensagem_24_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8980/mensagem_25_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9002/mensagem_26_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9003/mensagem_27_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9004/mensagem_28_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9005/mensagem_29_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9006/mensagem_30_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9007/projeto_de_lei_no._034.2019_de_16.05.2019.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9008/projeto_de_lei_no._035.2019_de_16.05.2019.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9009/mensagem_32_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9025/mensagem_33_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9026/mensagem_34_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9027/mensagem_35_-_projeto_RZo6LHZ.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9032/mensagem_36_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9043/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9049/projeto_de_lei_no._042.2019_de_28.05.2019.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9055/mensagem_38_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9056/projeto_de_lei_no._044.2019_de_07_de_junho_de_2019.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9076/mensagem_39_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9077/mensagem_40_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9078/mensagem_41_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9079/mensagem_42_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9081/mensagem_44_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9082/mensagem_45_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9083/mensagem_46_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9084/mensagem_47_-_projeto_iufkort.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9085/mensagem_48_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9086/mensagem_49_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9087/mensagem_50_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9088/mensagem_51_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9093/mensagem_52_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9094/mensagem_53_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9096/mensagem_54_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9133/mensagem_57_-_projeto_zmFcXNA.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9135/projeto_de_lei_no._061.2019_de_15.08.2019.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9153/mensagem_58_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9154/mensagem_59_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9155/mensagem_60_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9156/projeto_de_lei_no._065.2019_de_26_de_agosto_de_2019.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9157/projeto_de_lei_no._066.2019_de_26_de_agosto_de_2019.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9158/mensagem_61_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9172/mensagem_62_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9174/mensagem_63_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9175/mensagem-64-projeto.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9184/mensagem_65_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9189/projeto_de_lei_no._072.2019_de_12_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9191/projeto_de_lei_no._073.2019_de_12_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9205/mensagem_68_-_projeto_AboTARl.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9206/mensagem_69_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9207/mensagme_70_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9238/mensagem_71_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9239/mensagem_72_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9240/mensagem_73_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9249/mensagem_75_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9271/projeto_de_lei_no._081.2019_de_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9272/mensagem_76_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9273/mensagem_77_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9274/mensagem_78_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9275/mensagem_79_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9276/mensagem_80_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9278/mensagem_81_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9279/mensagem_74_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9297/mensagem_82_-_projeto_hRFzdjD.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9344/mensagem_92_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9322/projeto_de_lei_-_mensagem_86-19_-_credito_70.000.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9323/projeto_de_lei_-_mensagem_87-19_-_credito_1.300.000.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9339/mensagem_88_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9342/mensagem_90_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9343/mensagem_91_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9346/mensagem_94_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9347/mensagem_96_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9348/mensagem_97_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8867/projeto_de_lei_-_criacao_de_cargo_tec_em_enferm_KQHOiBi.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8868/projeto_de_lei_-_criacao_de_funcao_gratificada__YJPq723.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8869/projeto_de_lei_-_alteracao_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8875/plc_-_criacao_de_emprego_-_agente_de_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8944/mensagem_19_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9130/mensagem_55_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9131/mensagem_56_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9299/mensagem_83_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9301/mensagem_plc_09_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9341/mensagem_89_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9345/mensagem_93_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8854/requerimento_001-2019.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8855/requerimento_002-2019.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8856/requerimento_003-2019_eO9u1oB.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8927/requerimento_004-2019.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/8950/requerimento_005-2019_tdsH3BR.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9030/requerimento_006-2019_s1scHfH.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9053/requerimento_007-2019.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9054/requerimento_008-2019.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9104/requerimento_09-2019_OBBLGjy.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9106/requerimento_010-2019.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9108/requerimento_011-2019.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9160/requerimento_012-2019.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9116/requerimento_013-2019.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9121/requerimento_014-2019.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9161/requerimento_015-2019.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9193/requerimento_016-2019_enCodZQ.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9194/requerimento_017-2019.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9208/requerimento_018-2019.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9209/requerimento_019-2019.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9237/requerimento_020-2019.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9256/requerimento_021-2019.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9311/requerimento_022-2019.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9319/requerimento_023-2019.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9326/requerimento_024-2019_LXqxOXU.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9338/requerimento_025-2019.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2019/9080/mensagem_43_-_veto.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H505"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="139" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="139.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="129.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>