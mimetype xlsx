--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -105,51 +105,51 @@
   <si>
     <t>DISPÕE SOBRE A POSSE DO PREFEITO, VICE-PREFEITO E VEREADORES DO MUNICÍPIO DE GUARIBA, NO DIA 1º DE JANEIRO DE 2021, COM A LIMITAÇÃO DE PÚBLICO E FIXAÇÃO DE REGRAS DE PERMANÊNCIA EM OBSERVÂNCIA À PREVENÇÃO DA INFECÇÃO E À PROPAGAÇÃO DO COVID-19, NO AMBITO DESTE PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>9501</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Projeto de Ementa à Lei Orgânica do Município</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9501/mensagem_48_-_projeto.pdf</t>
   </si>
   <si>
     <t>“DÁ NOVA REDAÇÃO AO “CAPUT” DO ARTIGO 118-A, COM O ACRÉSCIMO DE PARÁGRAFO ÚNICO, DA LEI ORGÂNICA DO MUNICÍPIO, DE 5 DE ABRIL DE 1990 (1ª EDIÇÃO), ACRESCIDO PELO ARTIGO 2º, DA EMENDA Nº 1/2000, DE 6 DE JULHO DE 2000”</t>
   </si>
   <si>
     <t>9623</t>
   </si>
   <si>
-    <t>Calão - Galeto, Cassio Santa Cruz, César Pinheiro, Dr. Carósio, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
+    <t>Calão - Galeto, Cassio Santa Cruz, César Pinheiro, Dr. Carósio, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9623/projeto_de_emenda_a_lei_organica_do_municipio_de_guariba_no._002.2020_de_23.12.2020.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI ORGÂNICA DO MUNICÍPIO DE GUARIBA</t>
   </si>
   <si>
     <t>9356</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Néia Guimarães</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9356/indicacao_0001-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de proceder ao recapeamento asfáltico da Avenida Ernesto Buchi, no trecho compreendido entre a Rua dos Guzzo e Rua Feres Sadalla, no Centro.</t>
   </si>
@@ -291,51 +291,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9375/indicacao_012-2020.pdf</t>
   </si>
   <si>
     <t>Reitera Indicação ao Chefe do Executivo solicitando que estudos sejam elaborados pelo setor competente da Prefeitura no sentido de implantar a “Folga Aniversário”, concedendo a todos os funcionários públicos municipais o direito a um dia de folga remunerada no dia de seu aniversário.</t>
   </si>
   <si>
     <t>9376</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9376/indicacao_013-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de adquirir cadeiras de rodas, cadeiras de banho, muletas e andadores para fins de empréstimo.</t>
   </si>
   <si>
     <t>9377</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>Magna Fiscal</t>
+    <t>Magna Rocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9377/proposicao-ind-538.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de fazer o recapeamento asfáltico de toda extensão da Avenida Elias Gazone no bairro Jardim São Bento.</t>
   </si>
   <si>
     <t>9378</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9378/indicacao_015-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a troca da iluminação pública em toda extensão da Avenida Ricieri de Oliveira, no Residencial Vila Mariana I e Residencial Vila Mariana II.</t>
   </si>
   <si>
     <t>9381</t>
   </si>
   <si>
     <t>16</t>
   </si>
@@ -750,51 +750,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9429/indicacao_049-2020.pdf</t>
   </si>
   <si>
     <t>Reitera Indicação ao Chefe do Executivo Municipal solicitando que estudos sejam realizados pelo setor competente da Prefeitura no sentido de proceder à manutenção geral de toda sinalização de trânsito vertical e horizontal do Município.</t>
   </si>
   <si>
     <t>9430</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9430/indicacao_050-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de fazer reformas no prédio localizado na Rua Rui Barbosa, 190 - Centro, local onde se encontram a Junta Militar, Cejusc, Procon e o Juizado Especial Cível e Criminal.</t>
   </si>
   <si>
     <t>9432</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>Magna Fiscal, Marcelinho do Lino, Néia Guimarães</t>
+    <t>Magna Rocha, Marcelinho do Lino, Néia Guimarães</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9432/indicacao_051-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de fazer algumas melhorias no Residencial Santa Cruz, tais como recapeamento asfáltico de toda área, manutenção do parquinho infantil (playground), fazer uma academia de ginástica ao ar livre e trocar as lâmpadas dos postes existentes por lâmpadas de LED na entrada do bairro.</t>
   </si>
   <si>
     <t>9433</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Marcelinho do Lino</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9433/indicacao_052-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de viabilizar a colocação de redutor de velocidade (lombada) na altura do número 17 da Rua Bartolomeu Manna, na Vila Gomes de Azevedo.</t>
   </si>
   <si>
     <t>9435</t>
   </si>
@@ -915,51 +915,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9448/indicacao_062-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de instalar uma estrutura maior para o ponto de ônibus localizado na Rua Otávio Evangelista de Souza, próximo à Primeira Igreja Batista de Guariba.</t>
   </si>
   <si>
     <t>9449</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9449/indicacao_063-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de fazer o calçamento no espaço entre a feira livre e o campo de futebol.</t>
   </si>
   <si>
     <t>9450</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>Calão - Galeto, Magna Fiscal, Márcia Alves</t>
+    <t>Calão - Galeto, Magna Rocha, Márcia Alves</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9450/indicacao_064-2020.pdf</t>
   </si>
   <si>
     <t>Reitera indicações ao Chefe do Executivo Municipal solicitando que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar benfeitorias no Jardim Jussara, como o asfaltamento das ruas que ainda não são asfaltadas, principalmente a marginal do Córrego Guariba, também roçar o mato ali existente, remover o entulho, bem como realizar reparos ou instalação de iluminação na praça do bairro e no campo de futebol ali existente.</t>
   </si>
   <si>
     <t>9453</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9453/indicacao_065-2020.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa que providências sejam tomadas pela Secretaria da Casa no sentido de que, assim que houver disponibilidade em novos loteamentos, seja denominada via ou espaço público com o nome de Professor Rodolpho Corradine Filho.</t>
   </si>
   <si>
     <t>9463</t>
   </si>
   <si>
     <t>66</t>
   </si>
@@ -1216,51 +1216,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9525/indicacao_086-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de viabilizar a colocação de redutor de velocidade (lombada) na altura do número 130 da Avenida Áurea Carolina de Paula, no Residencial Vila Mariana II.</t>
   </si>
   <si>
     <t>9526</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9526/indicacao_087-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de viabilizar a colocação de redutor de velocidade (lombada) na altura do número 81 da Avenida João Zeviani, no Residencial Vila Mariana II.</t>
   </si>
   <si>
     <t>9527</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>Cassio Santa Cruz, Calão - Galeto, César Pinheiro, Dr. Carósio, Magna Fiscal, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
+    <t>Cassio Santa Cruz, Calão - Galeto, César Pinheiro, Dr. Carósio, Magna Rocha, Marcelinho do Lino, Márcia Alves, Marcia Scalon, Néia Guimarães, Nivaldo, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9527/indicacao_088-2020.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretora que providências sejam tomadas pela Secretaria da Casa no sentido de que, assim que houver disponibilidade em novos loteamentos, seja denominada via ou espaço público com o nome de Luzia Alexandre Ferreira da Silva.</t>
   </si>
   <si>
     <t>9528</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9528/indicacao_089-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de proceder à limpeza, capina do mato e retirada de lixos nas margens do Córrego Guariba, desde a nascente, no Jardim Jussara, e em toda sua extensão dentro do perímetro urbano.</t>
   </si>
   <si>
     <t>9529</t>
   </si>
   <si>
     <t>90</t>
   </si>
@@ -1354,51 +1354,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9539/indicacao_097-2020.pdf</t>
   </si>
   <si>
     <t>Reitera Indicação ao Chefe do Executivo Municipal solicitando que providências sejam tomadas pelo DEMUTRAN no sentido de proceder à pintura de sinalização de solo (indicação de pare e faixa de pedestres) no cruzamento entre a Avenida Ernesto de Angelis com a Avenida Eugênio Mangolini e a Rua dos Grassi.</t>
   </si>
   <si>
     <t>9540</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9540/indicacao_098-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam elaborados pelo setor competente da Prefeitura no sentido de viabilizar o recapeamento asfáltico da Rua Caetano Frujuello, na Vila Jordão.</t>
   </si>
   <si>
     <t>9541</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>Magna Fiscal, Néia Guimarães</t>
+    <t>Magna Rocha, Néia Guimarães</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9541/indicacao_099-2020.pdf</t>
   </si>
   <si>
     <t>Reitera parcialmente Indicação ao Chefe do Executivo Municipal solicitando que estudos sejam elaborados pelo setor competente da Prefeitura no sentido de viabilizar tanto a instalação de uma iluminação mais eficiente quanto a cobertura da quadra de esportes contígua ao Campo de Futebol "Paulo Garcia", no Bairro Alto.</t>
   </si>
   <si>
     <t>9542</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9542/indicacao_100-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam elaborados pelo setor competente da Prefeitura no sentido de viabilizar o recapeamento asfáltico da Rua Primo Roma, no trecho compreendido entre a Avenida Princesa Izabel e a Avenida José Zanotto, no Jardim Hortência.</t>
   </si>
   <si>
     <t>9543</t>
   </si>
   <si>
     <t>101</t>
   </si>
@@ -3397,51 +3397,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9507/ato_da_mesa_no._001.2020_de_25.06.2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9618/ato_da_mesa_atividades_camara.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9624/ato_da_mesa_no._003.2020_de_21.12.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9501/mensagem_48_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9623/projeto_de_emenda_a_lei_organica_do_municipio_de_guariba_no._002.2020_de_23.12.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9356/indicacao_0001-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9357/indicacao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9358/indicacao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9359/indicacao_004-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9360/indicacao_005-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9361/indicacao_006-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9363/indicacao_007-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9367/indicacao_008-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9371/indicacao_009-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9373/indicacao_010-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9374/indicacao_011-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9375/indicacao_012-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9376/indicacao_013-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9377/proposicao-ind-538.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9378/indicacao_015-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9381/indicacao_016-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9382/indicacao_017-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9384/indicacao_018-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9385/indicacao_019-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9391/indicacao_020-20.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9392/indicacao_021-20.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9393/indicacao_022-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9395/indicacao_023-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9396/indicacao_024-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9397/indicacao_025-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9398/indicacao_026-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9399/indicacao_027-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9400/indicacao_028-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9401/indicacao_029-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9402/indicacao_030-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9405/indicacao_031-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9406/indicacao_032-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9407/indicacao_033-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9408/indicacao_034-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9413/indicacao_035-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9414/indicacao_036-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9415/indicacao_037-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9418/indicacao_038-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9419/indicacao_039-2029.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9420/indicacao_040-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9421/indicacao_041-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9422/indicacao_042-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9423/indicacao_043-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9424/indicacao_044-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9425/indicacao_045-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9426/indicacao_046-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9427/indicacao_047-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9428/indicacao_048-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9429/indicacao_049-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9430/indicacao_050-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9432/indicacao_051-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9433/indicacao_052-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9435/indicacao_053-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9438/indicacao_054-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9439/indicacao_055-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9440/indicacao_056-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9441/indicacao_057-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9442/indicacao_058-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9443/indicacao_059-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9444/indicacao_060-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9447/indicacao_061-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9448/indicacao_062-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9449/indicacao_063-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9450/indicacao_064-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9453/indicacao_065-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9463/indicacao_066-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9471/indicacao_067-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9473/indicacao_069-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9474/indicacao_069-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9475/indicacao_070-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9479/indicacao_071-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9488/indicacao_072-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9489/indicacao_073-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9494/indicacao_074-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9496/indicacao_075-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9506/indicacao_076-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9511/indicacao_077-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9512/indicacao_078-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9513/indicacao_079-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9514/indicacao_080-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9515/indicacao_081-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9516/indicacao_082-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9517/indicacao_083-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9518/indicacao_084-2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9519/indicacao_085-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9525/indicacao_086-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9526/indicacao_087-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9527/indicacao_088-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9528/indicacao_089-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9529/indicacao_090-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9530/indicacao_091-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9534/indicacao_092-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9535/indicacao_093-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9536/indicacao_094-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9537/indicacao_095-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9538/indicacao_096-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9539/indicacao_097-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9540/indicacao_098-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9541/indicacao_099-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9542/indicacao_100-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9543/indicacao_101-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9544/indicacao_102-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9545/indicacao_103-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9546/indicacao_104-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9547/indicacao_105-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9548/indicacao_106-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9551/setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9553/indicacao_108-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9554/indicacao_109-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9555/indicacao_110-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9557/indicacao_111-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9558/indicacao_112-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9565/indicacao_113-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9566/indicacao_114-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9567/indicacao_115-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9568/indicacao_116-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9569/indicacao_117-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9570/indicacao_118-2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9574/indicacao_119-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9575/indicacao_120-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9577/indicacao_121-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9578/indicacao_122-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9579/indicacao_123-2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9580/indicacao_124-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9581/indicacao_125-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9582/indicacao_126-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9583/indicacao_127-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9584/indicacao_128-2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9585/indicacao_129-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9589/indicacao_130-2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9590/indicacao_131-2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9592/indicacao_132-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9595/indicacao_133-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9596/indicacao_134-2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9597/indicacao_135-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9600/indicacao_136-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9601/indicacao_137-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9602/indicacao_138-2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9604/indicacao_139-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9605/indicacao_140-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9612/indicacaoi_141-2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9368/mocao_001-20.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9369/mocao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9386/mocao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9437/mocao_004-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9454/mocao_005_-2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9455/mocao_006-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9462/mocao_007-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9464/mocao_008-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9476/mocao_009-2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9482/mocao_010-2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9483/mocao_011-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9484/mocao_012-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9485/mocao_013-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9492/mocao_014-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9497/mocao_015-2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9520/mocao_016-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9531/mocao_0017-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9587/mocao_018-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9603/mocao_019-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9465/projeto_de_decreto_legislativo_no._001.2020_de_22.04.2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9466/projeto_de_decreto_legislativo_no_002.2020_de_22.04.2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9576/projeto_de_decreto_legislativo_no._003.2020_de_09.10.2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9607/projeto_de_decreto_legislativo_no._004.2020_de_27.11.2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9620/projeto_de_decreto_legislativo_no._005.2020_de_18.12.2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9350/mensagem_02_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9351/mensagem_03_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9355/mensagem_07_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9364/projeto_de_lei_-_ms_09-_abertura_de_creditos_r_653.00000.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9365/projeto_de_lei_-_suplementacao_r_734.96227.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9366/projeto_de_lei_-_suplementacao_r_1.150.24102.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9383/mensagem_12_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9387/mensagem_15_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9388/mensagem_16_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9389/mensagem_17_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9390/mensagem_18_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9409/mensagem_19_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9410/mensagem_20_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9411/mensagem_21_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9416/projeto_de_lei_no._015.2020_de_21.02.2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9417/projeto_de_lei_no._016.2020_de_21.02.2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9434/mensagem_22_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9451/mensagem_23_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9452/mensagem_25_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9457/mensagem_27_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9458/mensagem_28_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9459/mensagem_29_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9460/mensagem_31_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9461/mensagem_32_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9467/mensagem_34_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9468/mensagem_35_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9469/mensagem_36_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9477/projeto_de_lei_-_abertura_de_credito_r_354.00000.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9478/projeto_de_lei_-_abertura_de_credito_r_69.41601.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9480/projeto_de_lei_-_abertura_de_credito_r_2.35010.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9486/mensagem_41_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9490/mensagem_42_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9491/mensagem_43_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9493/mensagem_44_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9498/mensagem_45_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9499/mensagem_46_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9500/mensagem_47-projeto.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9502/mensagem_49_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9504/mensagem_50_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9505/mensagem_51_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9508/projeto_de_lei_no._041.2020_de_27.07.2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9509/mensagem_52_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9510/projeto_de_lei_no._043.2020_de_31.07.2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9522/mensagem_53_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9523/projeto_de_lei_no._045.2020_de_12.08.2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9524/mensagem_54_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9532/mensagem_55_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9533/mensagem_56_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9549/mensagem_57_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9550/mensagem_59_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9552/mensagrm_60_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9556/mensagem_61_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9559/projeto_de_lei_-_lei_diretrizes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9560/projeto_de_lei_-_alteracao_da_denominacao_da_estrada_vicinal_grg_010_alfeu_bellodi.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9561/mensagem_63_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9562/projeto_de_lei__-_abertura_de_credito_r_768.20809.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9563/projeto_de_lei_-_abertura_de_credito_r_56.00000.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9571/mensagem_67_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9572/mensagem_68_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9573/mensagem_69_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9586/mensagem_70_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9588/mensagem_71_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9591/mensagem_72_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9606/mensagem_76-_projeto.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9594/mensagem_74_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9598/projeto_de_lei_-_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9599/projeto_de_lei__-_utilidade_publica_instituto_martec.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9608/mensagem_77_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9615/projeto_de_lei_no._070.2020_de_02.12.2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9616/projeto_de_lei_no._071.2020_de_02.12.2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9611/mensagem_78_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9614/projeto_de_lei_no._073.2020_de_08.12.2020.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9617/mensagem_79_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9619/projeto_de_lei_no._075.2020_de_22.12.2020.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9621/mensagem_80_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9349/mensagem_01_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9352/projeto_de_lei_criacao_cargo_psicopedagogo_clinico.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9353/projeto_de_lei_complementar_-_criacao_emprego_padeiro.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9354/projeto_de_lei_complementar_-_gratificacao_comissao_municipal_de_3o_setor.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9362/projeto_de_lei_-_ms_08-_cria_gratificacao_comissao_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9380/mensagem_14_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9379/mensagem_13_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9445/mensagem_24_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9456/mensagen_26_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9481/projeto_de_lei_complementar_-_alteracao_codigo_de_posturas_-_proibicao_de_criacao_de_animais_de_grande_porte_dentro_do_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9403/projeto_de_resolucao_no._001.2020_de_14.02.2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9404/projeto_de_resolucao_no._002.2020_de_14.02.2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9470/projeto_de_resolucao_no._003.2020_de_30.04.2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9495/projeto_de_resolucao_no._004.2020_de_09.06.2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9622/projeto_de_resolucao_no._005.2020_de_23.12.2020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9503/cei_-_comissao_especial_de_inquerito_2019.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9370/requerimento_001-2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9372/requerimento_002-2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9412/requerimento_003-2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9446/requerimento_004-2020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9472/requerimento_005-2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9487/requerimento_006-2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9521/requerimento_007-2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2020/9613/requerimento_no._008-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H271"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="143.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="143.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="208" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>