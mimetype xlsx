--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -597,51 +597,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10107/indicacao_040-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura no sentido de providenciar o fechamento de duas antigas bocas de lobo, hoje aparentemente desativadas, ao longo do Córrego Guariba, mais precisamente ao lado da ponte da Avenida Coronel Neca Junqueira. Estando localizada uma em cada lado da ponte, essas bocas de lobo abertas representam um grande perigo aos nossos munícipes.</t>
   </si>
   <si>
     <t>10110</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10110/indicacao_041-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura no sentido de remover a areia que se acumulou na Rua Primo Roma, entre as Avenidas Otávio Rangel e Júlio Garavello, do lado direito ao seu sentido de tráfego. Para o local, ainda é necessário corrigir um desnível da rua, que propicia acúmulo de água em dias de chuva.</t>
   </si>
   <si>
     <t>10135</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>Magna Fiscal</t>
+    <t>Magna Rocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10135/indicacao_042-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de executar o recapeamento em toda a extensão da Rua Joaquim de Abreu Sampaio e da Avenida Paschoal de Laurentiz. A solicitação se justifica devido ao péssimo estado de conservação em que se encontram as mencionadas vias públicas.</t>
   </si>
   <si>
     <t>10137</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10137/indicacao_043-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de ampliar o acervo – com livros novos e títulos atualizados – e proceder à instalação de computadores com acesso à internet na Biblioteca Municipal.</t>
   </si>
   <si>
     <t>10141</t>
   </si>
   <si>
     <t>44</t>
   </si>
@@ -864,51 +864,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10172/indicacao_062-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de proceder à manutenção e reforma da quadra esportiva e do campo de futebol do Jardim Primavera, devido ao péssimo estado em que se encontram.</t>
   </si>
   <si>
     <t>10173</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10173/indicacao_063-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de contemplar com um abono/gratificação mensal os vigias de monitoramento público patrimonial municipal.</t>
   </si>
   <si>
     <t>10178</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>Magna Fiscal, Jurandir Turmeiro</t>
+    <t>Magna Rocha, Jurandir Turmeiro</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10178/indicacao_064-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a continuação da Rua São Pedro, interligando o Bairro Alto ao Jardim Gaivotas e ao Residencial Clementino Politi. Além da abertura, solicito o recapeamento e melhorias no passeio público em toda extensão daquela via pública, reiterando indicação no que diz respeito ao recapeamento.</t>
   </si>
   <si>
     <t>10179</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10179/indicacao_065-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a implantação de um redutor de velocidade (lombada) na Avenida Joaquim Carlos de Mattos, no Jardim Boa Vista, entre a Avenida Sagrado Coração de Jesus e a Rua Bonfim. Segundo os moradores, alguns motoristas vêm abusando da velocidade no local, colocando em risco a integridade física de todos, mas principalmente de crianças e idosos.</t>
   </si>
   <si>
     <t>10180</t>
   </si>
   <si>
     <t>66</t>
   </si>
@@ -1164,51 +1164,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10208/indicacao_086-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de implantar uma Unidade Cultural Itinerante em nosso município. A ideia seria a de através de um ônibus, após ser totalmente adaptado, levar cultura, informação e entretenimento a todos os bairros da cidade. Pertencente à frota municipal, o referido ônibus teria que já não estar em uso ou que ainda possa a ser disponibilizado num futuro próximo.</t>
   </si>
   <si>
     <t>10209</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10209/indicacao_087-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de que seja feita uma entrada para secretaria da EMEB Professora Izabel Sadalla Grispino, nos moldes da que foi feita na EMEB Professor Luiz Garavello.</t>
   </si>
   <si>
     <t>10210</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>Magna Fiscal, Marquinhos Osti</t>
+    <t>Magna Rocha, Marquinhos Osti</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10210/indicacao_088-2022.pdf</t>
   </si>
   <si>
     <t>Reitera parcialmente Indicação ao Chefe do Executivo Municipal solicitando que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a troca de todo o alambrado do Campo Paulo Garcia, no Bairro Alto.</t>
   </si>
   <si>
     <t>10211</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10211/indicacao_089-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de que seja elaborado novamente o cardápio semanal da merenda escolar na Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>10212</t>
   </si>
   <si>
     <t>90</t>
   </si>
@@ -1566,51 +1566,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10266/indicacao_118-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura no sentido de proceder à reconstrução da sarjetinha e realizar serviços de tapa-buracos na Avenida Francisco Mariano com a Rua José Corrêa Leite Filho, nas proximidades do número 226.</t>
   </si>
   <si>
     <t>10267</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10267/indicacao_119-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de proceder às melhorias na iluminação pública em toda extensão - além de aumentar mais alguns braços de luz, para maior visibilidade - da Rua Bartolomeu Manna, a partir do cruzamento com a Avenida Antonio Albino.</t>
   </si>
   <si>
     <t>10268</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>Jurandir Turmeiro, Magna Fiscal</t>
+    <t>Jurandir Turmeiro, Magna Rocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10268/indicacao_220-2022.pdf</t>
   </si>
   <si>
     <t>Reitera Indicação ao Chefe do Executivo Municipal solicitando que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a troca das atuais lâmpadas por lâmpadas mais eficientes, na iluminação pública da Rua Otávio Evangelista de Souza, mais precisamente no trecho onde se realiza a feira livre municipal, aos domingos.</t>
   </si>
   <si>
     <t>10270</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10270/indicacao_121-2022.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretora que providências sejam tomadas pela Secretaria da Casa no sentido de que, assim que houver disponibilidade em novos loteamentos, seja denominado espaço ou via pública com o nome de Laércio Batista Telles, pai de nosso amigo e colega Carlos Alberto Telles, Procurador Jurídico desta Casa.</t>
   </si>
   <si>
     <t>10278</t>
   </si>
   <si>
     <t>122</t>
   </si>
@@ -1701,51 +1701,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10288/indicacao_129-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura no sentido de viabilizar a instalação de defensas metálicas (guard-rail) ao longo do Córrego Guariba, especificamente no trecho onde é margeado por vias públicas dentro da cidade.</t>
   </si>
   <si>
     <t>10289</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10289/indicacao_130-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam elaborados pelo setor competente da Prefeitura objetivando conceder adicional de insalubridade aos servidores públicos que atuam na Farmácia Municipal, ressaltando que alguns deles já recebem esse benefício por força de decisão judicial.</t>
   </si>
   <si>
     <t>10290</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>Tiago Franciscati, Andinho, Cassio Santa Cruz, César Pinheiro, Fabiano Da Bocha, Jurandir Turmeiro, Magna Fiscal, Marcia Proteção Animal, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa</t>
+    <t>Tiago Franciscati, Andinho, Cassio Santa Cruz, César Pinheiro, Fabiano Da Bocha, Jurandir Turmeiro, Magna Rocha, Marcia Proteção Animal, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10290/indicacao_131-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura no sentido de viabilizar a adequação de pelo menos um guichê para atendimento a pessoas com necessidades especiais, principalmente a cadeirantes, na Farmácia Municipal e no Posto de Saúde Central.</t>
   </si>
   <si>
     <t>10295</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Nick</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10295/indicacao_132-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de viabilizar a implantação de um redutor de velocidade (lombada) na altura do número 30 da Rua Tânia Sandra Fabrício Guzzo, Jardim São Francisco. Segundo os moradores, alguns motoristas vêm abusando da velocidade no local, colocando em risco a integridade física de todos, mas principalmente das crianças.</t>
   </si>
   <si>
     <t>10298</t>
   </si>
@@ -2733,51 +2733,51 @@
   <si>
     <t>Moção de Aplausos e Congratulações às merendeiras Elizangela Mendes de Souza, Josiane Cristina Araújo, Miriam Raquel Silvério e Vanessa Ferreira Soares Santos pelos serviços prestados junto à EE José Pacífico e EMEB Profº. Luiz Garavello.</t>
   </si>
   <si>
     <t>10140</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10140/mocao_004-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Instituto Arte Musical pela belíssima apresentação de seus alunos nas noites dos últimos dias 30 e 31 de março, no Barzim Choperia. Foram realizadas apresentações de canto, violão, teclado, guitarra, cavaquinho e formação de bandas. Tratou-se de um evento cultural de alto nível, que agradou todo o público presente. Desta forma, merece o reconhecimento deste Poder Legislativo.</t>
   </si>
   <si>
     <t>10152</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10152/mocao_005-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Sr. Jamilo Ferreira Vasconcellos, carinhosamente conhecido como "Lilito", ex-vereador desta Casa, por toda contribuição que deu ao crescimento e fortalecimento do esporte em nosso Município, destacando sua atuação por 10 anos como Presidente da Comissão Municipal de Esporte, nas administrações Evandro Vitorino e Zilda Pedro Vitorino.</t>
   </si>
   <si>
     <t>10174</t>
   </si>
   <si>
-    <t>Magna Fiscal, Paulo Da Sucata, César Pinheiro, Jurandir Turmeiro, Marquinhos Osti</t>
+    <t>Magna Rocha, Paulo Da Sucata, César Pinheiro, Jurandir Turmeiro, Marquinhos Osti</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10174/mocao_006-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações aos componentes do GRUPO DE DANÇA “EXPRESSÃO DE RUA” pela brilhante participação e conquista do PRIMEIRO LUGAR em diversas categorias no Pariz Summer Festival, realizado no dia 30 de abril de 2022, no município de São Paulo/SP.</t>
   </si>
   <si>
     <t>10232</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10232/mocao_007-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações aos professores e funcionários do Departamento de Cultura pela decoração e realização da Festa Junina Municipal, ocorrida nos dias 10 e 11 de junho.</t>
   </si>
   <si>
     <t>10256</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10256/mocao_008-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Prefeito Municipal Celso Antônio Romano e ao Secretário Municipal de Educação, João Marques Gouvêa Neto, pela instalação de aparelhos de ar condicionado nas escolas municipais, atendendo à Indicação nº. 0020/2022, de autoria do vereador que esta subscreve.</t>
   </si>
@@ -2790,51 +2790,51 @@
   <si>
     <t>Moção de Aplausos e Congratulações aos organizadores da SUG - Semana Universitária Guaribense.</t>
   </si>
   <si>
     <t>10261</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10261/mocao_010-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações à Terapeuta Ocupacional Bethânia de Souza Gregório, pela maravilhosa palestra dada aos professores da Rede Municipal de Ensino, no dia 22 de julho.</t>
   </si>
   <si>
     <t>10280</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10280/mocao_011-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Prefeito Municipal Celso Antônio Romano e à Secretária Municipal de Saúde, Elizabeth Helena Corrêa Leite, pela instalação dos climatizadores de ar no Ambulatório Municipal de Especialidades "Prefeito Dr. Hermínio de Laurentiz Neto", proporcionando maior conforto e qualidade climática aos pacientes, funcionários e usuários do local.</t>
   </si>
   <si>
     <t>10284</t>
   </si>
   <si>
-    <t>Cassio Santa Cruz, Andinho, César Pinheiro, Fabiano Da Bocha, Jurandir Turmeiro, Magna Fiscal, Marcia Proteção Animal, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
+    <t>Cassio Santa Cruz, Andinho, César Pinheiro, Fabiano Da Bocha, Jurandir Turmeiro, Magna Rocha, Marcia Proteção Animal, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10284/mocao_012-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Escritório de Advocacia Bocchi Campanhão Oliveira, pelos relevantes serviços prestados à população guaribense, e por estar comemorando em 2022 vinte anos de existência.</t>
   </si>
   <si>
     <t>10287</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10287/mocao_013-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Sr. Marcos Mielo, Consultor de Relacionamento e Especialista da CPFL, pelo ótimo trabalho que vem realizando junto à população guaribense, atendendo a todos com simpatia e atenção.</t>
   </si>
   <si>
     <t>10302</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10302/mocao_014-2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Departamento de Higiene e Vigilância Sanitária da Prefeitura Municipal de Monte Alto, em especial à Dra. Juliana de Vazzi Pinheiro (Veterinária do SIM) e ao Sr. Rogério Aparecido Alves (Agente de Vigilância Sanitária), pelo excelente apoio que têm dado ao nosso departamento municipal, sempre com muita presteza e dedicação, divulgando informações e trocando experiências.</t>
   </si>
@@ -4000,51 +4000,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10404/mensagem_92_-_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE VAGAS PARA OS EMPREGOS PÚBLICOS DE PROVIMENTO EFETIVO DE FISIOTERAPEUTA, AGENTE DE SEPULTAMENTO, OPERADOR DE MÁQUINAS E ANALISTA DE GESTÃO DE SUPRIMENTOS, JUNTO AO QUADRO DE SERVIDORES EFETIVOS (QSE), A QUE SE REFERE O ART. 2º,  INCISO I, DA LEI COMPLEMENTAR Nº 2.026/2005, COM AS ALTERAÇÕES DADAS PELO ART. 4º,  INCISO I,  DA LEI COMPLEMENTAR Nº 2.679/2013, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>10043</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10043/projeto_de_resolucao_no._001.2022_de_14.01.2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DO “AUXILIO ALIMENTAÇÃO” EM PECÚNIA, AOS  SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE GUARIBA, INSTITUÍDO PELA RESOLUÇÃO Nº.001/2011, DE 25 DE FEVEREIRO DE 2011.</t>
   </si>
   <si>
     <t>10153</t>
   </si>
   <si>
-    <t>Magna Fiscal, Andinho, Jurandir Turmeiro, Marcia Proteção Animal, Paulo Da Sucata, Tiago Franciscati</t>
+    <t>Magna Rocha, Andinho, Jurandir Turmeiro, Marcia Proteção Animal, Paulo Da Sucata, Tiago Franciscati</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10153/projeto_de_resolucao_no._002.2022_de_28.03.2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA PROCURADORIA DA MULHER NO ÂMBITO DO MUNICÍPIO DE GUARIBA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10294</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10294/projeto_de_resolucao_no._003.2022.pdf</t>
   </si>
   <si>
     <t>10434</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10434/projeto_de_resolucao_no._004.2022_de_29.11.2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O LEGISLATIVO MUNICIPAL A RECEBER  POR DOAÇÃO 07 (SETE) QUADROS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10065</t>
   </si>
@@ -4508,51 +4508,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10483/ato_da_mesa_no._001.2022_de_20_de_dezembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10047/indicacao_0001-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10048/indicacao_0002-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10049/indicacao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10050/indicacao_004-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10051/indicacao_005-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10052/indicacao__006-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10053/indicacao_007-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10059/indicacao_008-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10060/indicacao_009-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10061/indicacao_010-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10062/indicacao_011-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10063/indicacao_012-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10064/indicacao_013-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10071/indicacao_014-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10072/indicacao_015-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10073/indicacao_0016-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10074/indicacao_017-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10075/indiccacao_018-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10076/indicacao_019-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10077/indicacao_020-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10078/indicacao_021-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10079/indicvacao_022-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10080/indicacao_023-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10081/indicacao_024-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10082/indicacao_025-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10083/indicacao_026-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10089/indicacao_027-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10090/indicacao_028-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10091/indicacao_029-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10096/indicacao_030-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10097/indicacao_031-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10098/indicacao_032-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10099/indicacao_033-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10100/indicacao_034-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10101/indicacao_035-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10102/indicacao_036-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10103/indicacao_037-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10104/indiccacao_038-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10106/indicacao_039-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10107/indicacao_040-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10110/indicacao_041-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10135/indicacao_042-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10137/indicacao_043-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10141/indicacao_044-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10142/indicacao_045-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10146/indicacao_046-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10151/indicacao_047-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10154/indicacao_048-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10156/indicacao_049-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10157/indicacao_050-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10158/indicacao_051-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10159/indicacao_052-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10160/indicacao_053-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10161/indicacao_054-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10162/indicacao_055-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10163/indicacao_056-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10164/indicacao_057-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10165/indicacao_058-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10169/indicacao_059-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10170/indicacao_060-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10171/indicacao_061-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10172/indicacao_062-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10173/indicacao_063-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10178/indicacao_064-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10179/indicacao_065-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10180/indicacao_066-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10181/indicacao_067-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10182/indicacao_068-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10184/indicacao_069-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10185/indicacao_070-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10186/indicacao_071-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10187/indicacao_072-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10188/indicacao_073-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10189/indicacao_074-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10191/indicacao_075-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10192/indicacao_076-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10193/indicacao_077-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10194/indicacao_078-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10195/indicacao_079-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10196/indicacao_080-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10197/indiccacao_081-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10198/indicacao_082-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10199/indicacao_083-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10206/indicacao_084-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10207/indicacao_085-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10208/indicacao_086-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10209/indicacao_087-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10210/indicacao_088-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10211/indicacao_089-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10212/indicacao_090-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10213/indicacao_091-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10214/indicacao_092-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10215/indicacao_093-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10216/indicacao_094-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10217/indicacao_095-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10218/indicacao_096-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10219/indicacao_097-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10220/indicacao_098-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10221/indicacao_099-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10227/indicacao_100-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10228/indicacao_101-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10229/indicacao_102-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10230/indicacao_103-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10231/indicacao_104-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10236/indicacao_105-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10237/indicacao_106-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10238/indicacao_107-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10239/indicacao_108-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10240/indicacao_109-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10252/indiccacao_110-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10253/indicacao_111-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10254/indicacao_112-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10255/indicacao_113-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10262/indicacao_114-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10263/indicacao_115-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10264/indicacao_116-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10265/indicacao_117-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10266/indicacao_118-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10267/indicacao_119-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10268/indicacao_220-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10270/indicacao_121-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10278/indicacao_122-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10279/indicacao_123-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10281/indicacao_124-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10282/indicacao_125-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10283/indicacao_126-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10285/indicacao_127-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10286/indicacao_128-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10288/indicacao_129-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10289/indicacao_130-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10290/indicacao_131-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10295/indicacao_132-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10298/indicacao_133-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10299/indicacao_134-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10300/indicacao_135-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10301/indicacao_136-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10303/indicacao_137-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10304/indicacao_138-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10305/indicacao_139-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10306/indicacaoo_140-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10307/indiccacao_141-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10308/indicacaoo_142-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10311/indicacao_143-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10312/indicacao_144-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10316/indicacao_145-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10317/indicacao_146-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10318/indicacao_147-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10325/indicacao_148-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10326/indicacao_149-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10329/indicacao_150-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10330/indicacao_151-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10331/indicacao_152-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10332/indicacao_153-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10333/indicacao_154-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10334/indicacao_155-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10335/indicacao_156-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10336/indicacao_157-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10337/indicacao_158-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10338/indicacao_159-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10341/indicacao_160-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10342/indicacao_161-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10343/indicacao_162-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10351/indicacaoo_163-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10352/indicacao_164-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10361/indicacao_165-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10363/indicacao_166-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10368/indicacao_167-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10369/indicacao_168-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10370/indicacao_169-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10371/indicacao_170-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10372/indicacao_171-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10373/indicacao_172-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10374/indiccacao_173-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10376/indicacao_174-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10379/indicacao_175-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10381/indicacao_176-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10382/indicacao_177-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10383/indicacao_178-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10384/indicacao_179-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10385/indicacao_180-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10386/indicacao_181-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10392/indicacao_182-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10393/indicacao_183-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10394/indiccao_184-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10396/indicacao_185-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10397/indicacao_186-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10398/indicacao_187-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10399/indicacao_188-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10400/indicacao_189-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10401/indicacao_190-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10407/indicacao_191-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10408/indicacao_192-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10409/indicacao_193-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10410/indicacao_194-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10411/indicacao_195-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10412/indicacao_196-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10413/indicacao_197-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10414/indicacao_198-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10415/indicacao_199-2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10417/indicacao_200-2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10418/indicacao_201-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10423/indicacao_202-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10424/indicacao_203-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10425/indicacao_204-2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10426/indicacao_205-2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10427/indicacao_206-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10428/indicacao_207-2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10429/indicacao_208-2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10430/indicacao_209-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10433/indicacao_210-2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10436/indiccacao_212-2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10093/mocao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10128/mocao_002-2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10139/mocao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10140/mocao_004-2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10152/mocao_005-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10174/mocao_006-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10232/mocao_007-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10256/mocao_008-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10257/mocao_009-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10261/mocao_010-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10280/mocao_011-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10284/mocao_012-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10287/mocao_013-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10302/mocao_014-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10315/mocao_015-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10319/mocao_016-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10320/mocao_017-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10321/mocao_018-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10322/mocao_019-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10323/mocao_020-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10324/mocao_021-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10339/mocao_022-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10340/mocao_023-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10344/mocao_024-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10345/mocao_025-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10346/mocao_026-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10347/mocao_027-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10348/mocao_028-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10350/mocao_029-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10353/mocao_030-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10354/mocao_031-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10355/mocaoo_032-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10356/mocao_033-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10357/mocao_034-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10364/mocao_035-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10365/mocao_036-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10395/mocao_037-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10432/mocao_038-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10403/projeto_de_decreto_legislativo_no._001.2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10040/mensagem_2_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10044/projeto_de_lei_no._002.2022_de_17.01.2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10045/mensagem_5_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10054/pl_-_60.78504.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10055/pl_-_15.567.27600.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10057/mensagem_11_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10069/mensagem_15_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10070/mensagem_16_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10084/projeto_de_lei_-_credito_r1.771.43370.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10085/projeto_de_lei_-_reserva_vagas_estagio_entidades.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10086/projeto_de_lei_-_permissao_de_uso_centro_de_lazer_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10092/projeto_de_lei_no._012.2022_de_04.03.2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10094/mensagem_22_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10095/mensagem_23_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10105/projeto_de_lei_24-_abertura_de_credito_r_2.634.19376.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10149/mensagem_27_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10150/mensagem_28_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10155/projeto_de_lei_no._018.2022_de_11.04.2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10166/mensagem_29_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10167/mensagem_30_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10168/mensagem_31_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10175/mensagem_32_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10176/mensagem_33_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10183/mensagem_34_-projeto.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10190/mensagem_35_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10201/mensagem_37_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10202/mensagem_38_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10203/mensagem_39_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10222/mensagem_42_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10223/mensagem_43_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10224/mensagem_44_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10225/mensagem_45_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10226/mensagem_46_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10233/mensagem_47_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10241/mensagem_50_-projeto.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10242/mensagem_53_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10243/mensagem_51_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10244/mensagem_52_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10245/mensagem_54_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10246/mensagem_55_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10247/mensagem_56_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10250/mensagem_59_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10258/projeto_de_lei_-_mensagem_61.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10259/projeto_de_lei_-_mensagem_62.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10271/projeto_de_lei_-_mensagem_no_63-22_-_abertura_de_credito_579.00000.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10272/projeto_de_lei_no._046.2022_de_08.08.2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10273/projeto_de_lei_no._047.2022_de_08.08.2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10274/projeto_de_lei_no._048.2022_de_08.08.2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10275/mensagem_64.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10276/mensagem_65.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10277/mensagem_66.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10291/mensagem_67_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10292/mensagem_68_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10296/mensagem_69_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10297/mensagem_70_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10309/mensagem_71_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10310/mensagem_72_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10313/mensagem_73_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10314/mensagem_74_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10327/mensagem_75_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10328/mensagem_76_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10358/projeto_de_lei_-_ldo_2023_-_m_78-22.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10359/projeto_de_lei_-_suplementacao_1.122.00000_-_m_79-22.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10366/mensagem_82_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10367/mensgame_83_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10378/mensagem_84_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10380/mensagem_86_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10387/mensagem_87_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10388/mensagem_88_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10390/mensagem_90_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10391/mensagem_91_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10405/mensagem_93_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10406/projeto_de_lei_no._073.2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10422/mensagem_94_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10438/mensagem_95_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10439/mensagem_96_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10440/mensagem_97_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10039/mensagem_1_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10041/mensagem_3_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10042/mensagem_4_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10046/mensagem_6_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10056/pl_-_pgto_auxilio_alim._em_pecunia.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10058/mensagem_12_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10067/mensagem_13_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10068/mensagem_14_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10087/projeto_de_lei_-_cria_emprego_vigia.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10088/mensagem_21_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10147/mensagem_25_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10148/mensagem_26_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10200/mensagem_36_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10204/mensagem_40_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10205/mensagem_41_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10234/mensagem_48_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10235/mensagem_49_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10248/mensagem_57_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10249/projeto_de_lei_pm_guariba_-_msg_58-22_-_funcao_confianca_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10251/mensagem_60_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10349/mensagem_77_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10360/projeto_de_lei_-_funcao_gratificada_medicos-_m_80-22.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10362/pl_complementar_81_-_22_-_criacao_da_secretaria_mun._de_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10389/mensagem_89_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10404/mensagem_92_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10043/projeto_de_resolucao_no._001.2022_de_14.01.2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10153/projeto_de_resolucao_no._002.2022_de_28.03.2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10294/projeto_de_resolucao_no._003.2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10434/projeto_de_resolucao_no._004.2022_de_29.11.2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10065/requerimento_001-2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10066/requerimento_002-2022.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10177/requerimento_003-2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10269/requerimento_004-2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10375/requerimento_005-2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10377/requerimento_006-2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10402/requerimento_007-2022.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10416/requerimento_008-2022.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10419/requerimento_009-2022.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10420/requerimento_010-2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10421/requerimento_011-2022.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10431/requerimento_012-2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2022/10437/requerimento_013-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H371"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="163.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="163.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="147.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>