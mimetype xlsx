--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -51,69 +51,69 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10605</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Projeto de Ementa à Lei Orgânica do Município</t>
   </si>
   <si>
-    <t>Cassio Santa Cruz, Andinho, César Pinheiro, Fabiano Da Bocha, Magna Fiscal, Marcia Proteção Animal, Marquinhos Osti, Nivaldo, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
+    <t>Cassio Santa Cruz, Andinho, César Pinheiro, Fabiano Da Bocha, Magna Rocha, Marcia Proteção Animal, Marquinhos Osti, Nivaldo, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10605/projeto_de_emenda_a_lei_organica_do_municipio_no._001.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE GUARIBA</t>
   </si>
   <si>
     <t>10452</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Magna Fiscal</t>
+    <t>Magna Rocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10452/proposicao-ind-1474_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de instituir no município de Guariba, por meio de lei, jornada de trabalho diferenciada (reduzida) para o servidor público municipal que possua filhos ou dependentes com necessidades especiais (deficiência física ou mental em condições específicas), sem prejuízo dos vencimentos.</t>
   </si>
   <si>
     <t>10453</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>César Pinheiro</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10453/proposicao-ind-1481.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor_x000D_
 competente da prefeitura no sentido de intensificar a aplicação do fumacê, devido à_x000D_
 grande quantidade de mosquitos hoje existentes em praticamente todo o município._x000D_
 Também seria de grande importância, o aumento da fiscalização nas residências. As_x000D_
 medidas visam eliminar os possíveis criadouros do mosquito Aedes Aegypti, que é o_x000D_
@@ -170,51 +170,51 @@
 barranco naquela localidade, colocando em risco, inclusive, em parte da calçada e até do_x000D_
 asfalto, caso providências não sejam tomadas.</t>
   </si>
   <si>
     <t>10457</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10457/proposicao-ind-1479.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor_x000D_
 competente da prefeitura no sentido de melhorar a iluminação, bem como proceder a_x000D_
 poda das árvores existentes em área verde localizada na Avenida Ribeirão Preto, na_x000D_
 COHAB I, entre as ruas Jaboticabal e Monte Alto.</t>
   </si>
   <si>
     <t>10458</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>Tiago Franciscati, Magna Fiscal</t>
+    <t>Tiago Franciscati, Magna Rocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10458/proposicao-ind-1467.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar um plano de assistência funerária aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>10459</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Tiago Franciscati, Marcia Proteção Animal</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10459/proposicao-ind-1465.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de retornar com a creche polo para atender as crianças que os pais trabalham e não tem com quem deixá-las durante os recessos programados no calendário escolar.</t>
   </si>
   <si>
     <t>10460</t>
   </si>
@@ -834,51 +834,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10525/indicacao_053-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de que seja enviado a este Poder Legislativo projeto de lei que disponha sobre a proibição do uso de telefone celular nas escolas da rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>10526</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10526/indicacao_054-2023.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretora que providências sejam tomadas pela Secretaria da Casa no sentido de que, assim que houver disponibilidade em futuros loteamentos, seja denominada via ou espaço público com o nome de Valentim Moraes Dantas.</t>
   </si>
   <si>
     <t>10527</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>Cassio Santa Cruz, Andinho, César Pinheiro, Fabiano Da Bocha, Jurandir Turmeiro, Magna Fiscal, Marcia Proteção Animal, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
+    <t>Cassio Santa Cruz, Andinho, César Pinheiro, Fabiano Da Bocha, Jurandir Turmeiro, Magna Rocha, Marcia Proteção Animal, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10527/indicacao_055-2023.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretora que providências sejam tomadas pela Secretaria da Casa no sentido de que, assim que houver disponibilidade, seja denominada via, espaço ou prédio público com o nome do menino Pedro Ziviani Louzada, filho do casal Francisco Antônio Campos Louzada e Cristiane Bussadori Ziviani Louzada.</t>
   </si>
   <si>
     <t>10528</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10528/proposicao-ind-1523.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura para que se possa realizar o asfaltamento de inúmeras quadras do Cemitério Municipal de Guariba que encontram-se na terra.</t>
   </si>
   <si>
     <t>10530</t>
   </si>
   <si>
     <t>57</t>
   </si>
@@ -2711,63 +2711,63 @@
 Natural de Matão, o biomédico reside em Guariba desde o ano de 2.000 e possui uma_x000D_
 filha guaribense, a Maria Lis, de 2 anos e 9 meses.</t>
   </si>
   <si>
     <t>10653</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10653/proposicao-moc-1612.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações a todos os integrantes do grupo de jovens TLC (Treinamento de Liderança Cristã) de Guariba, pelo maravilhoso retiro — 22º Mini TLC de Guariba —, realizado nos dias 28, 29 e 30 de julho de 2023, em especial ao chefe do retiro, Ariane Pereira de Araújo; á subchefe, Rafaela Lisboa Alves, ao auxiliar de chefes, Vinicius Sanches da Silva; aos coordenadores gerais do TLC; além de toda equipe que esteve trabalhando no encontro.</t>
   </si>
   <si>
     <t>10676</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10676/proposicao-moc-1633.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações a Coplana e Sicoob Coopecredi pela realização da semana do cooperativismo.</t>
   </si>
   <si>
     <t>10682</t>
   </si>
   <si>
-    <t>Andinho, Cassio Santa Cruz, César Pinheiro, Fabiano Da Bocha, Magna Fiscal, Marcia Proteção Animal, Marquinhos Osti, Nivaldo, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
+    <t>Andinho, Cassio Santa Cruz, César Pinheiro, Fabiano Da Bocha, Magna Rocha, Marcia Proteção Animal, Marquinhos Osti, Nivaldo, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10682/mocao_022-2023.pdf</t>
   </si>
   <si>
     <t>Moção de Sentido Pesar pelo falecimento do Sr. Rubens Flávio de Siqueira Viegas, chanceler da Universidade Metropolitana .de Santos (Unimes), ocorrido em 26 de junho de 2023, em Santos.</t>
   </si>
   <si>
     <t>10684</t>
   </si>
   <si>
-    <t>Magna Fiscal, Andinho, Cassio Santa Cruz, César Pinheiro, Fabiano Da Bocha, Marcia Proteção Animal, Marquinhos Osti, Nivaldo, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
+    <t>Magna Rocha, Andinho, Cassio Santa Cruz, César Pinheiro, Fabiano Da Bocha, Marcia Proteção Animal, Marquinhos Osti, Nivaldo, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10684/mocao_023-2023.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio ao plano de saúde Hapvida pelo péssimo atendimento e serviço prestados aos seus conveniados, que pagam um plano caro e não recebem o serviço correspondente, sendo que muitos deles preferem buscar atendimento pelo SUS, onerando os cofres públicos e sobrecarregando desnecessariamente  nosso sistema de saúde pública.</t>
   </si>
   <si>
     <t>10685</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10685/mocao_024-2023.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio ao plano de saúde Unimed pelo péssimo atendimento e serviço prestados aos seus conveniados, que pagam um plano caro e não recebem o serviço correspondente, sendo que muitos deles preferem buscar atendimento pelo SUS, onerando os cofres públicos e sobrecarregando desnecessariamente nosso sistema de saúde pública.</t>
   </si>
   <si>
     <t>10694</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10694/proposicao-moc-1646.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações a toda equipe de Combate às Endemias da_x000D_
 Prefeitura de Guariba. Normalmente, junto com o mês de setembro, tem início o período_x000D_
@@ -4553,51 +4553,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10605/projeto_de_emenda_a_lei_organica_do_municipio_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10452/proposicao-ind-1474_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10453/proposicao-ind-1481.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10454/proposicao-ind-1480.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10455/proposicao-ind-1477.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10456/proposicao-ind-1478.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10457/proposicao-ind-1479.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10458/proposicao-ind-1467.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10459/proposicao-ind-1465.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10460/proposicao-ind-1468.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10461/proposicao-ind-1469.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10462/proposicao-ind-1473.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10463/proposicao-ind-1462_3.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10464/proposicao-ind-1462_5.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10465/proposicao-ind-1482.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10466/proposicao-ind-1461.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10467/proposicao-ind-1463_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10468/proposicao-ind-1470.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10470/proposicao-ind-1475.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10474/proposicao-ind-1485.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10475/proposicao-ind-1486.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10476/proposicao-ind-1460.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10477/proposicao-ind-1488.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10478/proposicao-ind-1490.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10479/proposicao-ind-1484.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10480/proposicao-ind-1483_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10482/proposicao-ind-1491.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10489/proposicao-ind-1500.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10492/proposicao-ind-1492.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10493/proposicao-ind-1497.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10494/proposicao-ind-1498.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10495/proposicao-ind-1494.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10496/proposicao-ind-1496.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10497/proposicao-ind-1495.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10498/proposicao-ind-1149_4.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10499/proposicao-ind-1502.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10500/proposicao-ind-1503.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10506/proposicao-ind-1506.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10507/proposicao-ind-1509.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10508/proposicao-ind-1508.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10509/proposicao-ind-1505.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10510/proposicao-ind-749_7.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10513/proposicao-ind-1510_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10515/proposicao-ind-1511.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10516/proposicao-ind-1514.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10517/proposicao-ind-1513.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10518/proposicao-ind-1512_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10519/proposicao-ind-1515.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10520/proposicao-ind-1516.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10521/proposicao-ind-1517_2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10522/proposicao-ind-1518.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10523/proposicao-ind-1519.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10524/proposicao-ind-1522.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10525/indicacao_053-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10526/indicacao_054-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10527/indicacao_055-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10528/proposicao-ind-1523.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10530/proposicao-ind-1524.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10539/proposicao-ind-1536.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10540/proposicao-ind-1535.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10541/proposicao-ind-1534.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10542/proposicao-ind-1537.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10543/proposicao-ind-1531.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10544/proposicao-ind-1527.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10545/proposicao-ind-1540.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10546/proposicao-ind-1533_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10547/proposicao-ind-1543.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10548/proposicao-ind-1542_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10549/proposicao-ind-1538_-_indicacao_detector_de_metal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10558/proposicao-ind-1550.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10559/proposicao-ind-1552.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10560/proposicao-ind-1551.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10561/proposicao-ind-1553.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10562/proposicao-ind-1545_-_bebedouro_poli_gino_bellodi.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10563/proposicao-ind-1554_-_insulfilme_transporte_saude.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10564/proposicao-ind-1556_-_ponto_de_onibus_feira.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10565/proposicao-ind-1546.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10566/proposicao-ind-1547.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10567/proposicao-ind-1549.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10568/proposicao-ind-1548.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10575/proposicao-ind-1563.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10576/proposicao-ind-1564.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10577/proposicao-ind-1566.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10578/proposicao-ind-1567.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10579/proposicao-ind-1568.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10580/proposicao-ind-1559_-_ponto_de_energia_no_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10581/proposicao-ind-1571.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10582/proposicao-ind-1565.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10583/proposicao-ind-1558.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10584/proposicao-ind-1572.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10589/proposicao-ind-1576.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10590/proposicao-ind-1573.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10591/proposicao-ind-1574.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10599/proposicao-ind-1593.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10600/proposicao-ind-1592.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10602/proposicao-ind-1586.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10603/proposicao-ind-1587.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10604/proposicao-ind-1594.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10608/proposicao-ind-1577.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10609/proposicao-ind-1595.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10610/proposicao-ind-1581_-_muretas_cohab_i.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10612/proposicao-ind-1149_5.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10613/proposicao-ind-1580_4.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10615/proposicao-ind-1596.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10616/proposicao-ind-1583.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10617/proposicao-ind-1590.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10618/proposicao-ind-1584.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10623/proposicao-ind-1600.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10624/proposicao-ind-1599.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10625/proposicao-ind-1601_1.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10626/proposicao-ind-1602.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10627/proposicao-ind-1603.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10629/indicacao_112-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10648/proposicao-ind-1615.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10649/proposicao-ind-1616.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10654/proposicao-ind-1620.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10655/proposicao-ind-1622_-_indicacao_parquinho_-_jrd._paulistano.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10658/proposicao-ind-1621_-_indicacao_acesso_de_ambulancia_no_posto_central_setor_fisioterapia..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10659/proposicao-ind-1610_2.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10660/proposicao-ind-1607.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10661/proposicao-ind-1609.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10662/proposicao-ind-1606.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10663/proposicao-ind-1611.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10664/proposicao-ind-1256_2.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10665/proposicao-ind-1517_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10672/proposicao-ind-1625.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10673/proposicao-ind-1629.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10674/proposicao-ind-1627.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10675/proposicao-ind-1630.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10677/proposicao-ind-1624_-_arborizacao_area_verde_entre_varela_e_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10678/proposicao-ind-1631.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10679/proposicao-ind-1628.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10680/proposicao-ind-1626.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10683/indicacao_133-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10691/proposicao-ind-1649.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10692/proposicao-ind-1648.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10693/proposicao-ind-1650.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10695/proposicao-ind-1642.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10696/proposicao-ind-1643.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10697/proposicao-ind-1645.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10698/proposicao-ind-1644.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10699/proposicao-ind-1638.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10700/proposicao-ind-1634.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10701/proposicao-ind-1149_6.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10702/proposicao-ind-1513_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10703/proposicao-ind-1635.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10704/proposicao-ind-1639_-_ind._sanitario_poliesportivo_da_escola_gino_belodi.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10705/proposicao-ind-1641_-_ind._climatizador_de_ar_poli_da_escola_gino_bellodi.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10706/proposicao-ind-1637_-_ponto_de_onibus__victor_valentim.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10707/proposicao-ind-1636_-_ponto_de_onibus_varella.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10708/proposicao-ind-1651_-_ind._ubs-_vila_amorim.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10715/proposicao-ind-1657.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10716/proposicao-ind-1654.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10717/proposicao-ind-1656.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10718/proposicao-ind-1652.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10719/proposicao-ind-1655.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10720/proposicao-ind-1653.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10727/proposicao-ind-1663.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10728/proposicao-ind-1662.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10729/proposicao-ind-1664.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10730/proposicao-ind-1661_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10735/proposicao-ind-1667.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10736/proposicao-ind-1671.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10737/proposicao-ind-1670.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10738/proposicao-ind-1668.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10739/proposicao-ind-1669.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10742/proposicao-ind-1672.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10743/proposicao-ind-1673.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10754/proposicao-ind-1679_-_indicacao_canaleta_av._ribeirao_cohab_i.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10757/proposicao-ind-1674_-_indicacao_ambulancia_a_domicilio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10765/proposicao-ind-1689.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10766/proposicao-ind-1688.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10777/proposicao-ind-1695.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10778/proposicao-ind-1696.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10779/proposicao-ind-1697.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10780/proposicao-ind-1698.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10783/proposicao-ind-1701.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10784/proposicao-ind-1517_2.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10785/proposicao-ind-1693.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10793/indicacao_179-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10469/proposicao-moc-1464_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10481/proposicao-moc-1487.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10490/proposicao-moc-1501.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10491/proposicao-moc-1499.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10505/proposicao-moc-1507.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10529/proposicao-moc-1525.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10550/proposicao-moc-1530_2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10551/proposicao-moc-1529_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10552/proposicao-moc-1544.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10585/proposicao-moc-1562_-_des._social.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10586/proposicao-moc-1561_-_mocao_pat.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10587/proposicao-moc-1570.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10588/proposicao-moc-1575.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10601/mocao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10606/proposicao-moc-1588.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10630/mocao_016-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10650/proposicao-moc-1618.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10651/proposicao-moc-1617_1.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10652/proposicao-moc-1619.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10653/proposicao-moc-1612.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10676/proposicao-moc-1633.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10682/mocao_022-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10684/mocao_023-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10685/mocao_024-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10694/proposicao-moc-1646.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10721/proposicao-moc-1660.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10731/proposicao-moc-1665.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10734/proposicao-moc-1666.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10755/proposicao-moc-1675_-_mocao_joao_marques.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10756/proposicao-moc-1680_1.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10758/proposicao-moc-1682.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10759/proposicao-moc-1681_1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10767/proposicao-moc-1690_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10770/proposicao-moc-1684.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10786/proposicao-moc-1699.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10787/proposicao-moc-1702.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10788/proposicao-moc-1703.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10790/proposicao-moc-1704_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10791/proposicao-moc-1700_1.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10792/proposicao-moc-1707.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10794/mocao_041-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10484/projeto_de_decreto_legislativo_no._001.2023_de_27.02.2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10514/projeto_de_decreto_legislativo_no._002.2023_de_27.03.2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10536/proj._de_decreto_legislativo_no._003.2023_de_10.04.2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10537/projeto_de_decreto_legislativo_no._004.2023_de_10.04.2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10656/projeto_de_decreto_legislativo_no._005.2023_de_04.08.2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10657/projeto_de_decreto_legislativo_no._006.2023_de_19.07.2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10671/projeto_de_decreto_legislativo_no._007.2023_de_17.08.2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10690/projeto_de_decreto_legislativo_no._008.2023_de_23.08.2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10711/projeto_de_decreto_legislativo_no._009.2023_de_13.09.2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10726/projeto_de_decreto_legislativo_no._010.2023_de_28.09.2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10762/projeto_de_decreto_legislativo_no._011.2023_de_10.11.2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10774/projeto_de_decreto_legislativo_no._012.2023_de_21.11.2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10775/projeto_de_decreto_legislativo_no._013.2023_de_22.11.2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10776/projeto_de_decreto_legislativo_no._014.2023_de_29.11.2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10789/projeto_de_decreto_legislativo_no._015.2023_de_30.11.2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10441/mensagem_1_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10442/projeto_de_lei_banco_de_racao.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10443/projeto_de_lei_no._003.2023_de_24.01.2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10445/mensagem_3_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10446/mensagem_4_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10447/mensagem_5_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10449/mensagem_7_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10450/mensagem_8_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10451/mensagem_9_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10471/mensagem_10_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10472/mensagem_11_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10473/mensagem_12_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10487/mensagem_13_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10488/mensagem_14_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10501/mensagem_15_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10502/mensagem_16_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10503/mensagem_17_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10504/projeto_de_lei_no._018.2023_de_13.03.2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10511/projeto_de_lei_-_19-23_-_suplementacao_r_439.76244.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10532/mensagem_21_-projeto.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10533/mensagem_22_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10534/projeto_de_lei_no_23-2023_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10535/projeto_de_lei_no_24-2023_-_alteracao_lei.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10538/projeto_de_lei_-_terceirizacao_controle_de_acesso_unidades_escolares.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10553/mensagem_26_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10556/mensagem_28_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10557/mensagem_29_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10569/mensagem_30_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10570/mensagem_31_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10571/mensagem_32_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10572/mensagem_33_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10573/mensagem_34_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10574/mensagem_35_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10592/mensagem_36_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10593/mensagem_37_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10594/mensagem_38_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10596/mensagem_41_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10597/mensagem_42_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10598/mensagem_43_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10614/mensagem_43-2_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10620/mensagem_45_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10621/mensagem_46_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10622/mensagem_47_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10628/mensagem_48_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10631/mensagem_49_novo_2-_atualizacao_piso_salarial_magisterio.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10632/mensagem_50_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10633/mensagem_51_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10634/mensagem_52_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10635/mensagem_53_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10636/mensagem_54_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10637/mensagem_55_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10638/mensagem_56_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10641/mensagem_59_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10642/mensagem_60_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10643/projeto_de_lei_no._055.2023_de_24.07.2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10644/mensagem_61_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10646/mensagem_63_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10647/mensagem_64_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10666/mensagem_65_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10667/mensagem_66_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10668/mensagem_67_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10669/mensagem_68_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10686/projeto_de_lei_71_-_altera_art_2_da_lei_1810-02..pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10687/projeto_de_lei_72_-_altera_art_4_da_lei_1118-89.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10689/mensagem_74_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10710/mensagem_76_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10712/projeto_de_lei_no._067.2023_de_14.09.2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10714/projeto_de_lei_no._068.2023_de_14.09.2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10722/mensagem_77_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10723/projeto_de_lei_no._070.2023_de_25.09.2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10725/mensagem_78_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10732/mensagem_79_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10733/mensagem_80_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10740/mensagem_81_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10741/mensagem_82_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10745/mensagem_84_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10746/mensagem_85_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10747/mensagem_86_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10748/mensagem_87_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10751/mensagem_90_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10752/mensagem_91_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10760/projeto_de_lei_no._082.2023_de_07.11.2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10761/projeto_de_lei_no._083.2023_de_07.11.2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10763/mensagem_93_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10764/projeto_de_lei_no._085.2023_de_09.11.2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10771/mensagem_94_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10772/projeto_de_lei_no_95-23_suplementacao_de_credito_-_r_231.48160.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10773/projeto_de_lei_no._088.2023_de_28.11.2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10781/projeto_de_lei_no._089.2023_de_30.11.2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10782/projeto_de_lei_no._090.2023_de_30.11.2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10795/mensagem_96_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10799/mensagem_100_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10800/mensagem_101_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10801/mensagem_102_-_justificativa_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10802/mensagem_103_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10444/mensagem_2_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10448/mensagem_6_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10531/mensagem_20_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10554/mensagem_27_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10595/mensagem_39_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10619/mensagem_44_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10639/mensagem_57_-projeto.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10640/mensagem_58_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10645/pl_62_-_criacao_de_emprego_-_tecnico_seguranca_do_trabalho.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10681/projeto_de_lei_69-23_-_cria_vaga_-_agente_de_sepultamento.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10688/mensagem_73_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10709/mensagem_75_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10744/mensagem_83_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10749/mensagem_88_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10750/mensagem_89_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10753/mensagem_92_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10796/mensagem_97_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10797/mensagem_98_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10798/mensagem_99_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10607/projeto_de_resolucao_no._001.2023_-_emenda_reg._interno.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10670/projeto_de_resolucao_no._002.2023_de_15.08.2023.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10611/proposicao-req-1585.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10768/proposicao-req-1691.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2023/10769/proposicao-req-1692_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H358"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="163.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="163.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="159.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>