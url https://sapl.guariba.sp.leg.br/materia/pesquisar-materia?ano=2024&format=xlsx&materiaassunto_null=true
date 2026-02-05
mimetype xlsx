--- v0 (2025-10-09)
+++ v1 (2026-02-05)
@@ -177,90 +177,90 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10817/proposicao-ind-1712_-_pontos_onibus_-_02.2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de criar mais pontos de espera do ônibus para o transporte dos pacientes da saúde.</t>
   </si>
   <si>
     <t>10818</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10818/proposicao-ind-1714_-_fiscalizacao_sabesp_controle_esgoto.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de ampliar a fiscalização e exigir da Sabesp o tratamento de esgoto, por meios: biológico, físico e químico se necessário para combate de escorpiões e baratas.</t>
   </si>
   <si>
     <t>10819</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>Magna Fiscal</t>
+    <t>Magna Rocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10819/proposicao-ind-1708.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura objetivando a instalação de pontos de energia elétrica no local onde funciona a feira livre aos domingos.</t>
   </si>
   <si>
     <t>10820</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10820/proposicao-ind-1722.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de antecipar para o mês de Fevereiro de 2024 as tratativas (reuniões), as negociações e, por fim, a conclusão, sobre o dissídio dos servidores públicos municipais, junto ao sindicato da classe, buscando sempre a melhor solução para todos. Antecipando, assim, a aplicação do reajuste salarial para o mês de Março de 2024.</t>
   </si>
   <si>
     <t>10821</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10821/proposicao-ind-1709_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a expansão de instalação de câmeras de vídeo de monitoramento em pontos estratégicos da cidade, que ainda não foram instalados e no entorno das escolas para monitorar a entrada e saída dos alunos e a movimentação externa.</t>
   </si>
   <si>
     <t>10824</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>Cassio Santa Cruz, Andinho, César Pinheiro, Fabiano Da Bocha, Magna Fiscal, Marcia Proteção Animal, Marquinhos Osti, Nivaldo, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
+    <t>Cassio Santa Cruz, Andinho, César Pinheiro, Fabiano Da Bocha, Magna Rocha, Marcia Proteção Animal, Marquinhos Osti, Nivaldo, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10824/indicacao_011-2024.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretora da Câmara Municipal que determine os trâmites necessários para concessão de Título de Cidadão Guaribense ao empresário Ramiro dos Santos, proprietário da Madeireira Maderiza, de Guariba.</t>
   </si>
   <si>
     <t>10825</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10825/indiccacao_012-2024.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretora da Câmara Municipal que determine os trâmites necessários para concessão de Título de Cidadã Guaribense à empresária Gabriela Cristina Pupin, proprietária da Multidrogas Drogacentro, de Guariba.</t>
   </si>
   <si>
     <t>10826</t>
   </si>
   <si>
     <t>13</t>
   </si>
@@ -2027,51 +2027,51 @@
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A CONCEDER EM COMODATO, BENS DE SEU PATRIMÔNIO QUE ESPECIFICA, PARA USO DA IGREJA EVANGÉLICA MINISTÉRIO BETEL DE GUARIBA.</t>
   </si>
   <si>
     <t>10933</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10933/projeto_de_decreto_legislativo_no._006.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DE HONRA AO MÉRITO À IGREJA COMUNIDADE CRISTÃ, NAS PESSOAS DO CASAL FUNDADOR RICARDO CÂMARA MENI E MARILZA BENEDITA RODRIGUES MENI, PELOS 24 ANOS DE SUA CRIAÇÃO EM GUARIBA.</t>
   </si>
   <si>
     <t>10963</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10963/projeto_de_decreto_legislativo_no._007.2024_de_24.07.2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A CONCEDER EM COMODATO, BENS DE SEU PATRIMÔNIO QUE ESPECIFICA, PARA USO DA DELEGACIA DE POLÍCIA DO MUNICÍPIO DE GUARIBA.</t>
   </si>
   <si>
     <t>10964</t>
   </si>
   <si>
-    <t>Andinho, Cassio Santa Cruz, César Pinheiro, Fabiano Da Bocha, Magna Fiscal, Marcia Proteção Animal, Marquinhos Osti, Nivaldo, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
+    <t>Andinho, Cassio Santa Cruz, César Pinheiro, Fabiano Da Bocha, Magna Rocha, Marcia Proteção Animal, Marquinhos Osti, Nivaldo, Paulo Da Sucata, Paulo de Sa, Tiago Franciscati</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10964/projeto_de_decreto_legislativo_no._008.2024_de_30.07.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO GUARIBENSE AO “MAESTRO JOSÉ EDNO MALTONI”.</t>
   </si>
   <si>
     <t>10991</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10991/projeto_de_decreto_legislativo_no._009.2024_de_03.09.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO BENEMÉRITO GUARIBENSE AO SR. ANTÔNIO CARLOS PONGITOR (CACAIO).</t>
   </si>
   <si>
     <t>10992</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10992/projeto_de_decreto_legislativo_no._010.2024_de_03.09.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃ GUARIBENSE À EMPRESÁRIA GABRIELA CRISTINA PUPIN.</t>
   </si>
@@ -3421,51 +3421,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10986/ato_da_mesa_e_parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10812/proposicao-ind-1720.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10813/proposicao-ind-1719.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10814/proposicao-ind-1718.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10815/proposicao-ind-1717.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10816/proposicao-ind-1710_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10817/proposicao-ind-1712_-_pontos_onibus_-_02.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10818/proposicao-ind-1714_-_fiscalizacao_sabesp_controle_esgoto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10819/proposicao-ind-1708.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10820/proposicao-ind-1722.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10821/proposicao-ind-1709_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10824/indicacao_011-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10825/indiccacao_012-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10826/indicacao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10827/indicacao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10832/proposicao-ind-1734_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10833/proposicao-ind-1728.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10837/proposicao-ind-764_2.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10838/proposicao-ind-1730.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10839/proposicao-ind-1733.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10840/proposicao-ind-1735.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10841/proposicao-ind-1738.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10842/proposicao-ind-1739.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10843/proposicao-ind-1741.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10853/proposicao-ind-1745.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10854/proposicao-ind-1744.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10855/proposicao-ind-1743_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10856/proposicao-ind-1748.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10857/proposicao-corrigida.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10869/proposicao-ind-1751.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10870/proposicao-ind-1750.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10871/proposicao-ind-1749_2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10874/proposicao-ind-1761.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10880/proposicao-ind-1776.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10881/proposicao-ind-1774.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10882/proposicao-ind-1775.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10883/proposicao-ind-1777.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10884/proposicao-ind-1765.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10887/proposicao-ind-1762_-_area_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10888/proposicao-ind-1763_-_arae_bela_vista_-_playground.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10889/proposicao-ind-1764_-_iluminacao_areas_institucionais_cohab_i_-_bela_vista_e_varela_-_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10891/proposicao-ind-1767.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10902/proposicao-ind-1784.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10905/proposicao-ind-1786_-_indicacao_lei_federal_no_14.626_de_19_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10906/proposicao-ind-1781_-_ind._pontos_de_onibus_para_transp._rp.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10907/proposicao-ind-1782_-_indicacao_gaivota_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10912/proposicao-ind-1791.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10913/proposicao-ind-1790.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10914/proposicao-ind-1798.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10915/proposicao-ind-1791.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10916/proposicao-ind-1787_1.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10917/proposicao-ind-1796_-_iluminacao_quiosque_bairro_alto.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10918/proposicao-ind-1788_3.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10927/indicacao_053-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10928/indicacao_054-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10929/indicacao_055-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10922/indicacao_056-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10923/indicacao_057-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10936/proposicao-ind-1805.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10937/proposicao-ind-1804.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10938/proposicao-ind-1808.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10939/proposicao-ind-1811.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10947/proposicao-ind-1819_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10948/proposicao-ind-1818_2.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10949/proposicao-ind-1817.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10950/proposicao-ind-1815.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10951/proposicao-ind-1816.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10967/proposicao-ind-1822.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10968/proposicao-ind-1823_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10969/proposicao-ind-1634_4.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10970/proposicao-ind-1634_3.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10971/proposicao-ind-1634_2.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10972/proposicao-ind-1828.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10974/proposicao-ind-1833_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10975/proposicao-ind-1832.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10976/proposicao-ind-1831_3.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10977/ind-76-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10978/proposicao-ind-1834.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10979/proposicao-ind-1826_1.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10999/proposicao-ind-1840.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11000/proposicao-ind-1841_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11001/proposicao-ind-1842.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11002/proposicao-ind-1845.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11003/proposicao-ind-1846.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11004/indicacao_084-2024.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11009/proposicao-ind-1850.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11010/proposicao-ind-1847_-_horario_comercio_aos_sabados.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11011/proposicao-ind-1848_-_wc_quimico_feira_da_familia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11016/proposicao-ind-1858.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11017/proposicao-ind-1860.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11018/proposicao-ind-1862_1.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11019/proposicao-ind-1861.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11020/proposicao-ind-1859.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11022/proposicao-ind-1854.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11023/proposicao-ind-1855.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11024/proposicao-ind-1856.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11025/proposicao-ind-1857.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11026/proposicao-ind-1863.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11032/proposicao-ind-1870_1.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11033/proposicao-ind-1866.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11034/proposicao-ind-1871.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11035/proposicao-ind-1865_-_eco_pontos.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11038/indicacao_0102-205.dotx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11039/proposicao-ind-1874.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11053/proposicao-ind-1883.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11054/proposicao-ind-1884_1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11055/proposicao-ind-1889.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11056/proposicao-ind-1885_-_recapeamento_av._ribeirao_preto_-_cohab_i.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11057/proposicao-ind-1888_-_ind._acessibilidade_dos_canaletoes_publicos.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11060/proposicao-ind-1882.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11067/proposicao-ind-1901_-_wc_na_escola_gino_bellodi.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11068/proposicao-ind-1900_-_cobertura_e_banheiro_q._v._varella.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10822/mocao_0001-24.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10823/mocao_002-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10834/proposicao-moc-1729.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10835/proposicao-moc-1731.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10858/proposicao-moc-1746.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10859/mocao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10860/mocao_007-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10872/proposicao-moc-1753.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10875/mocao_009-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10885/proposicao-moc-1766.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10886/proposicao-moc-1779_-_mocao_de_repudio_-_cx.e.f.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10903/proposicao-moc-1785.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10904/proposicao-moc-1783_-_mocao_aplausos_-_alexandre_nanzer.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10926/mocao-14-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10924/proposicao-moc-1647.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10940/proposicao-moc-1806_2.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10941/proposicao-moc-1813.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10942/proposicao-moc-1814.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10965/proposicao-moc-1824_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10966/proposicao-moc-1821.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10982/proposicao-moc-1836.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10983/proposicao-moc-1835.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10984/proposicao-moc-1839.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10996/mocao_026-2024.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10997/proposicao-moc-1843.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10998/proposicao-moc-1844.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11008/mocao_no._0029-2024.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11021/proposicao-moc-1830_3.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11028/proposicao-moc-1864.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11036/mocao_032-2024.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11037/proposicao-moc-1872.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11045/proposicao-moc-1878.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11046/proposicao-moc-1876_2.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11047/proposicao-moc-1877.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11058/proposicao-moc-1887.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11059/proposicao-moc-1886.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11061/proposicao-moc-1892.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11062/proposicao-moc-1893_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11064/mocao_041-2024.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10808/projeto_de_decreto_legislativo_no._001.2024_de_24.01.2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10810/projeto_de_decreto_legislativo_no._002.2024_de_01.02.2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10811/projeto_de_decreto_legislativo_no._003.2024_de_01.02.2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10865/projeto_de_decreto_legislativo_no._004.2024_de_12.03.2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10932/projeto_de_decreto_legislativo_no._005.2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10933/projeto_de_decreto_legislativo_no._006.2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10963/projeto_de_decreto_legislativo_no._007.2024_de_24.07.2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10964/projeto_de_decreto_legislativo_no._008.2024_de_30.07.2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10991/projeto_de_decreto_legislativo_no._009.2024_de_03.09.2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10992/projeto_de_decreto_legislativo_no._010.2024_de_03.09.2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11015/projeto_de_decreto_legislativo_no._011.2024_de_09.10.2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11041/projeto_de_decreto_legislativo_no._012.2024_de_30.10.2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11042/projeto_de_decreto_legislativo_no._013.2024_de_30.10.2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11043/projeto_de_decreto_legislativo_no._014.2024_de_30.10.2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11044/projeto_de_decreto_legislativo_no._015.2024_de_31.10.2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11052/projeto_de_decreto_legislativo_no._016.2024_de_19.11.2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11081/projeto_de_decreto_legislativo_no._017.2024_de_18.12.2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10803/mensagem_1_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10804/mensagem_2_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10805/mensagem_3_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10806/mensagem_4_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10807/projeto_de_lei_no._005.2024_de_26.01.2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10809/projeto_de_lei_no._006.2024_de_01.02.2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10828/mensagem_5_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10829/mensagem_6_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10830/projeto_de_lei_no._009.2024_de_09.02.2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10847/mensagem_11_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10848/mensagem_12_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10851/mensagem_15_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10852/mensagem_16_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10861/mensagem_17_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10862/projeto_de_lei_no._015.2024_de_12.03.2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10863/mensagem_18_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10864/projeto_de_lei_no._017.2024_de_12.03.2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10867/projeto_de_lei_no._018.2024_de_14.03.2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10868/projeto_de_lei_no._019.2024_de_15.03.2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10873/mensagem_20_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10877/projeto_de_lei_no._021.2024_de_25.03.2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10878/mensagem_22_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10879/mensagem_23_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10896/mensagem_26_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10897/mensagem_27_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10898/projeto_de_lei_no._026.2024_de_08.04.2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10899/projeto_de_lei_no._027.2024_de_08.04.2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10900/projeto_de_lei_no._028.2024_de_10.04.2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10901/mensagem_28_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10908/mensagem_29_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10909/mensagem_30_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10910/mensagem_31_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10911/mensagem_32_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10920/mensagem_33_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10921/mensagem_34_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10925/mensagem_35_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10930/mensagem_36_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10931/mensagem_37_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10934/mensagem_38_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10935/mensagem_39_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10943/projeto_de_lei_no._041.2024_de_10.06.2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10945/mensagem_41_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10946/projeto_de_lei_no_42-24_denominacao_creche_escola_-_emeb_pedro_ziviani_louzada_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10952/mensagem_43_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10953/mensagem_44_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10955/projeto_de_lei_46_-_abertura_de_credito_r_580.12523.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10956/mensagem_47_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10957/mensagem_48_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10958/mensagem_049-2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10960/projeto_de_lei_no51_-_suplementacao_r_657.50000.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10961/projeto_de_lei_no._051.2024_de_30.07.2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10962/projeto_de_lei_no._052.2024_de_30.07.2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10985/mensagem_53_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10987/mensagem_54_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10988/mensagem_55_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10990/mensagem_56_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10993/mensagem_57_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10994/projeto_de_lei_no._058.2024_de_28.08.2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11005/mensagem_59_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11006/mensagem_61_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11007/mensagem_60_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11013/mensagem_63_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11014/mensagem_64_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11027/mensagem_65_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11029/mensagem_66_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11030/mensagem_67_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11031/projeto_de_lei_no._067.2024_de_30.10.2024.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11050/mensagem_71_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11051/mensagem_72_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11065/projeto_de_lei_73-2024_-_altera_lei_2510-11.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11069/mensagem_75_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11070/projeto_de_lei_no_78-2024_-_suplementacao_260.00000.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11071/mensagem_79_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11072/mensagem_80_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11074/mensagem_82_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10831/mensagem_7_-_projeto.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10844/mensagem_8_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10845/mensagem_9_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10846/mensagem_10_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10849/mensagem_13_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10850/mensagem_14_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10866/mensagem_19_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10876/mensagem_21_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10890/mensagem_24_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10894/mensagem_25_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10944/mensagem_40_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10954/projeto_de_lei_45_-_altera_lei_1950-2003.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10959/mensagem_050-2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10973/projeto_de_lei_no_52-24_-_alteracao_codevar.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11012/mensagem_62_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11040/mensagem_68_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11048/mensagem_69_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11049/mensagem_70_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11066/projeto_de_lei_74-2024_-_padeiro.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11073/mensagem_81_-_projeto_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10895/projeto_de_resolucao_no._001.2024_de_03.04.2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/11082/projeto_de_resolucao_no._002.2024_de_18.12.2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10836/proposicao-req-1732.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10892/proposicao-req-1773.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10893/proposicao-req-1768.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10980/proposicao-req-1838.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2024/10995/rewquerimento_005-2024.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H271"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="154.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="154.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="164.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>