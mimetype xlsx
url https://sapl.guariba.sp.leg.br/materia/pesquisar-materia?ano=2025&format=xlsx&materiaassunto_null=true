--- v0 (2025-10-09)
+++ v1 (2026-02-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2438" uniqueCount="1109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2971" uniqueCount="1335">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -66,51 +66,51 @@
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Projeto de Ementa à Lei Orgânica do Município</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11105/projeto_de_lei_-_mensagem_8_e_projeto.pdf</t>
   </si>
   <si>
     <t>ACRESCE E SUPRIME DISPOSITIVOS AOS ARTIGOS 11,  INCISO XI, 18, § 3º, 31, § 2º,  INCISO III, 32, § 2º, ITEM 2, 57, 65, PARÁGRAFO ÚNICO, 70, 78, §§ 1º E 2º, 79, 80, INCISO V, 82, PARÁGRAFO ÚNICO, 88, INCISO I, PARÁGRAFO ÚNICO, E 118-A, INCISO I,  DA LEI ORGÂNICA DO MUNICÍPIO, DE 5 DE ABRIL DE 1990 (1ª EDIÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11215</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>Andinho, Anselmo Gimenes, Calão - Galeto, Cassio Santa Cruz, Fabiano Da Bocha, Magna Fiscal, Márcia Alves, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa, Roberto Carósio Filho</t>
+    <t>Andinho, Anselmo Gimenes, Calão - Galeto, Cassio Santa Cruz, Fabiano Da Bocha, Magna Rocha, Márcia Alves, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa, Roberto Carósio Filho</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11215/projeto_de_emenda_a_lei_organica_no._002.2025_de_15.04.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE GUARIBA</t>
   </si>
   <si>
     <t>11308</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11308/projeto_de_lei_-_mensagem_45_e_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DO § 2º, DO ART. 156, DA LEI ORGÂNICA DO MUNICÍPIO DE GUARIBA, QUE RESSALVA OU  EXCEPCIONA A REGRA PROIBITIVA DO ‘CAPUT’ E PERMITE A DENOMINAÇÃO DE PESSOAS VIVAS A PRÓPRIOS, VIAS E LOGRADOUROS PÚBLICOS, E BENS E SERVIÇOS DE QUALQUER NATUREZA, NOS CASOS DE PERSONALIDADES MARCANTES, QUE TENHAM PRESTADOS SERVIÇOS RELEVANTES AO MUNICÍPIO, E DÁ OUTRA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>11099</t>
   </si>
   <si>
     <t>IND</t>
   </si>
@@ -267,51 +267,51 @@
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de que estude a possibilidade de aumentar o valor do ticket-alimentação dos servidores públicos municipais em R$ 200,00, visando a valorização e o bem-estar dos funcionários.</t>
   </si>
   <si>
     <t>11096</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Márcia Alves, Fabiano Da Bocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11096/indicacao-013-2025-cmg.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve vêm, respeitosamente, na forma regimental e depois de ouvido o E. Plenário desta Casa, INDICAR ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de instalar Climatizadores de Ar na Quadra Poliesportiva da escola Gino Bellodi na Cohab I.</t>
   </si>
   <si>
     <t>11097</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>Magna Fiscal</t>
+    <t>Magna Rocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11097/indicacao-014-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de proceder a contratação de Agentes de Fiscalização Ambiental Especializados.</t>
   </si>
   <si>
     <t>11098</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11098/indicacao-015-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de adaptar o prédio onde era o antigo Centro Odontológico, para torna-se um centro de terapias assistenciais dedicado ao atendimento de crianças e adultos com transtornos do aspectro autista e outras condições neurodivergentes.</t>
   </si>
   <si>
     <t>11101</t>
   </si>
   <si>
     <t>16</t>
   </si>
@@ -532,51 +532,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11125/indicacao-33-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de solicitar sua atenção para construção uma lombada na Rua Antônio real próximo ao numero 165 no bairro planalto verde, A implementação dessa lombada é fundamental para aumentar a segurança dos pedestres e motoristas que transitam pela área. Com o aumento do fluxo de veículos e o risco de acidentes, a lombada contribuirá para reduzir a velocidade dos automóveis, proporcionando um ambiente mais seguro para todos.</t>
   </si>
   <si>
     <t>11126</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11126/indicacao-34-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de solicitar sua atenção para a necessidade urgente de limpeza e manutenção da praça e da área verde local Residencial clementino Politi.</t>
   </si>
   <si>
     <t>11135</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>Cassio Santa Cruz, Andinho, Anselmo Gimenes, Calão - Galeto, Fabiano Da Bocha, Magna Fiscal, Márcia Alves, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa, Roberto Carósio Filho</t>
+    <t>Cassio Santa Cruz, Andinho, Anselmo Gimenes, Calão - Galeto, Fabiano Da Bocha, Magna Rocha, Márcia Alves, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa, Roberto Carósio Filho</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11135/indicacao_035-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de incluir no Calendário Oficial de Eventos do Município a realização do Campeonato de Futebol de Campo Amador e do Campeonato de Futsal, iniciando todo ano sempre no primeiro domingo após o Carnaval.</t>
   </si>
   <si>
     <t>11136</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11136/indicacao-36-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo DEMUTRAN no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Carlos Batista de Andrade, na altura do número 530, Planalto Verde.</t>
   </si>
   <si>
     <t>11138</t>
   </si>
   <si>
     <t>37</t>
   </si>
@@ -991,51 +991,51 @@
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de realizar a construção de uma rampa de acesso às pessoas portadoras de necessidade especiais e idosos, nas escadarias da entrada do ambulatório municipal “ Prefeito Hermínio de Laurentiz Neto”.</t>
   </si>
   <si>
     <t>11190</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Fabiano Da Bocha, Márcia Alves</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11190/indicacao-71-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de Melhorias na quadra da Escola Gino Bellodi Esse espaço é essencial para a prática de atividades esportivas e recreativas dos alunos, mas atualmente apresenta condições que precisam ser aprimoradas.</t>
   </si>
   <si>
     <t>11191</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>Andinho, Magna Fiscal</t>
+    <t>Andinho, Magna Rocha</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11191/indicacao-72-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a reforma geral da guarita  localizada na Avenida Ernesto Buchi, para que os funcionários (vigilantes) possam ter mais condições de trabalho.</t>
   </si>
   <si>
     <t>11192</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11192/indicacao-73-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de construir  uma nova UBS (Unidade Básica de Saúde) nas mediações dos bairros Funichele Santim, Vila Jordão, Laurentiz , Vila Virgínia e Santa Cruz . O local sugerido é próximo ao lago municipal ou perto da Casa da Juventude."</t>
   </si>
   <si>
     <t>11193</t>
   </si>
   <si>
     <t>74</t>
   </si>
@@ -1114,51 +1114,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11202/indicacao-80-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido da Implantação de Sistema Online para Agendamento de Consultas e Exames na Rede Municipal de Saúde, nos moldes do aplicativo Agenda Fácil, já utilizado pelo Governo do Estado.</t>
   </si>
   <si>
     <t>11203</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11203/indicacao-81-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido da Criação de Salas de Estudos Tecnológicos e Aquisição de Tablets para Uso Pedagógico nas Escolas Municipais.</t>
   </si>
   <si>
     <t>11204</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>Anselmo Gimenes, Calão - Galeto, Magna Fiscal, Paulo Da Sucata, Paulo de Sa</t>
+    <t>Anselmo Gimenes, Calão - Galeto, Magna Rocha, Paulo Da Sucata, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11204/indicacao-82-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido da Ampliação da Estrutura e Organização do Evento AVIVA Guariba com Participação do Conselho de Pastores, visando o melhor acolhimento do público.</t>
   </si>
   <si>
     <t>11205</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11205/indicacao-83-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido da  Divulgação Transparente da Nova Organização do Agendamento de Transporte Municipal, estabelecendo regras claras e acessíveis à população.</t>
   </si>
   <si>
     <t>11207</t>
   </si>
   <si>
     <t>84</t>
   </si>
@@ -1657,51 +1657,51 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11302/ind-125-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido  fazer  troca e/ou melhoria da iluminação pública na Rua Luiz Carlos Barrichelo, localizada no bairro Jardim Progresso.</t>
   </si>
   <si>
     <t>11303</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11303/ind-126-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de que seja criada a função gratificada de Condutor de Plataforma, destinada ao servidor designado para o desempenho dessa atividade específica, com a remuneração adicional de 40% (quarenta por cento) sobre o salário base, a título de gratificação</t>
   </si>
   <si>
     <t>11304</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>Roberto Carósio Filho, Andinho, Anselmo Gimenes, Calão - Galeto, Cassio Santa Cruz, Fabiano Da Bocha, Magna Fiscal, Márcia Alves, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa</t>
+    <t>Roberto Carósio Filho, Andinho, Anselmo Gimenes, Calão - Galeto, Cassio Santa Cruz, Fabiano Da Bocha, Magna Rocha, Márcia Alves, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11304/ind-127-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar o aumento de dias de consultas no CAPS, tendo em vista que somente dois dias na semana ocorrem o atendimento, o que ocasiona uma fila de espera gigantesca considerando a alta demanda de pacientes, que muitas vezes os agendamentos são marcados para meses após a solicitação.</t>
   </si>
   <si>
     <t>11305</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11305/ind-128-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretora desta Casa de Leis que providencias sejam tomadas no sentido de conceder um título de cidadão guaribense para o senhor Francisco Antônio de Laurentiis.</t>
   </si>
   <si>
     <t>11309</t>
   </si>
   <si>
     <t>129</t>
   </si>
@@ -1942,50 +1942,351 @@
   <si>
     <t>11381</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11381/indicacao-149-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a reforma completa da escola "EMEB Profª Izabel Sadalla Grispino".</t>
   </si>
   <si>
     <t>11382</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11382/indicacao-150-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Reitera Indicação ao Chefe do Executivo Municipal, solicitando que o setor competente da prefeitura no sentido de realizar a contratação de mais profissionais de apoio na Educação Inclusiva, em todas as escolas municipais do município de Guariba.</t>
   </si>
   <si>
+    <t>11389</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11389/indicacao-151-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de providenciar a instalação de câmeras de vigilância ao longo da Avenida Ricieri de Oliveira, nos bairros Vila Mariana, Mariana II e Paineiras. com o objetivo de coibir a prática de descarte irregular de lixo.</t>
+  </si>
+  <si>
+    <t>11390</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11390/indicacao-152-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de providenciar a construção de uma calçada na entrada da Santa Cruz próximo a Sertran Transportes.</t>
+  </si>
+  <si>
+    <t>11391</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11391/indicacao-153-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de fazer a substituição das lâmpadas de LED tipo bulbo por luminárias públicas de LED em toda a cidade, e em bairros onde ainda não foram substituídas. A medida visa melhorar a iluminação pública, garantindo maior potência, alcance, distribuição uniforme da luz e adequação à altura dos postes, proporcionando mais segurança e eficiência.</t>
+  </si>
+  <si>
+    <t>11392</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11392/indicacao-154-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a revitalização da quadra esportiva, e do minicampo de futebol, colocando trave e rede, entre outros; na área pública localizada entre as avenidas Ítalo Politi e Luiz Maffei, no Residencial Monte Belo.</t>
+  </si>
+  <si>
+    <t>11393</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11393/indicacao-155-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de promover, em conjunto com a Secretaria Municipal de Saúde, a Semana de Ação pela saúde das Mães Atípicas- Mutirão de Exames e apoio Integral nas Unidades Básicas de Saúde da Cidade de Guariba.</t>
+  </si>
+  <si>
+    <t>11394</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11394/indicacao-156-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de contemplar os funcionários públicos municipais com um abono salarial no final deste ano.</t>
+  </si>
+  <si>
+    <t>11396</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11396/indicacao-157-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de que seja realizada o asfaltamento sobre o trecho de paralelepípedo existente na entrada do Residencial Santa Cruz.</t>
+  </si>
+  <si>
+    <t>11403</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11403/indicacao-158-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a instalação do letreiro com o nome da cidade na Rodovia Brigadeiro Faria Lima (trevo dos 10 km).</t>
+  </si>
+  <si>
+    <t>11404</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11404/indicacao-159-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de que seja construída uma rampa de acesso na entrada principal do Ambulatório Municipal de Especialidades Dr. Herminio de Laurentiz Neto.</t>
+  </si>
+  <si>
+    <t>11405</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11405/indicacao-160-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de que seja realizada a troca do piso do AMBULATÓRIO MUNICIPAL "PREFEITO DR. HERMÍNIO DE LAURENTIZ NETO".</t>
+  </si>
+  <si>
+    <t>11414</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11414/indicacao-161-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de que seja instalado bancos de concreto no pátio da EMEB Professor Alfredo Rolim de Moura.</t>
+  </si>
+  <si>
+    <t>11416</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11416/indicacao-162-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que determine ao setor competente da Prefeitura a realização de estudose a adoção das providências necessárias para a limpeza e desobstrução dos bueiros existentes no perímetro urbano do Município, tendo em vista a ocorrência de fortes chuvas a necessidade de prevenir alagamentos e danos à infraestrutura pública.</t>
+  </si>
+  <si>
+    <t>11417</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11417/proposicao-ind-2281.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de criar o Conselho Municipal dos Direitos da Mulher (CMDM).</t>
+  </si>
+  <si>
+    <t>11423</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11423/proposicao-ind-2283.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de estabelecer mão dupla de trânsito na Rua Hugo Favero, no trecho que vai da avenida da Saudade até a Avenida Segismundo Mangolini, trecho próximo ao ecoponto que dá acesso ao cemitério municipal e velório.</t>
+  </si>
+  <si>
+    <t>11424</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11424/proposicao-ind-2286.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de providenciar o recapeamento da Rua Francisco Lopreatto, no trecho que vai da Avenida David Louzada até a Avenida Victor Valentie de Oliveira, bairro Vila Jordão.</t>
+  </si>
+  <si>
+    <t>11425</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11425/proposicao-ind-2288.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de implantar câmeras de segurança no complexo do Ginásio de Esportes “Vereador Eduardo Atique”. Como a área do ginásio é muito grande, o monitoramento ajudaria a combater possíveis furtos e atos de vandalismo.</t>
+  </si>
+  <si>
+    <t>11426</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11426/proposicao-ind-2289.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de REALIZAR MANUTENÇÃO GERAL NOS APARELHOS DE GINÁSTICA DA ACADEMIA DO GINÁSIO DE ESPORTES "VEREADOR EDUARDO ATIQUE".</t>
+  </si>
+  <si>
+    <t>11427</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11427/proposicao-ind-2282.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de ver a viabilidade da construção de um campinho de futebol society com grama sintética, do tipo “Areninha”, na Praça Manoel Araújo de Lima, situada no bairro Clementino Politi II.</t>
+  </si>
+  <si>
+    <t>11428</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11428/pdf_proposicao.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de providenciar a instalação de iluminação pública no trecho que se estende desde a Chácara Bauab até o trevo que liga à Fazenda Santa Cruz, com acesso à entrada do bairro Nova Rocca, estendendo-se até a saída do trevo que liga à antiga Usina São Carlos, tendo em vista tratar-se de área de intenso fluxo de_x000D_
+veículos e pedestres, cuja ausência de iluminação pode gerar riscos de acidentes no período noturno.</t>
+  </si>
+  <si>
+    <t>11436</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11436/ind-170-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de que seja instalado o Sistema de Autoatendimento " Totem" na Farmácia Municipal de Guariba.</t>
+  </si>
+  <si>
+    <t>11437</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11437/ind-171-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de providenciar a instalação de iluminação pública no trecho que se estende desde o trevo do bairro “João de Barro”, que liga os bairros Clementino Politi I e II até o trevo Baldan.</t>
+  </si>
+  <si>
+    <t>11438</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11438/ind-172-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura com o objetivo de promover a revitalização do bairro Bela Vista, que se encontra em uma situação de abandono e descaso.</t>
+  </si>
+  <si>
+    <t>11439</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11439/ind-173-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de reformar o ponto de ônibus situado na Rua Otávio Evangelista de Souza - Jardim Monte Alegre.</t>
+  </si>
+  <si>
+    <t>11440</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11440/ind-174-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de CRIAR SALAS SENSORIAIS EM PRÉDIOS PÚBLICOS MUNICIPAIS PARA ATENDIMENTO A PESSOAS COM AUTISMO.</t>
+  </si>
+  <si>
+    <t>11441</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11441/ind-175-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de IMPLANTAR ESPAÇOS SENSORIAIS EM PRAÇAS PÚBLICAS E ESCOLAS PARA CRIANÇAS ATÍPICAS.</t>
+  </si>
+  <si>
     <t>11102</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11102/mocao_001-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Sentido Pesar pelo falecimento da funcionária desta Casa, nossa amiga e companheira Michelle Alves Verde Agnelli.</t>
   </si>
   <si>
     <t>11103</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11103/mocao_002-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Sentido Pesar pelo falecimento da bispa Keila Ferreira, aos 52 anos, líder da Assembleia de Deus no Brás, no centro de São Paulo, ocorrido em 1º de fevereiro de 2025.</t>
   </si>
   <si>
     <t>11127</t>
@@ -2023,51 +2324,51 @@
   <si>
     <t>Moção de Aplausos e Congratulações à jovem Laís Couto da Silva Mota por ter sido aprovada no vestibular da USP - Universidade de São Paulo, de Ribeirão Preto, para ingresso no curso de Odontologia.</t>
   </si>
   <si>
     <t>11133</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11133/mocao_007-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações à jovem Beatriz Gimenez Barbetti por ter sido aprovada no vestibular da USP - Universidade de São Paulo, de Ribeirão Preto, para ingresso no curso de Física Médica.</t>
   </si>
   <si>
     <t>11134</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11134/mocao_008-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao jovem Nicolas Gabriel Messias Melo por ter sido aprovado no vestibular da USP - Universidade de São Paulo, de Ribeirão Preto, para ingresso no curso de Matemática Aplicada a Negócios.</t>
   </si>
   <si>
     <t>11146</t>
   </si>
   <si>
-    <t>Márcia Alves, Andinho, Anselmo Gimenes, Calão - Galeto, Cassio Santa Cruz, Fabiano Da Bocha, Magna Fiscal, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa, Roberto Carósio Filho</t>
+    <t>Márcia Alves, Andinho, Anselmo Gimenes, Calão - Galeto, Cassio Santa Cruz, Fabiano Da Bocha, Magna Rocha, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa, Roberto Carósio Filho</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11146/mocao-09-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações a Sra  Maria Martins de Oliveira pelo transcurso de seu aniversário de 100 anos celebrado na data de 30 de Janeiro deste ano.</t>
   </si>
   <si>
     <t>11166</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11166/mocao-10-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Projeto “Via Legal”: Esporte e Cidadania, ao qual vem trazendo lazer e esporte, campanhas sociais, cívicas, palestras e afins, aos adolescentes e jovens de nossa cidade, aplicando o desenvolvimento físico, técnicas do voleibol, além da inclusão social e também princípios de cidadania.</t>
   </si>
   <si>
     <t>11187</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11187/mocao-11-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao "Dia Internacional da Síndrome de Down, celebrado em 21 de Março."</t>
   </si>
@@ -2224,51 +2525,51 @@
   <si>
     <t>Moção de Aplausos e Congratulações à Dra. Raquel Mariana Pereira de Oliveira, médica clínica geral e cardiologista, pelo exemplar exercício da medicina, marcado pela atenção dedicada, cordialidade no trato e excelência na qualidade do atendimento prestado à comunidade.</t>
   </si>
   <si>
     <t>11314</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11314/mocao-29-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações aos estagiários do Samuvet Bruno Henrique Garcia Zambon e Isadora Contarin Pardinho, à estagiária do Meio Ambiente Yasmin Vitória Cordeiro, bem como à médica veterinária Dra. Letícia Chianézio, pela brilhante atuação na realização das castrações ocorridas em nosso município.</t>
   </si>
   <si>
     <t>11315</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11315/mocao-30-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Moção de Sentido Pesar pelo falecimento do senhor Laércio Carlos de Oliveira, conhecido como Kanela.</t>
   </si>
   <si>
     <t>11316</t>
   </si>
   <si>
-    <t>Anselmo Gimenes, Andinho, Calão - Galeto, Cassio Santa Cruz, Fabiano Da Bocha, Magna Fiscal, Márcia Alves, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa, Roberto Carósio Filho</t>
+    <t>Anselmo Gimenes, Andinho, Calão - Galeto, Cassio Santa Cruz, Fabiano Da Bocha, Magna Rocha, Márcia Alves, Marquinhos Osti, Paulo Da Sucata, Paulo de Sa, Roberto Carósio Filho</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11316/mocao-31-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações a COMADESPE – Convenção dos Ministros das Assembleias de Deus no Estado de São Paulo e Outros, pela celebração de 55 anos de fundação, consolidando-se como uma das mais expressivas e influentes instituições religiosas do país no apoio ao ministério assembleiano e à obra evangelística.</t>
   </si>
   <si>
     <t>11325</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11325/mocao-32-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao jovem João Vitor Carósio, pelo brilhante trabalho que vem desempenhando como Sargento do Exército Brasileiro, destacando-se em missões de apoio à população durante as enchentes, atuando de forma direta e heroica no resgate das pessoas, bem como na formação de militares e em relevantes serviços prestados ao país.</t>
   </si>
   <si>
     <t>11326</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11326/mocao-33-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações  ao Sr. Francisco Baldan e sua esposa Maria Eliza Mendes Ferreira Baldan, sócios responsáveis pela empresa Tecnotoy Sports e Tecnotoy Comercial LTDA pelos serviços prestados no comércio guaribense.</t>
   </si>
@@ -2395,50 +2696,176 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11372/mocao-47-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Senhor Ginaldo Júlio Chiquito, Tesoureiro da Paróquia São Mateus de Guariba, em reconhecimento à sua dedicação, responsabilidade e espírito de serviço cristão demonstrados no exercício de suas funções.</t>
   </si>
   <si>
     <t>11373</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11373/mocao-48-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações à Neomarc Comunicação e Marketing, representada por Regiane Alves e Ewerton Alves, pela brilhante e exemplar organização da 11ª Corrida e Caminhada Coplana - Pegada Sustentável, realizada em28 de setembro, no Bairro Nova Rocca, evento que se destacou pela promoção do esporte, do bem-estar e da conscientização ambiental.</t>
   </si>
   <si>
     <t>11374</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11374/mocao-49-2025-cmg.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações às agentes de desenvolvimento do Sebrae de Guariba, Josiane Cristina Chianezi dos Santos e Ana Carolina Loncharich, e toda a equipe, pelo excelente trabalho e atendimento prestado à comunidade.</t>
   </si>
   <si>
+    <t>11395</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11395/mocao-50-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações ao Projeto Pace que Salva e todos envolvidos, pela iniciativa de promover, por meio da corrida, ações voltadas à solidariedade, à saúde e ao bem-estar coletivo.</t>
+  </si>
+  <si>
+    <t>11406</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11406/mocao-51-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações à Curadoria da Alegria do Município de Guariba, em reconhecimento ao brilhante trabalho desenvolvido junto à comunidade guaribense, promovendo ações de arte, cultura, solidariedade e amor ao próximo.</t>
+  </si>
+  <si>
+    <t>11407</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11407/mocao-52-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações ao atleta guaribense Vinicius Calafati Ribeiro pela participação e pelo título de “Campeão Brasileiro de Enduro 2025”, na categoria E1.</t>
+  </si>
+  <si>
+    <t>11408</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11408/mocao-53-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações à Professora Cátia Maria Goulart de Medeiros Gaspar, pelo 2º lugar no Prêmio Plano de Aula, no Programa Educacional Agronegócio na Escola, desenvolvido pela Associação Brasileira do Agronegócio da Região de Ribeirão Preto (ABAG/RP), e bem como pelo reconhecimento pelos 25 anos de participação no referido programa.</t>
+  </si>
+  <si>
+    <t>11409</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11409/mocao-54-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações à Professora Maria Estela Nascimento pelo 3º lugar no Prêmio Professor, no Programa Educacional Agronegócio na Escola, desenvolvido pela Associação Brasileira do Agronegócio da Região de Ribeirão Preto (ABAG/RP).</t>
+  </si>
+  <si>
+    <t>11410</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11410/mocao-55-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações à aluna Vitória Chianezi Cardoso, pelo prêmio de Desenho, no Programa Educacional Agronegócio na Escola, desenvolvido pela Associação Brasileira do Agronegócio da Região de Ribeirão Preto (ABAG/RP).</t>
+  </si>
+  <si>
+    <t>11411</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11411/mocao-56-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações Moção de Aplausos e Congratulações à aluna Ísis Caroline Rodrigues da Silva, pelo prêmio Cartaz da Paz – Desenho, promovido pelo Lions Clube de Guariba.</t>
+  </si>
+  <si>
+    <t>11412</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11412/mocao-57-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações Moção de Aplausos e Congratulações à aluna Lavinia da Silva Oliveira, estudante da EMEB "Professor Alfredo Rolim de Moura", por ter conquistado a 1ª colocação no Concurso Cultural SICOOB 2025 – Categoria Poema.</t>
+  </si>
+  <si>
+    <t>11413</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11413/mocao-58-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações Moção de Aplausos e Congratulações à aluna Manuela Luiza Augusto de Souza, estudante da EMEB "Professor Alfredo Rolim de Moura", por ter conquistado a 1ª colocação no Concurso Cultural SICOOB 2025 – Categoria Desenho.</t>
+  </si>
+  <si>
+    <t>11415</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11415/mocao-59-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES ÀS EMPRESAS GAOSBE TRANSPORTES E LOCAÇÃO DE CAMINHÃO E PIPAEGAOSBE AMBIENTAL LTDA, DE PROPRIEDADE DOS SENHORES OSNEI JOSÉ BENATTI E ANGELITA BENATTI, DO MUNICÍPIO DE GUARIBA/SP.</t>
+  </si>
+  <si>
+    <t>11429</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11429/mocao-60-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Sentido Pesar pelo falecimento do Senhor João de Angelis Neto.</t>
+  </si>
+  <si>
+    <t>11430</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11430/mocao-61-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações ao Dr Paschoal de Angelis Neto pelos 30 anos do cargo de Substituto do Tabelião de Notas e Protesto de Guariba, função que desempenhou com responsabilidade, dedicação e profundo respeito à atividade notarial e registral de Guariba.</t>
+  </si>
+  <si>
+    <t>11431</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11431/mocao-62-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações ao Projeto Sócio Educacional “Quero Vida”, desenvolvido pela Prefeitura Municipal de Guariba.</t>
+  </si>
+  <si>
+    <t>11442</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11442/mocao-64-2025-cmg.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações à Pastora Raquel Pedro pela realização do 8º encontro denominado “Encontro das Pérolas”, que aconteceu no dia 15 de novembro de 2025.</t>
+  </si>
+  <si>
     <t>11137</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11137/projeto_de_decreto_legislativo_no._001.2025_de_26.02.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ GUARIBENSE À MERITÍSSIMA JUÍZA DRA. MÁRCIA CRISTINA SAMPAIO MENDES.</t>
   </si>
   <si>
     <t>11211</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11211/projeto_de_decreto_legislativo_no._002.2025_de_22.04.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONTAS DA PREFEITURA MUNICIPAL DE GUARIBA, RELATIVAS AO EXERCÍCIO DE 2022.</t>
@@ -2503,50 +2930,86 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11363/projeto_de_decreto_legislativo_no._009.2025_de_29.09.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO GUARIBENSE AO BISPO DA DIOCESE DE JABOTICABAL, REVERENDÍSSIMO “DOM EDUARDO PINHEIRO DA SILVA”.</t>
   </si>
   <si>
     <t>11364</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11364/projeto_de_decreto_legislativo_no._010.2025_de_29.09.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO DIPLOMA DE HONRA AO MÉRITO À LAURENTIZ SOCIEDADE DE ADVOGADOS, NAS PESSOAS DOS PROPRIETÁRIOS DR. HERMÍNIO DE LAURENTIZ NETO E DR. FÁBIO EDUARDO DE LAURENTIZ.</t>
   </si>
   <si>
     <t>11365</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11365/projeto_de_decreto_legislativo_no._011.2025_de_29.09.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO GUARIBENSE AO ADVOGADO “DR. FÁBIO EDUARDO DE LAURENTIZ”.</t>
   </si>
   <si>
+    <t>11401</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11401/projeto_de_decreto_legislativo_no._012.2025_de_30.10.2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃ GUARIBENSE À PROFª. RENATA APARECIDA RODRIGUES MAURÍCIO.</t>
+  </si>
+  <si>
+    <t>11421</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11421/projeto_de_decreto_legislativo_no._013.2025_de_11_de_novembrfo_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO GUARIBENSE AO PASTOR GERALDO MARIA MAGELA.</t>
+  </si>
+  <si>
+    <t>11422</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11422/projeto_de_decreto_legislativo_no._014_de_10.11.2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DE DIPLOMA DE HONRA AO MÉRITO AOS POLICIAIS MILITARES QUE EXERCERAM SUAS FUNÇÕES NO ÂMBITO DO MUNICÍPIO DE GUARIBA.</t>
+  </si>
+  <si>
+    <t>11434</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11434/projeto_de_decreto_legislativo_no._015.2025_de_25.11.2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃO GUARIBENSE AO DELEGADO DE POLÍCIA DR. REGINALDO FÉLIX.</t>
+  </si>
+  <si>
     <t>11075</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11075/projeto_de_lei_-_mensagem_1_e_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO EXECUTIVO PARA PAGAMENTO DE ABONO ESPECIAL, SOMENTE NO MÊS DE JANEIRO DE 2.025, NO VALOR DE R$ 370,00, QUE SERÁ ACRESCIDO NO RESPECTIVO VALOR DO AUXÍLIO-ALIMENTAÇÃO, MEDIANTE CRÉDITO NO CARTÃO MAGNÉTICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11076</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11076/projeto_de_lei_-_mensagem_2_e_projeto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A TRANSFERIR RECURSOS FINANCEIROS ÀS ORGANIZAÇÕES DA SOCIEDADE CIVIL, QUE MANTÉM PARCERIAS COM A ADMINISTRAÇÃO PÚBLICA, EM REGIME DE MÚTUA COOPERAÇÃO, MEDIANTE TERMO DE FOMENTO, DURANTE O EXERCÍCIO DE 2.025, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>11077</t>
@@ -2977,50 +3440,167 @@
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11358/projeto_de_lei_no._050.2025_de_23.09.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUBSTITUIÇÃO DAS SIRENES TRADICIONAIS POR MÚSICAS EM ESTABELECIMENTOS EDUCACIONAIS DO MUNICÍPIO DE GUARIBA PARA REDUZIR O DESCONFORTO DE PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11359</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11359/projeto_de_lei_no._051.2025_de_23.09.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA E O ARTIGO 1º DA LEI Nº. 3.817, DE 21 DE AGOSTO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11362</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11362/projeto_de_lei_-_mensagem_58_e_projeto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$ 1.546.964,40 (UM MILHÃO, QUINHENTOS E QUARENTA E SEIS MIL, NOVECENTOS E SESSENTA E QUATRO REAIS E QUARENTA CENTAVOS), VISANDO AO ATENDIMENTO DE DESPESAS DE CORRENTES E DE CAPITAL</t>
   </si>
   <si>
+    <t>11400</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11400/projeto_de_lei_-_mensagem_62_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE GUARIBA, PARA O EXERCICIO FINANCEIRO DE 2026, NO VALOR TOTAL DE R$ 222.716.000,00 (DUZENTOS E VINTE E DOIS MILHÕES, SETECENTOS E DEZESSEIS MIL REAIS), E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>11402</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11402/projeto_de_lei_-_mensagem_63_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$ 369.030,53 (TREZENTOS E SESSENTA E NOVE MIL, TRINTA REAIS E CINQUENTA E TRÊS CENTAVOS), VISANDO AO ATENDIMENTO DE DESPESAS DE CORRENTES E DE CAPITAL</t>
+  </si>
+  <si>
+    <t>11418</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11418/projeto_de_lei_-_mensagem_65_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$ 5.201.000,00 (CINCO MILHÕES, DUZENTOS E UM MIL REAIS), VISANDO AO ATENDIMENTO DE DESPESAS DE CORRENTES</t>
+  </si>
+  <si>
+    <t>11419</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11419/projeto_de_lei_-_mensagem_66_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$ 628.664,32 (SEISCENTOS E VINTE E OITO MIL, SEISCENTOS E SESSENTA E QUATRO REAIS E TRINTA E DOIS CENTAVOS), VISANDO AO ATENDIMENTO DE DESPESAS DE CORRENTES E DE CAPITAL</t>
+  </si>
+  <si>
+    <t>11444</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11444/projeto_de_lei_-_mensagem_71_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), VISANDO AO ATENDIMENTO DE DESPESAS DE CORRENTES</t>
+  </si>
+  <si>
+    <t>11435</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11435/projeto_de_lei_no._058.2025_de_26.11.2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A INSTITUIÇÃO DO “DIA MUNICIPAL DO COLETOR DE MATERIAIS RECICLÁVEIS E DO COLETOR DE LIXO” NO MUNICÍPIO DE GUARIBA E DÁ OUTRAS PROVIDÊNCIAIS.</t>
+  </si>
+  <si>
+    <t>11443</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11443/projeto_de_lei_-_mensagem_70_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$ 15.000,00 (QUINZE MIL REAIS), VISANDO AO ATENDIMENTO DE DESPESAS DE CORRENTES.</t>
+  </si>
+  <si>
+    <t>11445</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11445/projeto_de_lei_-_mensagem_72_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$ 2.000.000,00 (DOIS MILHÕES DE REAIS), VISANDO AO ATENDIMENTO DE DESPESAS DE CORRENTES</t>
+  </si>
+  <si>
+    <t>11446</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11446/projeto_de_lei_-_mensagem_73_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>“AUTORIZA O PODER EXECUTIVO A TRANSFERIR RECURSOS FINANCEIROS ÀS ORGANIZAÇÕES DA SOCIEDADE CIVIL, QUE MANTÉM PARCERIAS COM A ADMINISTRAÇÃO PÚBLICA, EM REGIME DE MÚTUA COOPERAÇÃO, MEDIANTE TERMO DE FOMENTO, DURANTE O EXERCÍCIO DE 2.026, E DÁ OUTRAS PROVIDENCIAS”</t>
+  </si>
+  <si>
+    <t>11447</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11447/projeto_de_lei_-_mensagem_74_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL NO ORÇAMENTO GERAL DO MUNICÍPIO, NO VALOR DE R$ 52.000,00 (CINQUENTA E DOIS MIL REAIS), VISANDO AO ATENDIMENTO DE DESPESAS DE CORRENTES</t>
+  </si>
+  <si>
+    <t>11451</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11451/projeto_de_lei_no._063.2025_de_22.12.2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO MENSAL DO PREFEITO E DO VICE-PREFEITO DO MUNICÍPIO DE GUARIBA, PARA A LEGISLATURA A INICIAR EM 1º DE JANEIRO DE 2029, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>11452</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11452/projeto_de_lei_no._064.2025_de_22.12.2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO MENSAL DOS SECRETÁRIOS MUNICÍPAIS DE GUARIBA, PARA A LEGISLATURA A INICIAR EM 1º DE JANEIRO DE 2029, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>11453</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11453/projeto_de_lei_no._065.2025_de_22.12.205.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DOS DIREITOS SOCIAIS RELATIVOS AO DÉCIMO TERCEIRO SALÁRIO, FÉRIAS E TERÇO CONSTITUCIONAL DE FÉRIAS AO PREFEITO E VICE-PREFEITO DO MUNICÍPIO DE GUARIBA, NOS TERMOS DO ART. 39, §4º, DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>11078</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11078/projeto_de_lei_-_mensagem_4_e_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXTINÇAO DOS SEIS EMPREGOS PÚBLICOS DE PADEIRO, POR MOTIVO DE DECLARAÇÃO DE SUA DESNECESSIDADE, COM O APROVEITAMENTO DE TRÊS EMPREGADOS ESTÁVEIS EM NOVOS EMPREGOS SIMILARES, CRIADOS DOIS NO SETOR DE ALIMENTAÇÃO ESCOLAR, COMO AUXILIARES DE MERENDA ESCOLAR, E UM NA SECRETARIA DE DESENVOLVIMENTO SOCIAL, COMO INSTRUTOR DE CURSOS DE PANIFICAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11106</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11106/projeto_de_lei_-_mensagem_9_e_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO, NO QUADRO DE PESSOAL PERMANENTE DA PREFEITURA, DE EMPREGOS PÚBLICOS DE PROVIMENTO EFETIVO, SENDO 2 (DOIS) DE ASSISTENTE SOCIAL, 10 (DEZ) DE ASSISTENTE ADMINISTRATIVO E 2 (DOIS) DE ENFERMEIRO, CUJAS CARREIRAS FORAM CRIADAS, RESPECTIVAMENTE, PELA LEI COMPLEMENTAR Nº 2.026, DE 2005, COM  SUAS ALTERAÇÕES POSTERIORES, QUE SERÃO LOTADOS EM DIVERSAS SECRETARIAS OU UNIDADES  ADMINISTRATIVAS,  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11167</t>
@@ -3106,81 +3686,180 @@
   <si>
     <t>11320</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11320/projeto_de_lei_-_mensagem_48_e_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE UM EMPREGO PÚBLICO DE PROVIMENTO EFETIVO DE MOTORISTA PLENO E OPERADOR DE PLATAFORMA ELEVATÓRIA, JUNTO AO QUADRO DE PESSOAL PERMANENTE DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>11324</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11324/projeto_de_lei_-_mensagem_53_e_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE UM EMPREGO PÚBLICO DE PROVIMENTO EFETIVO DE MÉDICO CIRURGIÃO GERAL, DO QUADRO DE PESSOAL PERMANENTE DA SECRETARIA MUNICIPAL DE SAÚDE, CUJA CARREIRA FOI CRIADA PELO  ART. 2º, INCISO I, DA LEI COMPLEMENTAR Nº 2.026, DE 2005, COM AS ALTERAÇÕES DO ART. 4º, INCISO I, DA LEI COMPLEMENTAR Nº 2.679, DE 2017, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>11356</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11356/projeto_de_lei_-_mensagem_50_e_projeto_-_revisto.pdf</t>
   </si>
   <si>
+    <t>11388</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11388/projeto_de_lei_-_mensagem_59_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O ACRÉSCIMO DO ART. 1º-A E PARÁGRAFO ÚNICO, À LEI COMPLEMENTAR MUNICIPAL Nº 3.472, DE 30/12/2021, QUE REGULA A CONTRATAÇÃO POR NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, DE QUE TRATA O INCISO IX DO ARTIGO 37, DA CONSTITUIÇÃO FEDERAL, PARA INCLUSÃO DA HIPÓTESE RESTRITA A VIGIA PATRIMONIAL NÃO ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>11397</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11397/projeto_de_lei_-_mensagem_60_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE 3 (TRÊS) EMPREGOS PÚBLICOS DE PROVIMENTO EFETIVO DE COORDENADOR DE ENSINO,  JUNTO AO QUADRO DE PESSOAL PERMANENTE DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CUJA CARREIRA FOI CRIADA PELO ITEM 56, DO INCISO I, DO ART. 2º,  DA LEI COMPLEMENTAR Nº 2.026, DE 14/01/2005, ALTERADA PELO ART. 1º DA LEI COMPLEMENTAR Nº 2.694, DE 06/06/2013, E DÁ OUTRAS  PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>11399</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11399/projeto_de_lei_-_mensagem_61_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A EXTINÇÃO DA SECRETARIA MUNICIPAL DE SEGURANÇA PÚBLICA, TRÂNSITO E DEFESA CIVIL, COM O REMANEJAMENTO DE TRÂNSITO E DEFESA CIVIL PARA OUTROS ÓRGÃOS PÚBLICOS, E A CRIAÇÃO DA SECRETARIA MUNICIPAL DE TRANSPORTES E TRÂNSITO, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>11420</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11420/projeto_de_lei_-_mensagem_67_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O ACRÉSCIMO DO ART. 1º-A E PARÁGRAFO ÚNICO, À LEI COMPLEMENTAR MUNICIPAL Nº 3.472, DE 30/12/2021, QUE REGULA A CONTRATAÇÃO POR NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, DE QUE TRATA O INCISO IX DO ARTIGO 37, DA CONSTITUIÇÃO FEDERAL, PARA INCLUSÃO DA HIPÓTESE RESTRITA A VIGIA PATRIMONIAL NÃO ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>11432</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11432/projeto_de_lei_-_mensagem_68_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE EMPREGO PÚBLICO DE PROVIMENTO EFETIVO DE ARQUITETO, COM A EXTINÇÃO DE EMPREGO PÚBLICO DE ENGENHEIRO CIVIL, QUE SE ENCONTRA VAGO, JUNTO AO QUADRO DE PESSOAL PERMANENTE DA SECRETARIA MUNICIPAL DE PLANEJAMENTO, OBRAS E SERVIÇOS PÚBLICOS, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>11433</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11433/projeto_de_lei_-_mensagem_69_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O PLANO DIRETOR MUNICIPAL DO MUNICÍPIO DE GUARIBA/SP E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>11448</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11448/projeto_de_lei_-_mensagem_75_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO, NO QUADRO DE PESSOAL PERMANENTE DA PREFEITURA, DE 1 (UM) EMPREGO PÚBLICO DE ASSISTENTE ADMINISTRATIVO, DE PROVIMENTO EFETIVO, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>11449</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11449/projeto_de_lei_-_mensagem_76_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE PRORROGAÇÃO DA CONCESSÃO DE COMODATO DE BEM IMÓVEL, POR MAIS 30 ANOS, AUTORIZADA, INICIALMENTE, PELA LEI Nº 1.413, DE 23 DE MAIO DE 1.996, EM FAVOR DA LOJA MAÇÔNICA “CIÊNCIA E TRABALHO” DE GUARIBA - Nº 2.773, EM CUJO LOCAL CONSTRUIU E INSTALOU SUA SEDE PRÓPRIA NA AVENIDA CUNHA BUENO, Nº 175, NO BAIRRO JARDIM PRIMAVERA, E DÁ OUTRAS PROVIDÊNCIAS”</t>
+  </si>
+  <si>
+    <t>11450</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11450/projeto_de_lei_-_mensagem_77_e_projeto.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE UMA FUNÇÃO DE CONFIANÇA DE COORDENADOR DA ÁREA DE SAÚDE E DE UM CARGO EM COMISSÃO DE CHEFE DO SETOR DE ALMOXARIFADO GERAL, OBSERVADAS AS DISPOSIÇÕES PERTINENTES DA LEI COMPLEMENTAR Nº 2.026, DE 14/01/2005, COM AS ALTERAÇÕES DADAS PELA LEI COMPLEMENTAR Nº 2.679, DE 28/03/2013, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>11212</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11212/projeto_de_resolucao_no._001.2025_de_15_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO NO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE GUARIBA, CAPÍTULO II – DA POSSE, DA LICENÇA E DA SUBSTITUIÇÃO</t>
   </si>
   <si>
     <t>11213</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11213/projeto_de_resolucao_no._002.2025_de_22_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DO “AUXILIO ALIMENTAÇÃO” EM PECÚNIA, AOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE GUARIBA, INSTITUÍDO PELA RESOLUÇÃO Nº.001/2011, DE 25 DE FEVEREIRO DE 2011.</t>
   </si>
   <si>
     <t>11312</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11312/projeto_de_resolucao_no._003.2025_de_11_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>CONSTITUI A COMISSÃO ESPECIAL DE COMBATE À VIOLÊNCIA CONTRA CRIANÇAS E ADOLESCENTES EM AMBIENTE DIGITAL.</t>
+  </si>
+  <si>
+    <t>11387</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11387/projeto_de_resolucao_no._004.2025_de_13.10.2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PAGAMENTO EM CARÁTER EXTRAORDINÁRIO, SOMENTE NO MÊS DE DEZEMBRO DE 2025, O VALOR ÚNICO DE R$.1.200,00, (MIL E DUZENTOS REAIS), QUE SERÁ ACRESCIDO NO “AUXILIO ALIMENTAÇÃO” EM PECÚNIA, AOS  SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE GUARIBA.</t>
+  </si>
+  <si>
+    <t>11454</t>
+  </si>
+  <si>
+    <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11454/projeto_de_resolucao_no._005.2025_de_22.12.2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO MENSAL DOS VEREADORES DO MUNICÍPIO DE GUARIBA, PARA A 20ª LEGISLATURA A INICIAR-SE EM 1º DE JANEIRO DE 2029, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11104</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11104/requerimento_0001-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, para conhecimento dos senhores vereadores, se existem funcionários municipais com desvio de função dentro do Quadro de Pessoal da Prefeitura. Em caso positivo, enviar relação contendo nome, função de origem, função que está exercendo, local onde está lotado e qual a justificativa para que seja permitido referido desvio.</t>
   </si>
   <si>
     <t>11152</t>
   </si>
   <si>
     <t>https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11152/requerimento-02-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, informações detalhadas sobre a situação dos procuradores municipais de Guariba.</t>
   </si>
@@ -3688,68 +4367,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11105/projeto_de_lei_-_mensagem_8_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11215/projeto_de_emenda_a_lei_organica_no._002.2025_de_15.04.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11308/projeto_de_lei_-_mensagem_45_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11099/indicacao-001-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11084/indicacao-002-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11100/indicacao-003-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11086/indicacao-004-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11087/indicacao-005-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11088/indicacao-006-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11090/indicacao-007-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11091/indicacao-008-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11092/indicacao-009-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11093/indicacao-010-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11094/indicacao-011-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11095/indicacao-012-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11096/indicacao-013-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11097/indicacao-014-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11098/indicacao-015-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11101/indicacao-016-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11109/indicacao-017-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11110/indicacao-18-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11111/indicacao-19-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11112/indicacao-20-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11113/indicacao-21-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11114/indicacao-22-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11115/indicacao-23-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11116/indicacao-24-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11117/indicacao-25-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11118/indicacao-26-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11119/indicacao-27-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11120/indicacao-28-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11121/indicacao-29-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11122/indicacao-30-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11123/indicacao-31-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11124/proposicao-ind-1994_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11125/indicacao-33-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11126/indicacao-34-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11135/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11136/indicacao-36-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11138/indicacao-37-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11139/indicacao-38-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11140/indicacao-39-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11141/indicacao-40-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11142/indicacao-41-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11143/indicacao-42-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11144/indicacao-43-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11145/indicacao-44-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11147/indicacao-45-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11148/indicacao-46-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11149/indicacao-47-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11150/indicacao-48-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11151/indicacao-49-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11153/indicacao-50-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11154/indicacao-51-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11155/indicacao-52-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11156/indicacao-53-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11158/indicacao_0054-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11161/indicacao-55-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11162/indicacao-56-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11163/indicacao-57-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11164/indicacao-58-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11169/indicacao-59-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11170/indicacao-60-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11171/indicacao-61-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11172/indicacao-62-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11173/indicacao-63-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11181/indicacao-64-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11182/indicacao-65-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11183/indicacao-66-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11184/indicacao-67-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11185/indicacao-68-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11198/indicacao-69-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11189/indicacao-70-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11190/indicacao-71-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11191/indicacao-72-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11192/indicacao-73-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11193/indicacao-74-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11194/indicacao-75-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11195/proposicao1.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11199/indicacao-77-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11200/indicacao-78-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11201/indicacao-79-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11202/indicacao-80-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11203/indicacao-81-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11204/indicacao-82-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11205/indicacao-83-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11207/indicacao-84-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11216/indicacao-85-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11217/indicacao-86-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11218/indicacao-87-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11219/indicacao-88-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11220/indicacao-89-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11221/indicacao-90-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11223/indicacao_091-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11227/proposicao-ind-2119_2.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11231/indicacao_093-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11236/indicacao-94-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11237/indicacao-95-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11238/indicacao-96-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11240/indicacao-97-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11241/indicacao-98-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11243/indicacao-99-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11244/indicacao-100-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11245/indicacao-101-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11250/indicacao-102-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11251/indicacao-103-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11252/indicacao-104-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11256/indicacao-105-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11257/indicacao-106-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11258/indicacao-107-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11259/indicacao-108-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11262/indicacao-109-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11269/indicacao-110-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11270/indicacao-111-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11271/indicacao-112-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11273/indicacao-113-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11274/indicacao-114-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11275/indicacao-115-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11276/indicacao-116-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11277/indicacao-117-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11278/indicacao-118-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11293/indicacao_0119-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11295/ind-120-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11296/ind-121-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11297/ind-122-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11298/ind-123-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11299/ind-124-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11302/ind-125-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11303/ind-126-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11304/ind-127-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11305/ind-128-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11309/indicacao-129-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11318/ind-130-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11328/ind-131-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11329/ind-132-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11330/ind-133-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11333/ind-134-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11334/ind-135-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11335/ind-136-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11336/ind-137-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11337/ind-138-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11345/ind-139-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11346/ind-140-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11347/ind-141-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11366/indicacao-142-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11375/indicacao-143-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11376/indicacao-144-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11377/indicacao-145-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11378/indicacao-146-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11379/indicacao-147-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11380/indicacao-148-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11381/indicacao-149-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11382/indicacao-150-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11102/mocao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11103/mocao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11127/mocao-3-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11128/mocao-4-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11129/mocao-5-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11132/mocao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11133/mocao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11134/mocao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11146/mocao-09-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11166/mocao-10-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11187/mocao-11-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11197/proposicao-moc-2080_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11222/proposicao-moc-2117.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11225/mocao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11226/proposicao-moc-2118.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11232/mocao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11233/mocao-17-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11234/mocao-18-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11235/mocao-19-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11239/mocao-20-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11248/mocao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11254/mocao-22-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11255/mocao-23-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11279/mocao-24-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11280/mocao-25-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11294/mocao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11301/moc-27-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11313/mocao-28-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11314/mocao-29-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11315/mocao-30-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11316/mocao-31-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11325/mocao-32-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11326/mocao-33-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11327/mocao-34-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11348/mocao-35-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11349/mocao-36-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11350/mocao-37-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11351/mocao-38-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11352/mocao-39-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11353/mocao-40-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11355/mocao-41-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11367/mocao-42-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11368/mocao-43-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11369/mocao-44-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11370/mocao-45-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11371/mocao-46-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11372/mocao-47-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11373/mocao-48-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11374/mocao-49-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11137/projeto_de_decreto_legislativo_no._001.2025_de_26.02.2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11211/projeto_de_decreto_legislativo_no._002.2025_de_22.04.2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11253/projeto_de_decreto_legislativo_no._003.2025_de_29.05.2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11286/projeto_de_decreto_legislativo_no._004.2025_de_17_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11287/projeto_de_decreto_legislativo_no._005.2025_de_16_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11340/projeto_de_decreto_legislativo_no._006.2025_de_11.09.2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11360/projeto_de_decreto_legislativo_no._007.2025_de_29.09.2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11361/projeto_de_decreto_legislativo_no._008.2025_de_29.09.2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11363/projeto_de_decreto_legislativo_no._009.2025_de_29.09.2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11364/projeto_de_decreto_legislativo_no._010.2025_de_29.09.2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11365/projeto_de_decreto_legislativo_no._011.2025_de_29.09.2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11075/projeto_de_lei_-_mensagem_1_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11076/projeto_de_lei_-_mensagem_2_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11077/projeto_de_lei_-_mensagem_3_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11080/projeto_de_lei_-_mensagem_6_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11089/projeto_de_lei_-_mensagem_7_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11107/projeto_de_lei_-_mensagem_10_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11108/projeto_de_lei_-_mensagem_11_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11130/projeto_de_lei_-_mensagem_12_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11131/projeto_de_lei_no._009.2025_de_28.02.2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11159/projeto_de_lei_-_mensagem_13_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11160/projeto_de_lei_-_mensagem_14_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11174/projeto_de_lei_-_mensagem_16_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11175/projeto_de_lei_-_mensagem_17_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11176/projeto_de_lei_-_mensagem_18_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11178/projeto_de_lei_-_mensagem_19_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11179/projeto_de_lei_-_mensagem_20_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11180/projeto_de_lei_-_mensagem_21_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11196/projeto_de_lei_-_mensagem_22_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11208/projeto_de_lei_-_mensagem_23_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11210/projeto_de_lei_-_mensagem_25_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11214/projeto_de_lei_no._021.2025_de_22.04.2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11224/projeto_de_lei_-_mensagem_26_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11230/projeto_de_lei_-_mensagem_29_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11246/projeto_de_lei_-_mensagem_30_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11247/projeto_de_lei_-_mensagem_31_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11263/projeto_de_lei_no._026.2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11267/projeto_de_lei_-_mensagem_35_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11268/projeto_de_lei_-_mensagem_36_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11281/projeto_de_lei_-_mensagem_37_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11282/projeto_de_lei_-_mensagem_39_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11283/projeto_de_lei_-_mensagem_40_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11284/projeto_de_lei_no._032.2025_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11285/projeto_de_lei_no._033.2025_de_07_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11288/projeto_de_lei_no._034.2025_de_22_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11289/projeto_de_lei_no._035.2025_de_21_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11291/projeto_de_lei_-_mensagem_42_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11292/projeto_de_lei_no._037.2025_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11306/projeto_de_lei_-_mensagem_43_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11307/projeto_de_lei_-_mensagem_44_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11310/projeto_de_lei_-_mensagem_46_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11311/projeto_de_lei_-_mensagem_47_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11317/projeto_de_lei_-_mensagem_49_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11321/projeto_de_lei_-_mensagem_51_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11322/projeto_de_lei_-_mensagem_54_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11323/projeto_de_lei_-_mensagem_52_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11338/projeto_de_lei_-_mensagem_55_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11339/projeto_de_lei_cacambas.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11341/projeto_de_lei_-_mensagem_56_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11357/projeto_de_lei_-_mensagem_57_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11358/projeto_de_lei_no._050.2025_de_23.09.2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11359/projeto_de_lei_no._051.2025_de_23.09.2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11362/projeto_de_lei_-_mensagem_58_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11078/projeto_de_lei_-_mensagem_4_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11106/projeto_de_lei_-_mensagem_9_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11167/projeto_de_lei_-_mensagem_15_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11209/projeto_de_lei_-_mensagem_24_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11228/projeto_de_lei_-_mensagem_27_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11229/projeto_de_lei_-_mensagem_28_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11264/projeto_de_lei_-_mensagem_32_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11265/projeto_de_lei_-_mensagem_33_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11266/projeto_de_lei_-_mensagem_34_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11290/projeto_de_lei_-_mensagem_41_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11319/projeto_de_lei_-_mensagem_50_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11320/projeto_de_lei_-_mensagem_48_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11324/projeto_de_lei_-_mensagem_53_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11356/projeto_de_lei_-_mensagem_50_e_projeto_-_revisto.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11212/projeto_de_resolucao_no._001.2025_de_15_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11213/projeto_de_resolucao_no._002.2025_de_22_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11312/projeto_de_resolucao_no._003.2025_de_11_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11104/requerimento_0001-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11152/requerimento-02-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11157/requerimento-03-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11165/reqquerimento_0004-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11168/requerimento-05-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11188/requerimento-06-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11242/requerimento-7-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11249/requerimento_008-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11260/requerimento-09-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11261/requerimento-10-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11272/requerimento-11-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11300/req-12-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11331/req-13-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11332/req-14-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11342/requerimento-15-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11343/requerimento-16-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11344/requerimento-17-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11354/requerimento-18-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11383/requerimento-19-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11384/requerimento-20-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11385/requerimento-21-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11386/requerimento-22-2025-cmg.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11105/projeto_de_lei_-_mensagem_8_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11215/projeto_de_emenda_a_lei_organica_no._002.2025_de_15.04.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11308/projeto_de_lei_-_mensagem_45_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11099/indicacao-001-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11084/indicacao-002-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11100/indicacao-003-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11086/indicacao-004-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11087/indicacao-005-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11088/indicacao-006-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11090/indicacao-007-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11091/indicacao-008-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11092/indicacao-009-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11093/indicacao-010-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11094/indicacao-011-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11095/indicacao-012-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11096/indicacao-013-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11097/indicacao-014-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11098/indicacao-015-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11101/indicacao-016-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11109/indicacao-017-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11110/indicacao-18-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11111/indicacao-19-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11112/indicacao-20-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11113/indicacao-21-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11114/indicacao-22-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11115/indicacao-23-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11116/indicacao-24-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11117/indicacao-25-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11118/indicacao-26-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11119/indicacao-27-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11120/indicacao-28-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11121/indicacao-29-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11122/indicacao-30-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11123/indicacao-31-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11124/proposicao-ind-1994_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11125/indicacao-33-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11126/indicacao-34-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11135/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11136/indicacao-36-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11138/indicacao-37-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11139/indicacao-38-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11140/indicacao-39-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11141/indicacao-40-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11142/indicacao-41-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11143/indicacao-42-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11144/indicacao-43-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11145/indicacao-44-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11147/indicacao-45-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11148/indicacao-46-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11149/indicacao-47-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11150/indicacao-48-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11151/indicacao-49-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11153/indicacao-50-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11154/indicacao-51-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11155/indicacao-52-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11156/indicacao-53-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11158/indicacao_0054-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11161/indicacao-55-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11162/indicacao-56-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11163/indicacao-57-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11164/indicacao-58-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11169/indicacao-59-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11170/indicacao-60-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11171/indicacao-61-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11172/indicacao-62-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11173/indicacao-63-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11181/indicacao-64-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11182/indicacao-65-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11183/indicacao-66-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11184/indicacao-67-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11185/indicacao-68-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11198/indicacao-69-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11189/indicacao-70-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11190/indicacao-71-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11191/indicacao-72-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11192/indicacao-73-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11193/indicacao-74-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11194/indicacao-75-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11195/proposicao1.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11199/indicacao-77-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11200/indicacao-78-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11201/indicacao-79-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11202/indicacao-80-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11203/indicacao-81-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11204/indicacao-82-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11205/indicacao-83-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11207/indicacao-84-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11216/indicacao-85-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11217/indicacao-86-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11218/indicacao-87-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11219/indicacao-88-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11220/indicacao-89-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11221/indicacao-90-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11223/indicacao_091-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11227/proposicao-ind-2119_2.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11231/indicacao_093-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11236/indicacao-94-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11237/indicacao-95-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11238/indicacao-96-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11240/indicacao-97-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11241/indicacao-98-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11243/indicacao-99-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11244/indicacao-100-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11245/indicacao-101-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11250/indicacao-102-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11251/indicacao-103-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11252/indicacao-104-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11256/indicacao-105-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11257/indicacao-106-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11258/indicacao-107-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11259/indicacao-108-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11262/indicacao-109-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11269/indicacao-110-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11270/indicacao-111-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11271/indicacao-112-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11273/indicacao-113-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11274/indicacao-114-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11275/indicacao-115-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11276/indicacao-116-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11277/indicacao-117-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11278/indicacao-118-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11293/indicacao_0119-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11295/ind-120-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11296/ind-121-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11297/ind-122-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11298/ind-123-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11299/ind-124-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11302/ind-125-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11303/ind-126-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11304/ind-127-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11305/ind-128-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11309/indicacao-129-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11318/ind-130-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11328/ind-131-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11329/ind-132-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11330/ind-133-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11333/ind-134-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11334/ind-135-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11335/ind-136-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11336/ind-137-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11337/ind-138-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11345/ind-139-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11346/ind-140-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11347/ind-141-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11366/indicacao-142-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11375/indicacao-143-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11376/indicacao-144-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11377/indicacao-145-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11378/indicacao-146-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11379/indicacao-147-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11380/indicacao-148-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11381/indicacao-149-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11382/indicacao-150-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11389/indicacao-151-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11390/indicacao-152-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11391/indicacao-153-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11392/indicacao-154-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11393/indicacao-155-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11394/indicacao-156-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11396/indicacao-157-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11403/indicacao-158-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11404/indicacao-159-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11405/indicacao-160-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11414/indicacao-161-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11416/indicacao-162-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11417/proposicao-ind-2281.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11423/proposicao-ind-2283.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11424/proposicao-ind-2286.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11425/proposicao-ind-2288.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11426/proposicao-ind-2289.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11427/proposicao-ind-2282.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11428/pdf_proposicao.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11436/ind-170-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11437/ind-171-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11438/ind-172-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11439/ind-173-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11440/ind-174-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11441/ind-175-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11102/mocao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11103/mocao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11127/mocao-3-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11128/mocao-4-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11129/mocao-5-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11132/mocao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11133/mocao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11134/mocao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11146/mocao-09-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11166/mocao-10-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11187/mocao-11-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11197/proposicao-moc-2080_1.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11222/proposicao-moc-2117.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11225/mocao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11226/proposicao-moc-2118.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11232/mocao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11233/mocao-17-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11234/mocao-18-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11235/mocao-19-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11239/mocao-20-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11248/mocao_021-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11254/mocao-22-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11255/mocao-23-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11279/mocao-24-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11280/mocao-25-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11294/mocao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11301/moc-27-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11313/mocao-28-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11314/mocao-29-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11315/mocao-30-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11316/mocao-31-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11325/mocao-32-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11326/mocao-33-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11327/mocao-34-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11348/mocao-35-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11349/mocao-36-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11350/mocao-37-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11351/mocao-38-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11352/mocao-39-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11353/mocao-40-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11355/mocao-41-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11367/mocao-42-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11368/mocao-43-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11369/mocao-44-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11370/mocao-45-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11371/mocao-46-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11372/mocao-47-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11373/mocao-48-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11374/mocao-49-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11395/mocao-50-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11406/mocao-51-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11407/mocao-52-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11408/mocao-53-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11409/mocao-54-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11410/mocao-55-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11411/mocao-56-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11412/mocao-57-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11413/mocao-58-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11415/mocao-59-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11429/mocao-60-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11430/mocao-61-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11431/mocao-62-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11442/mocao-64-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11137/projeto_de_decreto_legislativo_no._001.2025_de_26.02.2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11211/projeto_de_decreto_legislativo_no._002.2025_de_22.04.2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11253/projeto_de_decreto_legislativo_no._003.2025_de_29.05.2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11286/projeto_de_decreto_legislativo_no._004.2025_de_17_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11287/projeto_de_decreto_legislativo_no._005.2025_de_16_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11340/projeto_de_decreto_legislativo_no._006.2025_de_11.09.2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11360/projeto_de_decreto_legislativo_no._007.2025_de_29.09.2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11361/projeto_de_decreto_legislativo_no._008.2025_de_29.09.2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11363/projeto_de_decreto_legislativo_no._009.2025_de_29.09.2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11364/projeto_de_decreto_legislativo_no._010.2025_de_29.09.2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11365/projeto_de_decreto_legislativo_no._011.2025_de_29.09.2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11401/projeto_de_decreto_legislativo_no._012.2025_de_30.10.2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11421/projeto_de_decreto_legislativo_no._013.2025_de_11_de_novembrfo_de_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11422/projeto_de_decreto_legislativo_no._014_de_10.11.2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11434/projeto_de_decreto_legislativo_no._015.2025_de_25.11.2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11075/projeto_de_lei_-_mensagem_1_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11076/projeto_de_lei_-_mensagem_2_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11077/projeto_de_lei_-_mensagem_3_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11080/projeto_de_lei_-_mensagem_6_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11089/projeto_de_lei_-_mensagem_7_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11107/projeto_de_lei_-_mensagem_10_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11108/projeto_de_lei_-_mensagem_11_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11130/projeto_de_lei_-_mensagem_12_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11131/projeto_de_lei_no._009.2025_de_28.02.2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11159/projeto_de_lei_-_mensagem_13_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11160/projeto_de_lei_-_mensagem_14_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11174/projeto_de_lei_-_mensagem_16_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11175/projeto_de_lei_-_mensagem_17_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11176/projeto_de_lei_-_mensagem_18_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11178/projeto_de_lei_-_mensagem_19_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11179/projeto_de_lei_-_mensagem_20_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11180/projeto_de_lei_-_mensagem_21_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11196/projeto_de_lei_-_mensagem_22_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11208/projeto_de_lei_-_mensagem_23_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11210/projeto_de_lei_-_mensagem_25_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11214/projeto_de_lei_no._021.2025_de_22.04.2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11224/projeto_de_lei_-_mensagem_26_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11230/projeto_de_lei_-_mensagem_29_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11246/projeto_de_lei_-_mensagem_30_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11247/projeto_de_lei_-_mensagem_31_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11263/projeto_de_lei_no._026.2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11267/projeto_de_lei_-_mensagem_35_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11268/projeto_de_lei_-_mensagem_36_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11281/projeto_de_lei_-_mensagem_37_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11282/projeto_de_lei_-_mensagem_39_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11283/projeto_de_lei_-_mensagem_40_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11284/projeto_de_lei_no._032.2025_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11285/projeto_de_lei_no._033.2025_de_07_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11288/projeto_de_lei_no._034.2025_de_22_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11289/projeto_de_lei_no._035.2025_de_21_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11291/projeto_de_lei_-_mensagem_42_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11292/projeto_de_lei_no._037.2025_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11306/projeto_de_lei_-_mensagem_43_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11307/projeto_de_lei_-_mensagem_44_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11310/projeto_de_lei_-_mensagem_46_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11311/projeto_de_lei_-_mensagem_47_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11317/projeto_de_lei_-_mensagem_49_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11321/projeto_de_lei_-_mensagem_51_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11322/projeto_de_lei_-_mensagem_54_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11323/projeto_de_lei_-_mensagem_52_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11338/projeto_de_lei_-_mensagem_55_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11339/projeto_de_lei_cacambas.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11341/projeto_de_lei_-_mensagem_56_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11357/projeto_de_lei_-_mensagem_57_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11358/projeto_de_lei_no._050.2025_de_23.09.2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11359/projeto_de_lei_no._051.2025_de_23.09.2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11362/projeto_de_lei_-_mensagem_58_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11400/projeto_de_lei_-_mensagem_62_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11402/projeto_de_lei_-_mensagem_63_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11418/projeto_de_lei_-_mensagem_65_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11419/projeto_de_lei_-_mensagem_66_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11444/projeto_de_lei_-_mensagem_71_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11435/projeto_de_lei_no._058.2025_de_26.11.2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11443/projeto_de_lei_-_mensagem_70_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11445/projeto_de_lei_-_mensagem_72_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11446/projeto_de_lei_-_mensagem_73_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11447/projeto_de_lei_-_mensagem_74_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11451/projeto_de_lei_no._063.2025_de_22.12.2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11452/projeto_de_lei_no._064.2025_de_22.12.2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11453/projeto_de_lei_no._065.2025_de_22.12.205.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11078/projeto_de_lei_-_mensagem_4_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11106/projeto_de_lei_-_mensagem_9_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11167/projeto_de_lei_-_mensagem_15_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11209/projeto_de_lei_-_mensagem_24_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11228/projeto_de_lei_-_mensagem_27_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11229/projeto_de_lei_-_mensagem_28_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11264/projeto_de_lei_-_mensagem_32_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11265/projeto_de_lei_-_mensagem_33_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11266/projeto_de_lei_-_mensagem_34_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11290/projeto_de_lei_-_mensagem_41_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11319/projeto_de_lei_-_mensagem_50_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11320/projeto_de_lei_-_mensagem_48_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11324/projeto_de_lei_-_mensagem_53_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11356/projeto_de_lei_-_mensagem_50_e_projeto_-_revisto.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11388/projeto_de_lei_-_mensagem_59_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11397/projeto_de_lei_-_mensagem_60_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11399/projeto_de_lei_-_mensagem_61_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11420/projeto_de_lei_-_mensagem_67_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11432/projeto_de_lei_-_mensagem_68_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11433/projeto_de_lei_-_mensagem_69_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11448/projeto_de_lei_-_mensagem_75_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11449/projeto_de_lei_-_mensagem_76_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11450/projeto_de_lei_-_mensagem_77_e_projeto.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11212/projeto_de_resolucao_no._001.2025_de_15_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11213/projeto_de_resolucao_no._002.2025_de_22_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11312/projeto_de_resolucao_no._003.2025_de_11_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11387/projeto_de_resolucao_no._004.2025_de_13.10.2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11454/projeto_de_resolucao_no._005.2025_de_22.12.2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11104/requerimento_0001-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11152/requerimento-02-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11157/requerimento-03-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11165/reqquerimento_0004-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11168/requerimento-05-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11188/requerimento-06-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11242/requerimento-7-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11249/requerimento_008-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11260/requerimento-09-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11261/requerimento-10-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11272/requerimento-11-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11300/req-12-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11331/req-13-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11332/req-14-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11342/requerimento-15-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11343/requerimento-16-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11344/requerimento-17-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11354/requerimento-18-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11383/requerimento-19-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11384/requerimento-20-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11385/requerimento-21-2025-cmg.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guariba.sp.leg.br/media/sapl/public/materialegislativa/2025/11386/requerimento-22-2025-cmg.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H305"/>
+  <dimension ref="A1:H372"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="157.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="139.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="158.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -7721,3960 +8400,5693 @@
       </c>
       <c r="D154" t="s">
         <v>26</v>
       </c>
       <c r="E154" t="s">
         <v>27</v>
       </c>
       <c r="F154" t="s">
         <v>28</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>640</v>
       </c>
       <c r="H154" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>642</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>10</v>
+        <v>643</v>
       </c>
       <c r="D155" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E155" t="s">
+        <v>27</v>
+      </c>
+      <c r="F155" t="s">
+        <v>36</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="F155" t="s">
-[...2 lines deleted...]
-      <c r="G155" s="1" t="s">
+      <c r="H155" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>646</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
         <v>647</v>
       </c>
-      <c r="B156" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D156" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E156" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F156" t="s">
-        <v>172</v>
+        <v>36</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>648</v>
       </c>
       <c r="H156" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>650</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>22</v>
+        <v>651</v>
       </c>
       <c r="D157" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E157" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F157" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="H157" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>40</v>
+        <v>655</v>
       </c>
       <c r="D158" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E158" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F158" t="s">
         <v>28</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="H158" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>45</v>
+        <v>659</v>
       </c>
       <c r="D159" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E159" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F159" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="H159" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>49</v>
+        <v>663</v>
       </c>
       <c r="D160" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E160" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F160" t="s">
-        <v>172</v>
+        <v>94</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="H160" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>53</v>
+        <v>667</v>
       </c>
       <c r="D161" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E161" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F161" t="s">
-        <v>172</v>
+        <v>67</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="H161" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>58</v>
+        <v>671</v>
       </c>
       <c r="D162" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E162" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F162" t="s">
-        <v>172</v>
+        <v>36</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="H162" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>62</v>
+        <v>675</v>
       </c>
       <c r="D163" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E163" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F163" t="s">
-        <v>669</v>
+        <v>209</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="H163" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>66</v>
+        <v>679</v>
       </c>
       <c r="D164" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E164" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F164" t="s">
-        <v>28</v>
+        <v>209</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="H164" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>71</v>
+        <v>683</v>
       </c>
       <c r="D165" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E165" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F165" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="H165" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>75</v>
+        <v>687</v>
       </c>
       <c r="D166" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E166" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F166" t="s">
-        <v>85</v>
+        <v>311</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="H166" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>79</v>
+        <v>691</v>
       </c>
       <c r="D167" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E167" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F167" t="s">
-        <v>163</v>
+        <v>85</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
       <c r="H167" t="s">
-        <v>683</v>
+        <v>693</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>684</v>
+        <v>694</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>84</v>
+        <v>695</v>
       </c>
       <c r="D168" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E168" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F168" t="s">
-        <v>311</v>
+        <v>28</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>685</v>
+        <v>696</v>
       </c>
       <c r="H168" t="s">
-        <v>686</v>
+        <v>697</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>687</v>
+        <v>698</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>89</v>
+        <v>699</v>
       </c>
       <c r="D169" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E169" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F169" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="H169" t="s">
-        <v>689</v>
+        <v>701</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>690</v>
+        <v>702</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>93</v>
+        <v>703</v>
       </c>
       <c r="D170" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E170" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F170" t="s">
-        <v>172</v>
+        <v>28</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>691</v>
+        <v>704</v>
       </c>
       <c r="H170" t="s">
-        <v>692</v>
+        <v>705</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>693</v>
+        <v>706</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>98</v>
+        <v>707</v>
       </c>
       <c r="D171" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E171" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F171" t="s">
         <v>28</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="H171" t="s">
-        <v>695</v>
+        <v>709</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>696</v>
+        <v>710</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>102</v>
+        <v>711</v>
       </c>
       <c r="D172" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E172" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F172" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>697</v>
+        <v>712</v>
       </c>
       <c r="H172" t="s">
-        <v>698</v>
+        <v>713</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>699</v>
+        <v>714</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>106</v>
+        <v>715</v>
       </c>
       <c r="D173" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E173" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F173" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>700</v>
+        <v>716</v>
       </c>
       <c r="H173" t="s">
-        <v>701</v>
+        <v>717</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>702</v>
+        <v>718</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>110</v>
+        <v>719</v>
       </c>
       <c r="D174" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E174" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F174" t="s">
-        <v>67</v>
+        <v>209</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>703</v>
+        <v>720</v>
       </c>
       <c r="H174" t="s">
-        <v>704</v>
+        <v>721</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>705</v>
+        <v>722</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>114</v>
+        <v>723</v>
       </c>
       <c r="D175" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E175" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F175" t="s">
-        <v>172</v>
+        <v>54</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>706</v>
+        <v>724</v>
       </c>
       <c r="H175" t="s">
-        <v>707</v>
+        <v>725</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>708</v>
+        <v>726</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>118</v>
+        <v>727</v>
       </c>
       <c r="D176" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E176" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F176" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>709</v>
+        <v>728</v>
       </c>
       <c r="H176" t="s">
-        <v>710</v>
+        <v>729</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>711</v>
+        <v>730</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>122</v>
+        <v>731</v>
       </c>
       <c r="D177" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E177" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F177" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>712</v>
+        <v>732</v>
       </c>
       <c r="H177" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>126</v>
+        <v>735</v>
       </c>
       <c r="D178" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E178" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F178" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>715</v>
+        <v>736</v>
       </c>
       <c r="H178" t="s">
-        <v>716</v>
+        <v>737</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>717</v>
+        <v>738</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>130</v>
+        <v>739</v>
       </c>
       <c r="D179" t="s">
-        <v>643</v>
+        <v>26</v>
       </c>
       <c r="E179" t="s">
-        <v>644</v>
+        <v>27</v>
       </c>
       <c r="F179" t="s">
         <v>28</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>718</v>
+        <v>740</v>
       </c>
       <c r="H179" t="s">
-        <v>719</v>
+        <v>741</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>720</v>
+        <v>742</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>134</v>
+        <v>10</v>
       </c>
       <c r="D180" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E180" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F180" t="s">
-        <v>18</v>
+        <v>172</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>721</v>
+        <v>745</v>
       </c>
       <c r="H180" t="s">
-        <v>722</v>
+        <v>746</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>723</v>
+        <v>747</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
       <c r="D181" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E181" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F181" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>724</v>
+        <v>748</v>
       </c>
       <c r="H181" t="s">
-        <v>725</v>
+        <v>749</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>726</v>
+        <v>750</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>142</v>
+        <v>22</v>
       </c>
       <c r="D182" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E182" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F182" t="s">
-        <v>172</v>
+        <v>54</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>727</v>
+        <v>751</v>
       </c>
       <c r="H182" t="s">
-        <v>728</v>
+        <v>752</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>729</v>
+        <v>753</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>146</v>
+        <v>40</v>
       </c>
       <c r="D183" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E183" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F183" t="s">
-        <v>172</v>
+        <v>28</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>730</v>
+        <v>754</v>
       </c>
       <c r="H183" t="s">
-        <v>731</v>
+        <v>755</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>732</v>
+        <v>756</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="D184" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E184" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F184" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>733</v>
+        <v>757</v>
       </c>
       <c r="H184" t="s">
-        <v>734</v>
+        <v>758</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>735</v>
+        <v>759</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>154</v>
+        <v>49</v>
       </c>
       <c r="D185" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E185" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F185" t="s">
-        <v>736</v>
+        <v>172</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>737</v>
+        <v>760</v>
       </c>
       <c r="H185" t="s">
-        <v>738</v>
+        <v>761</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>739</v>
+        <v>762</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>158</v>
+        <v>53</v>
       </c>
       <c r="D186" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E186" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F186" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>740</v>
+        <v>763</v>
       </c>
       <c r="H186" t="s">
-        <v>741</v>
+        <v>764</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>742</v>
+        <v>765</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>162</v>
+        <v>58</v>
       </c>
       <c r="D187" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E187" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F187" t="s">
-        <v>41</v>
+        <v>172</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>743</v>
+        <v>766</v>
       </c>
       <c r="H187" t="s">
-        <v>744</v>
+        <v>767</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>745</v>
+        <v>768</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>167</v>
+        <v>62</v>
       </c>
       <c r="D188" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E188" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F188" t="s">
-        <v>669</v>
+        <v>769</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>746</v>
+        <v>770</v>
       </c>
       <c r="H188" t="s">
-        <v>747</v>
+        <v>771</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>748</v>
+        <v>772</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>171</v>
+        <v>66</v>
       </c>
       <c r="D189" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E189" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F189" t="s">
-        <v>172</v>
+        <v>28</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>749</v>
+        <v>773</v>
       </c>
       <c r="H189" t="s">
-        <v>750</v>
+        <v>774</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>751</v>
+        <v>775</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>176</v>
+        <v>71</v>
       </c>
       <c r="D190" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E190" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F190" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>752</v>
+        <v>776</v>
       </c>
       <c r="H190" t="s">
-        <v>753</v>
+        <v>777</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>754</v>
+        <v>778</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>180</v>
+        <v>75</v>
       </c>
       <c r="D191" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E191" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F191" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>755</v>
+        <v>779</v>
       </c>
       <c r="H191" t="s">
-        <v>756</v>
+        <v>780</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>757</v>
+        <v>781</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>184</v>
+        <v>79</v>
       </c>
       <c r="D192" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E192" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F192" t="s">
-        <v>36</v>
+        <v>163</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>758</v>
+        <v>782</v>
       </c>
       <c r="H192" t="s">
-        <v>759</v>
+        <v>783</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>760</v>
+        <v>784</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>188</v>
+        <v>84</v>
       </c>
       <c r="D193" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E193" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F193" t="s">
-        <v>36</v>
+        <v>311</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>761</v>
+        <v>785</v>
       </c>
       <c r="H193" t="s">
-        <v>762</v>
+        <v>786</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>763</v>
+        <v>787</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>192</v>
+        <v>89</v>
       </c>
       <c r="D194" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E194" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F194" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>764</v>
+        <v>788</v>
       </c>
       <c r="H194" t="s">
-        <v>765</v>
+        <v>789</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>766</v>
+        <v>790</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>196</v>
+        <v>93</v>
       </c>
       <c r="D195" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E195" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F195" t="s">
-        <v>67</v>
+        <v>172</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>767</v>
+        <v>791</v>
       </c>
       <c r="H195" t="s">
-        <v>768</v>
+        <v>792</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>200</v>
+        <v>98</v>
       </c>
       <c r="D196" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E196" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F196" t="s">
-        <v>172</v>
+        <v>28</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>770</v>
+        <v>794</v>
       </c>
       <c r="H196" t="s">
-        <v>771</v>
+        <v>795</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>772</v>
+        <v>796</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>204</v>
+        <v>102</v>
       </c>
       <c r="D197" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E197" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F197" t="s">
-        <v>172</v>
+        <v>28</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>773</v>
+        <v>797</v>
       </c>
       <c r="H197" t="s">
-        <v>774</v>
+        <v>798</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>775</v>
+        <v>799</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>208</v>
+        <v>106</v>
       </c>
       <c r="D198" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E198" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F198" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>776</v>
+        <v>800</v>
       </c>
       <c r="H198" t="s">
-        <v>777</v>
+        <v>801</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>778</v>
+        <v>802</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>213</v>
+        <v>110</v>
       </c>
       <c r="D199" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E199" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F199" t="s">
-        <v>172</v>
+        <v>67</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>779</v>
+        <v>803</v>
       </c>
       <c r="H199" t="s">
-        <v>780</v>
+        <v>804</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>781</v>
+        <v>805</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>217</v>
+        <v>114</v>
       </c>
       <c r="D200" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E200" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F200" t="s">
         <v>172</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>782</v>
+        <v>806</v>
       </c>
       <c r="H200" t="s">
-        <v>783</v>
+        <v>807</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>784</v>
+        <v>808</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>221</v>
+        <v>118</v>
       </c>
       <c r="D201" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E201" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F201" t="s">
-        <v>172</v>
+        <v>32</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>785</v>
+        <v>809</v>
       </c>
       <c r="H201" t="s">
-        <v>786</v>
+        <v>810</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>787</v>
+        <v>811</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>225</v>
+        <v>122</v>
       </c>
       <c r="D202" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E202" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F202" t="s">
-        <v>172</v>
+        <v>85</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>788</v>
+        <v>812</v>
       </c>
       <c r="H202" t="s">
-        <v>789</v>
+        <v>813</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>790</v>
+        <v>814</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>229</v>
+        <v>126</v>
       </c>
       <c r="D203" t="s">
-        <v>643</v>
+        <v>743</v>
       </c>
       <c r="E203" t="s">
-        <v>644</v>
+        <v>744</v>
       </c>
       <c r="F203" t="s">
         <v>36</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>791</v>
+        <v>815</v>
       </c>
       <c r="H203" t="s">
-        <v>792</v>
+        <v>816</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>793</v>
+        <v>817</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>10</v>
+        <v>130</v>
       </c>
       <c r="D204" t="s">
-        <v>794</v>
+        <v>743</v>
       </c>
       <c r="E204" t="s">
-        <v>795</v>
+        <v>744</v>
       </c>
       <c r="F204" t="s">
-        <v>311</v>
+        <v>28</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>796</v>
+        <v>818</v>
       </c>
       <c r="H204" t="s">
-        <v>797</v>
+        <v>819</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>798</v>
+        <v>820</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>17</v>
+        <v>134</v>
       </c>
       <c r="D205" t="s">
-        <v>794</v>
+        <v>743</v>
       </c>
       <c r="E205" t="s">
-        <v>795</v>
+        <v>744</v>
       </c>
       <c r="F205" t="s">
-        <v>799</v>
+        <v>18</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>800</v>
+        <v>821</v>
       </c>
       <c r="H205" t="s">
-        <v>801</v>
+        <v>822</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>802</v>
+        <v>823</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>22</v>
+        <v>138</v>
       </c>
       <c r="D206" t="s">
-        <v>794</v>
+        <v>743</v>
       </c>
       <c r="E206" t="s">
-        <v>795</v>
+        <v>744</v>
       </c>
       <c r="F206" t="s">
-        <v>172</v>
+        <v>54</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>803</v>
+        <v>824</v>
       </c>
       <c r="H206" t="s">
-        <v>804</v>
+        <v>825</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>805</v>
+        <v>826</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>40</v>
+        <v>142</v>
       </c>
       <c r="D207" t="s">
-        <v>794</v>
+        <v>743</v>
       </c>
       <c r="E207" t="s">
-        <v>795</v>
+        <v>744</v>
       </c>
       <c r="F207" t="s">
-        <v>94</v>
+        <v>172</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>806</v>
+        <v>827</v>
       </c>
       <c r="H207" t="s">
-        <v>807</v>
+        <v>828</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>808</v>
+        <v>829</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>45</v>
+        <v>146</v>
       </c>
       <c r="D208" t="s">
-        <v>794</v>
+        <v>743</v>
       </c>
       <c r="E208" t="s">
-        <v>795</v>
+        <v>744</v>
       </c>
       <c r="F208" t="s">
-        <v>799</v>
+        <v>172</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>809</v>
+        <v>830</v>
       </c>
       <c r="H208" t="s">
-        <v>810</v>
+        <v>831</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>811</v>
+        <v>832</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>49</v>
+        <v>150</v>
       </c>
       <c r="D209" t="s">
-        <v>794</v>
+        <v>743</v>
       </c>
       <c r="E209" t="s">
-        <v>795</v>
+        <v>744</v>
       </c>
       <c r="F209" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>812</v>
+        <v>833</v>
       </c>
       <c r="H209" t="s">
-        <v>813</v>
+        <v>834</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>814</v>
+        <v>835</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>53</v>
+        <v>154</v>
       </c>
       <c r="D210" t="s">
-        <v>794</v>
+        <v>743</v>
       </c>
       <c r="E210" t="s">
-        <v>795</v>
+        <v>744</v>
       </c>
       <c r="F210" t="s">
-        <v>172</v>
+        <v>836</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>815</v>
+        <v>837</v>
       </c>
       <c r="H210" t="s">
-        <v>816</v>
+        <v>838</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>817</v>
+        <v>839</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>58</v>
+        <v>158</v>
       </c>
       <c r="D211" t="s">
-        <v>794</v>
+        <v>743</v>
       </c>
       <c r="E211" t="s">
-        <v>795</v>
+        <v>744</v>
       </c>
       <c r="F211" t="s">
-        <v>172</v>
+        <v>54</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>818</v>
+        <v>840</v>
       </c>
       <c r="H211" t="s">
-        <v>819</v>
+        <v>841</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>820</v>
+        <v>842</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>62</v>
+        <v>162</v>
       </c>
       <c r="D212" t="s">
-        <v>794</v>
+        <v>743</v>
       </c>
       <c r="E212" t="s">
-        <v>795</v>
+        <v>744</v>
       </c>
       <c r="F212" t="s">
-        <v>172</v>
+        <v>41</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>821</v>
+        <v>843</v>
       </c>
       <c r="H212" t="s">
-        <v>822</v>
+        <v>844</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>823</v>
+        <v>845</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>66</v>
+        <v>167</v>
       </c>
       <c r="D213" t="s">
-        <v>794</v>
+        <v>743</v>
       </c>
       <c r="E213" t="s">
-        <v>795</v>
+        <v>744</v>
       </c>
       <c r="F213" t="s">
-        <v>67</v>
+        <v>769</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>824</v>
+        <v>846</v>
       </c>
       <c r="H213" t="s">
-        <v>825</v>
+        <v>847</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>826</v>
+        <v>848</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>71</v>
+        <v>171</v>
       </c>
       <c r="D214" t="s">
-        <v>794</v>
+        <v>743</v>
       </c>
       <c r="E214" t="s">
-        <v>795</v>
+        <v>744</v>
       </c>
       <c r="F214" t="s">
-        <v>67</v>
+        <v>172</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>827</v>
+        <v>849</v>
       </c>
       <c r="H214" t="s">
-        <v>828</v>
+        <v>850</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>829</v>
+        <v>851</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>10</v>
+        <v>176</v>
       </c>
       <c r="D215" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E215" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F215" t="s">
-        <v>13</v>
+        <v>94</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>832</v>
+        <v>852</v>
       </c>
       <c r="H215" t="s">
-        <v>833</v>
+        <v>853</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>834</v>
+        <v>854</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>17</v>
+        <v>180</v>
       </c>
       <c r="D216" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E216" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F216" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>835</v>
+        <v>855</v>
       </c>
       <c r="H216" t="s">
-        <v>836</v>
+        <v>856</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>837</v>
+        <v>857</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>22</v>
+        <v>184</v>
       </c>
       <c r="D217" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E217" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F217" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>838</v>
+        <v>858</v>
       </c>
       <c r="H217" t="s">
-        <v>839</v>
+        <v>859</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>840</v>
+        <v>860</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>40</v>
+        <v>188</v>
       </c>
       <c r="D218" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E218" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F218" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>841</v>
+        <v>861</v>
       </c>
       <c r="H218" t="s">
-        <v>842</v>
+        <v>862</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>843</v>
+        <v>863</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>45</v>
+        <v>192</v>
       </c>
       <c r="D219" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E219" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F219" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>844</v>
+        <v>864</v>
       </c>
       <c r="H219" t="s">
-        <v>845</v>
+        <v>865</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>846</v>
+        <v>866</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>49</v>
+        <v>196</v>
       </c>
       <c r="D220" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E220" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F220" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>847</v>
+        <v>867</v>
       </c>
       <c r="H220" t="s">
-        <v>848</v>
+        <v>868</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>849</v>
+        <v>869</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>53</v>
+        <v>200</v>
       </c>
       <c r="D221" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E221" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F221" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>850</v>
+        <v>870</v>
       </c>
       <c r="H221" t="s">
-        <v>851</v>
+        <v>871</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>852</v>
+        <v>872</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>58</v>
+        <v>204</v>
       </c>
       <c r="D222" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E222" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F222" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>853</v>
+        <v>873</v>
       </c>
       <c r="H222" t="s">
-        <v>854</v>
+        <v>874</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>855</v>
+        <v>875</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>62</v>
+        <v>208</v>
       </c>
       <c r="D223" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E223" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F223" t="s">
-        <v>799</v>
+        <v>18</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>856</v>
+        <v>876</v>
       </c>
       <c r="H223" t="s">
-        <v>857</v>
+        <v>877</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>858</v>
+        <v>878</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>66</v>
+        <v>213</v>
       </c>
       <c r="D224" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E224" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F224" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>859</v>
+        <v>879</v>
       </c>
       <c r="H224" t="s">
-        <v>860</v>
+        <v>880</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>861</v>
+        <v>881</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>71</v>
+        <v>217</v>
       </c>
       <c r="D225" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E225" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F225" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>862</v>
+        <v>882</v>
       </c>
       <c r="H225" t="s">
-        <v>863</v>
+        <v>883</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>864</v>
+        <v>884</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>75</v>
+        <v>221</v>
       </c>
       <c r="D226" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E226" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F226" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>865</v>
+        <v>885</v>
       </c>
       <c r="H226" t="s">
-        <v>866</v>
+        <v>886</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>867</v>
+        <v>887</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>79</v>
+        <v>225</v>
       </c>
       <c r="D227" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E227" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F227" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>868</v>
+        <v>888</v>
       </c>
       <c r="H227" t="s">
-        <v>869</v>
+        <v>889</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>870</v>
+        <v>890</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>84</v>
+        <v>229</v>
       </c>
       <c r="D228" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E228" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F228" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>871</v>
+        <v>891</v>
       </c>
       <c r="H228" t="s">
-        <v>872</v>
+        <v>892</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>873</v>
+        <v>893</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>89</v>
+        <v>233</v>
       </c>
       <c r="D229" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E229" t="s">
-        <v>831</v>
+        <v>744</v>
+      </c>
+      <c r="F229" t="s">
+        <v>836</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>874</v>
+        <v>894</v>
       </c>
       <c r="H229" t="s">
-        <v>875</v>
+        <v>895</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>876</v>
+        <v>896</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>93</v>
+        <v>237</v>
       </c>
       <c r="D230" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E230" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F230" t="s">
-        <v>13</v>
+        <v>94</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>877</v>
+        <v>897</v>
       </c>
       <c r="H230" t="s">
-        <v>878</v>
+        <v>898</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>879</v>
+        <v>899</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>98</v>
+        <v>241</v>
       </c>
       <c r="D231" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E231" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F231" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>880</v>
+        <v>900</v>
       </c>
       <c r="H231" t="s">
-        <v>881</v>
+        <v>901</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>882</v>
+        <v>902</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>102</v>
+        <v>245</v>
       </c>
       <c r="D232" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E232" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F232" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>883</v>
+        <v>903</v>
       </c>
       <c r="H232" t="s">
-        <v>884</v>
+        <v>904</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>885</v>
+        <v>905</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>106</v>
+        <v>249</v>
       </c>
       <c r="D233" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E233" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F233" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>886</v>
+        <v>906</v>
       </c>
       <c r="H233" t="s">
-        <v>887</v>
+        <v>907</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>888</v>
+        <v>908</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>110</v>
+        <v>253</v>
       </c>
       <c r="D234" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E234" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F234" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>889</v>
+        <v>909</v>
       </c>
       <c r="H234" t="s">
-        <v>890</v>
+        <v>910</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>891</v>
+        <v>911</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>114</v>
+        <v>257</v>
       </c>
       <c r="D235" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E235" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F235" t="s">
-        <v>799</v>
+        <v>67</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>892</v>
+        <v>912</v>
       </c>
       <c r="H235" t="s">
-        <v>893</v>
+        <v>913</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>894</v>
+        <v>914</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>118</v>
+        <v>261</v>
       </c>
       <c r="D236" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E236" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F236" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>895</v>
+        <v>915</v>
       </c>
       <c r="H236" t="s">
-        <v>896</v>
+        <v>916</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>897</v>
+        <v>917</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>122</v>
+        <v>265</v>
       </c>
       <c r="D237" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E237" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F237" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>898</v>
+        <v>918</v>
       </c>
       <c r="H237" t="s">
-        <v>899</v>
+        <v>919</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>900</v>
+        <v>920</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>126</v>
+        <v>269</v>
       </c>
       <c r="D238" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E238" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F238" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>901</v>
+        <v>921</v>
       </c>
       <c r="H238" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>903</v>
+        <v>923</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>130</v>
+        <v>273</v>
       </c>
       <c r="D239" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E239" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F239" t="s">
-        <v>13</v>
+        <v>836</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>904</v>
+        <v>924</v>
       </c>
       <c r="H239" t="s">
-        <v>905</v>
+        <v>925</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>906</v>
+        <v>926</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>134</v>
+        <v>277</v>
       </c>
       <c r="D240" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E240" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F240" t="s">
-        <v>18</v>
+        <v>209</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>907</v>
+        <v>927</v>
       </c>
       <c r="H240" t="s">
-        <v>908</v>
+        <v>928</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>909</v>
+        <v>929</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>138</v>
+        <v>281</v>
       </c>
       <c r="D241" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E241" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F241" t="s">
-        <v>13</v>
+        <v>94</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>910</v>
+        <v>930</v>
       </c>
       <c r="H241" t="s">
-        <v>911</v>
+        <v>931</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>912</v>
+        <v>932</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>142</v>
+        <v>289</v>
       </c>
       <c r="D242" t="s">
-        <v>830</v>
+        <v>743</v>
       </c>
       <c r="E242" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="F242" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>913</v>
+        <v>933</v>
       </c>
       <c r="H242" t="s">
-        <v>914</v>
+        <v>934</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>915</v>
+        <v>935</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D243" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E243" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F243" t="s">
-        <v>13</v>
+        <v>311</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>916</v>
+        <v>938</v>
       </c>
       <c r="H243" t="s">
-        <v>917</v>
+        <v>939</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>918</v>
+        <v>940</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>150</v>
+        <v>17</v>
       </c>
       <c r="D244" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E244" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F244" t="s">
-        <v>13</v>
+        <v>941</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>919</v>
+        <v>942</v>
       </c>
       <c r="H244" t="s">
-        <v>920</v>
+        <v>943</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>921</v>
+        <v>944</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>154</v>
+        <v>22</v>
       </c>
       <c r="D245" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E245" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F245" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>922</v>
+        <v>945</v>
       </c>
       <c r="H245" t="s">
-        <v>923</v>
+        <v>946</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>924</v>
+        <v>947</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>158</v>
+        <v>40</v>
       </c>
       <c r="D246" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E246" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F246" t="s">
-        <v>311</v>
+        <v>94</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="H246" t="s">
-        <v>926</v>
+        <v>949</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>927</v>
+        <v>950</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>162</v>
+        <v>45</v>
       </c>
       <c r="D247" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E247" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F247" t="s">
-        <v>311</v>
+        <v>941</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>928</v>
+        <v>951</v>
       </c>
       <c r="H247" t="s">
-        <v>929</v>
+        <v>952</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>930</v>
+        <v>953</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>167</v>
+        <v>49</v>
       </c>
       <c r="D248" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E248" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F248" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>931</v>
+        <v>954</v>
       </c>
       <c r="H248" t="s">
-        <v>932</v>
+        <v>955</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>933</v>
+        <v>956</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>171</v>
+        <v>53</v>
       </c>
       <c r="D249" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E249" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F249" t="s">
-        <v>799</v>
+        <v>172</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>934</v>
+        <v>957</v>
       </c>
       <c r="H249" t="s">
-        <v>935</v>
+        <v>958</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
+        <v>959</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>58</v>
+      </c>
+      <c r="D250" t="s">
         <v>936</v>
       </c>
-      <c r="B250" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E250" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F250" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>937</v>
+        <v>960</v>
       </c>
       <c r="H250" t="s">
-        <v>938</v>
+        <v>961</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>939</v>
+        <v>962</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>180</v>
+        <v>62</v>
       </c>
       <c r="D251" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E251" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F251" t="s">
-        <v>311</v>
+        <v>172</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>940</v>
+        <v>963</v>
       </c>
       <c r="H251" t="s">
-        <v>941</v>
+        <v>964</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>942</v>
+        <v>965</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>184</v>
+        <v>66</v>
       </c>
       <c r="D252" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E252" t="s">
-        <v>831</v>
+        <v>937</v>
+      </c>
+      <c r="F252" t="s">
+        <v>67</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>943</v>
+        <v>966</v>
       </c>
       <c r="H252" t="s">
-        <v>944</v>
+        <v>967</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>945</v>
+        <v>968</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>188</v>
+        <v>71</v>
       </c>
       <c r="D253" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E253" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F253" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="H253" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>948</v>
+        <v>971</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="D254" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E254" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F254" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>949</v>
+        <v>972</v>
       </c>
       <c r="H254" t="s">
-        <v>950</v>
+        <v>973</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>951</v>
+        <v>974</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>196</v>
+        <v>79</v>
       </c>
       <c r="D255" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E255" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F255" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>952</v>
+        <v>975</v>
       </c>
       <c r="H255" t="s">
-        <v>953</v>
+        <v>976</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>954</v>
+        <v>977</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>200</v>
+        <v>84</v>
       </c>
       <c r="D256" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E256" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F256" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>955</v>
+        <v>978</v>
       </c>
       <c r="H256" t="s">
-        <v>956</v>
+        <v>979</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>957</v>
+        <v>980</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>204</v>
+        <v>89</v>
       </c>
       <c r="D257" t="s">
-        <v>830</v>
+        <v>936</v>
       </c>
       <c r="E257" t="s">
-        <v>831</v>
+        <v>937</v>
       </c>
       <c r="F257" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>958</v>
+        <v>981</v>
       </c>
       <c r="H257" t="s">
-        <v>959</v>
+        <v>982</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>960</v>
+        <v>983</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
       <c r="D258" t="s">
-        <v>830</v>
+        <v>984</v>
       </c>
       <c r="E258" t="s">
-        <v>831</v>
+        <v>985</v>
       </c>
       <c r="F258" t="s">
         <v>13</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>961</v>
+        <v>986</v>
       </c>
       <c r="H258" t="s">
-        <v>962</v>
+        <v>987</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>963</v>
+        <v>988</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>213</v>
+        <v>17</v>
       </c>
       <c r="D259" t="s">
-        <v>830</v>
+        <v>984</v>
       </c>
       <c r="E259" t="s">
-        <v>831</v>
+        <v>985</v>
       </c>
       <c r="F259" t="s">
         <v>13</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>964</v>
+        <v>989</v>
       </c>
       <c r="H259" t="s">
-        <v>965</v>
+        <v>990</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>966</v>
+        <v>991</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>217</v>
+        <v>22</v>
       </c>
       <c r="D260" t="s">
-        <v>830</v>
+        <v>984</v>
       </c>
       <c r="E260" t="s">
-        <v>831</v>
+        <v>985</v>
       </c>
       <c r="F260" t="s">
         <v>13</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>967</v>
+        <v>992</v>
       </c>
       <c r="H260" t="s">
-        <v>968</v>
+        <v>993</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>969</v>
+        <v>994</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>221</v>
+        <v>40</v>
       </c>
       <c r="D261" t="s">
-        <v>830</v>
+        <v>984</v>
       </c>
       <c r="E261" t="s">
-        <v>831</v>
+        <v>985</v>
       </c>
       <c r="F261" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>970</v>
+        <v>995</v>
       </c>
       <c r="H261" t="s">
-        <v>971</v>
+        <v>996</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>972</v>
+        <v>997</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>225</v>
+        <v>45</v>
       </c>
       <c r="D262" t="s">
-        <v>830</v>
+        <v>984</v>
       </c>
       <c r="E262" t="s">
-        <v>831</v>
+        <v>985</v>
       </c>
       <c r="F262" t="s">
         <v>13</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>973</v>
+        <v>998</v>
       </c>
       <c r="H262" t="s">
-        <v>974</v>
+        <v>999</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>975</v>
+        <v>1000</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>229</v>
+        <v>49</v>
       </c>
       <c r="D263" t="s">
-        <v>830</v>
+        <v>984</v>
       </c>
       <c r="E263" t="s">
-        <v>831</v>
+        <v>985</v>
       </c>
       <c r="F263" t="s">
         <v>13</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>976</v>
+        <v>1001</v>
       </c>
       <c r="H263" t="s">
-        <v>977</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>978</v>
+        <v>1003</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>233</v>
+        <v>53</v>
       </c>
       <c r="D264" t="s">
-        <v>830</v>
+        <v>984</v>
       </c>
       <c r="E264" t="s">
-        <v>831</v>
+        <v>985</v>
       </c>
       <c r="F264" t="s">
-        <v>172</v>
+        <v>13</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>979</v>
+        <v>1004</v>
       </c>
       <c r="H264" t="s">
-        <v>980</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>981</v>
+        <v>1006</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>237</v>
+        <v>58</v>
       </c>
       <c r="D265" t="s">
-        <v>830</v>
+        <v>984</v>
       </c>
       <c r="E265" t="s">
-        <v>831</v>
+        <v>985</v>
       </c>
       <c r="F265" t="s">
-        <v>172</v>
+        <v>13</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>982</v>
+        <v>1007</v>
       </c>
       <c r="H265" t="s">
-        <v>983</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>62</v>
+      </c>
+      <c r="D266" t="s">
         <v>984</v>
       </c>
-      <c r="B266" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E266" t="s">
-        <v>831</v>
+        <v>985</v>
       </c>
       <c r="F266" t="s">
-        <v>13</v>
+        <v>941</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>985</v>
+        <v>1010</v>
       </c>
       <c r="H266" t="s">
-        <v>986</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>987</v>
+        <v>1012</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="D267" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E267" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F267" t="s">
         <v>13</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>990</v>
+        <v>1013</v>
       </c>
       <c r="H267" t="s">
-        <v>991</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>992</v>
+        <v>1015</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="D268" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E268" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F268" t="s">
         <v>13</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>993</v>
+        <v>1016</v>
       </c>
       <c r="H268" t="s">
-        <v>994</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>995</v>
+        <v>1018</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="D269" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E269" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F269" t="s">
         <v>13</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>996</v>
+        <v>1019</v>
       </c>
       <c r="H269" t="s">
-        <v>997</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>998</v>
+        <v>1021</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>40</v>
+        <v>79</v>
       </c>
       <c r="D270" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E270" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F270" t="s">
         <v>13</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>999</v>
+        <v>1022</v>
       </c>
       <c r="H270" t="s">
-        <v>1000</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1001</v>
+        <v>1024</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>45</v>
+        <v>84</v>
       </c>
       <c r="D271" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E271" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F271" t="s">
         <v>13</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1002</v>
+        <v>1025</v>
       </c>
       <c r="H271" t="s">
-        <v>1003</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1004</v>
+        <v>1027</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>49</v>
+        <v>89</v>
       </c>
       <c r="D272" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E272" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>985</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1005</v>
+        <v>1028</v>
       </c>
       <c r="H272" t="s">
-        <v>1006</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1007</v>
+        <v>1030</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>53</v>
+        <v>93</v>
       </c>
       <c r="D273" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E273" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F273" t="s">
         <v>13</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1008</v>
+        <v>1031</v>
       </c>
       <c r="H273" t="s">
-        <v>1009</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1010</v>
+        <v>1033</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>58</v>
+        <v>98</v>
       </c>
       <c r="D274" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E274" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F274" t="s">
         <v>13</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1011</v>
+        <v>1034</v>
       </c>
       <c r="H274" t="s">
-        <v>1012</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1013</v>
+        <v>1036</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="D275" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E275" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F275" t="s">
         <v>13</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1014</v>
+        <v>1037</v>
       </c>
       <c r="H275" t="s">
-        <v>1015</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1016</v>
+        <v>1039</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>66</v>
+        <v>106</v>
       </c>
       <c r="D276" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E276" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F276" t="s">
         <v>13</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1017</v>
+        <v>1040</v>
       </c>
       <c r="H276" t="s">
-        <v>1018</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1019</v>
+        <v>1042</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>71</v>
+        <v>110</v>
       </c>
       <c r="D277" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E277" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F277" t="s">
         <v>13</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1020</v>
+        <v>1043</v>
       </c>
       <c r="H277" t="s">
-        <v>1021</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1022</v>
+        <v>1045</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>75</v>
+        <v>114</v>
       </c>
       <c r="D278" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E278" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F278" t="s">
-        <v>13</v>
+        <v>941</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1023</v>
+        <v>1046</v>
       </c>
       <c r="H278" t="s">
-        <v>1024</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1025</v>
+        <v>1048</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>79</v>
+        <v>118</v>
       </c>
       <c r="D279" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E279" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F279" t="s">
         <v>13</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1026</v>
+        <v>1049</v>
       </c>
       <c r="H279" t="s">
-        <v>1027</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1028</v>
+        <v>1051</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>84</v>
+        <v>122</v>
       </c>
       <c r="D280" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E280" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="F280" t="s">
         <v>13</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1029</v>
+        <v>1052</v>
       </c>
       <c r="H280" t="s">
-        <v>1021</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1030</v>
+        <v>1054</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
       <c r="D281" t="s">
-        <v>1031</v>
+        <v>984</v>
       </c>
       <c r="E281" t="s">
-        <v>1032</v>
+        <v>985</v>
       </c>
       <c r="F281" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1033</v>
+        <v>1055</v>
       </c>
       <c r="H281" t="s">
-        <v>1034</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1035</v>
+        <v>1057</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="D282" t="s">
-        <v>1031</v>
+        <v>984</v>
       </c>
       <c r="E282" t="s">
-        <v>1032</v>
+        <v>985</v>
       </c>
       <c r="F282" t="s">
-        <v>799</v>
+        <v>13</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1036</v>
+        <v>1058</v>
       </c>
       <c r="H282" t="s">
-        <v>1037</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1038</v>
+        <v>1060</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>22</v>
+        <v>134</v>
       </c>
       <c r="D283" t="s">
-        <v>1031</v>
+        <v>984</v>
       </c>
       <c r="E283" t="s">
-        <v>1032</v>
+        <v>985</v>
       </c>
       <c r="F283" t="s">
-        <v>799</v>
+        <v>18</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1039</v>
+        <v>1061</v>
       </c>
       <c r="H283" t="s">
-        <v>1040</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1041</v>
+        <v>1063</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>10</v>
+        <v>138</v>
       </c>
       <c r="D284" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E284" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F284" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1044</v>
+        <v>1064</v>
       </c>
       <c r="H284" t="s">
-        <v>1045</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1046</v>
+        <v>1066</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>17</v>
+        <v>142</v>
       </c>
       <c r="D285" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E285" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F285" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1047</v>
+        <v>1067</v>
       </c>
       <c r="H285" t="s">
-        <v>1048</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1049</v>
+        <v>1069</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
       <c r="D286" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E286" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F286" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1050</v>
+        <v>1070</v>
       </c>
       <c r="H286" t="s">
-        <v>1051</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1052</v>
+        <v>1072</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="D287" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E287" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F287" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1053</v>
+        <v>1073</v>
       </c>
       <c r="H287" t="s">
-        <v>1054</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1055</v>
+        <v>1075</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>45</v>
+        <v>154</v>
       </c>
       <c r="D288" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E288" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F288" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1056</v>
+        <v>1076</v>
       </c>
       <c r="H288" t="s">
-        <v>1057</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1058</v>
+        <v>1078</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="D289" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E289" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F289" t="s">
-        <v>67</v>
+        <v>311</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1059</v>
+        <v>1079</v>
       </c>
       <c r="H289" t="s">
-        <v>1060</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1061</v>
+        <v>1081</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>53</v>
+        <v>162</v>
       </c>
       <c r="D290" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E290" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F290" t="s">
-        <v>54</v>
+        <v>311</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1062</v>
+        <v>1082</v>
       </c>
       <c r="H290" t="s">
-        <v>1063</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1064</v>
+        <v>1084</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>58</v>
+        <v>167</v>
       </c>
       <c r="D291" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E291" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F291" t="s">
-        <v>172</v>
+        <v>32</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1065</v>
+        <v>1085</v>
       </c>
       <c r="H291" t="s">
-        <v>1066</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1067</v>
+        <v>1087</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>62</v>
+        <v>171</v>
       </c>
       <c r="D292" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E292" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F292" t="s">
-        <v>54</v>
+        <v>941</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1068</v>
+        <v>1088</v>
       </c>
       <c r="H292" t="s">
-        <v>1069</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1070</v>
+        <v>1090</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>66</v>
+        <v>176</v>
       </c>
       <c r="D293" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E293" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F293" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1071</v>
+        <v>1091</v>
       </c>
       <c r="H293" t="s">
-        <v>1072</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1073</v>
+        <v>1093</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>71</v>
+        <v>180</v>
       </c>
       <c r="D294" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E294" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F294" t="s">
-        <v>209</v>
+        <v>311</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1074</v>
+        <v>1094</v>
       </c>
       <c r="H294" t="s">
-        <v>1075</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1076</v>
+        <v>1096</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>75</v>
+        <v>184</v>
       </c>
       <c r="D295" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E295" t="s">
-        <v>1043</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>985</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1077</v>
+        <v>1097</v>
       </c>
       <c r="H295" t="s">
-        <v>1078</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1079</v>
+        <v>1099</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>79</v>
+        <v>188</v>
       </c>
       <c r="D296" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E296" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F296" t="s">
-        <v>172</v>
+        <v>13</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1080</v>
+        <v>1100</v>
       </c>
       <c r="H296" t="s">
-        <v>1081</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1082</v>
+        <v>1102</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>84</v>
+        <v>192</v>
       </c>
       <c r="D297" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E297" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F297" t="s">
-        <v>172</v>
+        <v>13</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1083</v>
+        <v>1103</v>
       </c>
       <c r="H297" t="s">
-        <v>1084</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1085</v>
+        <v>1105</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>89</v>
+        <v>196</v>
       </c>
       <c r="D298" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E298" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F298" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1086</v>
+        <v>1106</v>
       </c>
       <c r="H298" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1088</v>
+        <v>1108</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>93</v>
+        <v>200</v>
       </c>
       <c r="D299" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E299" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F299" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1089</v>
+        <v>1109</v>
       </c>
       <c r="H299" t="s">
-        <v>1090</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1091</v>
+        <v>1111</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>98</v>
+        <v>204</v>
       </c>
       <c r="D300" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E300" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F300" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1092</v>
+        <v>1112</v>
       </c>
       <c r="H300" t="s">
-        <v>1093</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1094</v>
+        <v>1114</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>102</v>
+        <v>208</v>
       </c>
       <c r="D301" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E301" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F301" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1095</v>
+        <v>1115</v>
       </c>
       <c r="H301" t="s">
-        <v>1096</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1097</v>
+        <v>1117</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>106</v>
+        <v>213</v>
       </c>
       <c r="D302" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E302" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F302" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1098</v>
+        <v>1118</v>
       </c>
       <c r="H302" t="s">
-        <v>1099</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1100</v>
+        <v>1120</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>110</v>
+        <v>217</v>
       </c>
       <c r="D303" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E303" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F303" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1101</v>
+        <v>1121</v>
       </c>
       <c r="H303" t="s">
-        <v>1102</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1103</v>
+        <v>1123</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>114</v>
+        <v>221</v>
       </c>
       <c r="D304" t="s">
-        <v>1042</v>
+        <v>984</v>
       </c>
       <c r="E304" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="F304" t="s">
-        <v>163</v>
+        <v>94</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1104</v>
+        <v>1124</v>
       </c>
       <c r="H304" t="s">
-        <v>1105</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1106</v>
+        <v>1126</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
+        <v>225</v>
+      </c>
+      <c r="D305" t="s">
+        <v>984</v>
+      </c>
+      <c r="E305" t="s">
+        <v>985</v>
+      </c>
+      <c r="F305" t="s">
+        <v>13</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>229</v>
+      </c>
+      <c r="D306" t="s">
+        <v>984</v>
+      </c>
+      <c r="E306" t="s">
+        <v>985</v>
+      </c>
+      <c r="F306" t="s">
+        <v>13</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>233</v>
+      </c>
+      <c r="D307" t="s">
+        <v>984</v>
+      </c>
+      <c r="E307" t="s">
+        <v>985</v>
+      </c>
+      <c r="F307" t="s">
+        <v>172</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>237</v>
+      </c>
+      <c r="D308" t="s">
+        <v>984</v>
+      </c>
+      <c r="E308" t="s">
+        <v>985</v>
+      </c>
+      <c r="F308" t="s">
+        <v>172</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>241</v>
+      </c>
+      <c r="D309" t="s">
+        <v>984</v>
+      </c>
+      <c r="E309" t="s">
+        <v>985</v>
+      </c>
+      <c r="F309" t="s">
+        <v>13</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>245</v>
+      </c>
+      <c r="D310" t="s">
+        <v>984</v>
+      </c>
+      <c r="E310" t="s">
+        <v>985</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>249</v>
+      </c>
+      <c r="D311" t="s">
+        <v>984</v>
+      </c>
+      <c r="E311" t="s">
+        <v>985</v>
+      </c>
+      <c r="F311" t="s">
+        <v>13</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>253</v>
+      </c>
+      <c r="D312" t="s">
+        <v>984</v>
+      </c>
+      <c r="E312" t="s">
+        <v>985</v>
+      </c>
+      <c r="F312" t="s">
+        <v>13</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>257</v>
+      </c>
+      <c r="D313" t="s">
+        <v>984</v>
+      </c>
+      <c r="E313" t="s">
+        <v>985</v>
+      </c>
+      <c r="F313" t="s">
+        <v>13</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>261</v>
+      </c>
+      <c r="D314" t="s">
+        <v>984</v>
+      </c>
+      <c r="E314" t="s">
+        <v>985</v>
+      </c>
+      <c r="F314" t="s">
+        <v>13</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>265</v>
+      </c>
+      <c r="D315" t="s">
+        <v>984</v>
+      </c>
+      <c r="E315" t="s">
+        <v>985</v>
+      </c>
+      <c r="F315" t="s">
+        <v>32</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>269</v>
+      </c>
+      <c r="D316" t="s">
+        <v>984</v>
+      </c>
+      <c r="E316" t="s">
+        <v>985</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>273</v>
+      </c>
+      <c r="D317" t="s">
+        <v>984</v>
+      </c>
+      <c r="E317" t="s">
+        <v>985</v>
+      </c>
+      <c r="F317" t="s">
+        <v>13</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>277</v>
+      </c>
+      <c r="D318" t="s">
+        <v>984</v>
+      </c>
+      <c r="E318" t="s">
+        <v>985</v>
+      </c>
+      <c r="F318" t="s">
+        <v>13</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>281</v>
+      </c>
+      <c r="D319" t="s">
+        <v>984</v>
+      </c>
+      <c r="E319" t="s">
+        <v>985</v>
+      </c>
+      <c r="F319" t="s">
+        <v>13</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>285</v>
+      </c>
+      <c r="D320" t="s">
+        <v>984</v>
+      </c>
+      <c r="E320" t="s">
+        <v>985</v>
+      </c>
+      <c r="F320" t="s">
+        <v>18</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>289</v>
+      </c>
+      <c r="D321" t="s">
+        <v>984</v>
+      </c>
+      <c r="E321" t="s">
+        <v>985</v>
+      </c>
+      <c r="F321" t="s">
+        <v>18</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>294</v>
+      </c>
+      <c r="D322" t="s">
+        <v>984</v>
+      </c>
+      <c r="E322" t="s">
+        <v>985</v>
+      </c>
+      <c r="F322" t="s">
+        <v>18</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>10</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F323" t="s">
+        <v>13</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>17</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F324" t="s">
+        <v>13</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>22</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F325" t="s">
+        <v>13</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>40</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F326" t="s">
+        <v>13</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>45</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F327" t="s">
+        <v>13</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>49</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F328" t="s">
+        <v>13</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>53</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F329" t="s">
+        <v>13</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>58</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F330" t="s">
+        <v>13</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>62</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F331" t="s">
+        <v>13</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>66</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E332" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F332" t="s">
+        <v>13</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>71</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F333" t="s">
+        <v>13</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>75</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F334" t="s">
+        <v>13</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>79</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F335" t="s">
+        <v>13</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>84</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F336" t="s">
+        <v>13</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>89</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F337" t="s">
+        <v>13</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>93</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E338" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F338" t="s">
+        <v>13</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>98</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F339" t="s">
+        <v>13</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>102</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F340" t="s">
+        <v>13</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>106</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1182</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>110</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F342" t="s">
+        <v>13</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>114</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F343" t="s">
+        <v>13</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
         <v>118</v>
       </c>
-      <c r="D305" t="s">
-[...5 lines deleted...]
-      <c r="F305" t="s">
+      <c r="D344" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F344" t="s">
+        <v>13</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>122</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F345" t="s">
+        <v>13</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>10</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F346" t="s">
+        <v>18</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>17</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F347" t="s">
+        <v>941</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>22</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F348" t="s">
+        <v>941</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>40</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F349" t="s">
+        <v>941</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>45</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F350" t="s">
+        <v>18</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>10</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F351" t="s">
+        <v>94</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>17</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F352" t="s">
+        <v>163</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>22</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F353" t="s">
+        <v>163</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>40</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F354" t="s">
+        <v>67</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>45</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F355" t="s">
+        <v>163</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>49</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F356" t="s">
+        <v>67</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>53</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F357" t="s">
         <v>54</v>
       </c>
-      <c r="G305" s="1" t="s">
-[...3 lines deleted...]
-        <v>1108</v>
+      <c r="G357" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>58</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F358" t="s">
+        <v>172</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>62</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F359" t="s">
+        <v>54</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>66</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F360" t="s">
+        <v>54</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>71</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F361" t="s">
+        <v>209</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>75</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F362" t="s">
+        <v>54</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>79</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F363" t="s">
+        <v>172</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>84</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F364" t="s">
+        <v>172</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>89</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F365" t="s">
+        <v>54</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>93</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F366" t="s">
+        <v>36</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>98</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F367" t="s">
+        <v>94</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>102</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F368" t="s">
+        <v>163</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>106</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F369" t="s">
+        <v>54</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>110</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F370" t="s">
+        <v>163</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>114</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F371" t="s">
+        <v>163</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>118</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F372" t="s">
+        <v>54</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1334</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -11939,50 +14351,117 @@
     <hyperlink ref="G281" r:id="rId280"/>
     <hyperlink ref="G282" r:id="rId281"/>
     <hyperlink ref="G283" r:id="rId282"/>
     <hyperlink ref="G284" r:id="rId283"/>
     <hyperlink ref="G285" r:id="rId284"/>
     <hyperlink ref="G286" r:id="rId285"/>
     <hyperlink ref="G287" r:id="rId286"/>
     <hyperlink ref="G288" r:id="rId287"/>
     <hyperlink ref="G289" r:id="rId288"/>
     <hyperlink ref="G290" r:id="rId289"/>
     <hyperlink ref="G291" r:id="rId290"/>
     <hyperlink ref="G292" r:id="rId291"/>
     <hyperlink ref="G293" r:id="rId292"/>
     <hyperlink ref="G294" r:id="rId293"/>
     <hyperlink ref="G295" r:id="rId294"/>
     <hyperlink ref="G296" r:id="rId295"/>
     <hyperlink ref="G297" r:id="rId296"/>
     <hyperlink ref="G298" r:id="rId297"/>
     <hyperlink ref="G299" r:id="rId298"/>
     <hyperlink ref="G300" r:id="rId299"/>
     <hyperlink ref="G301" r:id="rId300"/>
     <hyperlink ref="G302" r:id="rId301"/>
     <hyperlink ref="G303" r:id="rId302"/>
     <hyperlink ref="G304" r:id="rId303"/>
     <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
+    <hyperlink ref="G313" r:id="rId312"/>
+    <hyperlink ref="G314" r:id="rId313"/>
+    <hyperlink ref="G315" r:id="rId314"/>
+    <hyperlink ref="G316" r:id="rId315"/>
+    <hyperlink ref="G317" r:id="rId316"/>
+    <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
+    <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>